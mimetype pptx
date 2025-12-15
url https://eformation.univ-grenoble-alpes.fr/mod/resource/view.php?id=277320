--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -1,30 +1,30 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/handoutMasters/handoutMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.handoutMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
@@ -157,94 +157,111 @@
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
         <p15:guide id="1" orient="horz" pos="2160">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="2" pos="3840">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
     <p:ext uri="{2D200454-40CA-4A62-9FC3-DE9A4176ACB9}">
       <p15:notesGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:showPr showNarration="1">
+    <p:present/>
+    <p:sldAll/>
+    <p:penClr>
+      <a:prstClr val="red"/>
+    </p:penClr>
+    <p:extLst>
+      <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
+        <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+          <a:srgbClr val="FF0000"/>
+        </p14:laserClr>
+      </p:ext>
+      <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
+        <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
+      </p:ext>
+    </p:extLst>
+  </p:showPr>
   <p:clrMru>
     <a:srgbClr val="FFFFFF"/>
     <a:srgbClr val="E74610"/>
     <a:srgbClr val="202C41"/>
     <a:srgbClr val="0D1128"/>
     <a:srgbClr val="E4E4E4"/>
     <a:srgbClr val="F7E3D8"/>
     <a:srgbClr val="F6E2D8"/>
     <a:srgbClr val="3B3A57"/>
     <a:srgbClr val="68687E"/>
     <a:srgbClr val="B68D44"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="14253" autoAdjust="0"/>
     <p:restoredTop sz="92795" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="113" d="100"/>
-          <a:sy n="113" d="100"/>
+          <a:sx n="114" d="100"/>
+          <a:sy n="114" d="100"/>
         </p:scale>
-        <p:origin x="552" y="102"/>
+        <p:origin x="516" y="114"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="3840"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:notesViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="99" d="100"/>
           <a:sy n="99" d="100"/>
         </p:scale>
         <p:origin x="3064" y="184"/>
       </p:cViewPr>
@@ -323,51 +340,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3850443" y="0"/>
             <a:ext cx="2945659" cy="498056"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{61576BEB-EE60-4DBC-89D2-754B757CD6E7}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>2/14/2025</a:t>
+              <a:t>12/5/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="9428584"/>
             <a:ext cx="2945659" cy="498055"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -492,51 +509,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3850443" y="0"/>
             <a:ext cx="2945659" cy="498056"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{8396D8DA-7125-4CA3-828C-7DD38985E502}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>2/14/2025</a:t>
+              <a:t>12/5/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="422275" y="1241425"/>
             <a:ext cx="5953125" cy="3349625"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -2967,51 +2984,51 @@
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Exercices Séance 2 </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="fr-FR" sz="1050" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="fr-FR" sz="3600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Février 2025</a:t>
+              <a:t>Février 2026</a:t>
             </a:r>
             <a:endParaRPr lang="fr-FR" sz="4800" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="Rectangle 12">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A454CC9F-C26B-E049-A481-B0CCACDF9445}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
@@ -3731,51 +3748,51 @@
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3863546" y="2982098"/>
             <a:ext cx="8040129" cy="1815882"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="fr-FR" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Trouvez des articles sur les troubles anormaux de voisinage, publiés dans la Gazette du Palais.</a:t>
+              <a:t>Trouvez des articles sur les troubles anormaux de voisinage, publiés dans le JCP G.</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="fr-FR" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a:rPr>
             </a:br>
             <a:endParaRPr lang="fr-FR" sz="2800" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="fr-FR" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Comment accéder au texte complet des articles ?</a:t>
             </a:r>
           </a:p>
         </p:txBody>
@@ -4011,51 +4028,51 @@
               </a:rPr>
               <a:t>ème</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>, 21 </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>septembre</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t> 2005, 04-14.706 : AJDI 2006. 191, note de la </a:t>
+              <a:t> 2005, 04-14.706 : AJDI 2006. 191, note de La </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Vaissière</a:t>
             </a:r>
             <a:endParaRPr lang="fr-FR" sz="2400" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="fr-FR" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="516561841"/>
       </p:ext>
@@ -4249,77 +4266,68 @@
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titre 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3674076" y="801155"/>
+            <a:off x="3674076" y="541097"/>
             <a:ext cx="7850659" cy="1740709"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="fr-FR" sz="6000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="00B0F0"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
-              <a:t>Lexis </a:t>
-[...8 lines deleted...]
-              <a:t>360 Intelligence</a:t>
+              <a:t>Lexis 360 Intelligence</a:t>
             </a:r>
             <a:endParaRPr lang="fr-FR" sz="5400" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="00B0F0"/>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Espace réservé pour une image  1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{47B2025A-A982-407D-BE7D-F53AF3A30329}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph type="pic" sz="quarter" idx="13"/>
           </p:nvPr>
@@ -5246,87 +5254,89 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Office Theme</Template>
   <TotalTime></TotalTime>
-  <Words>171</Words>
+  <Words>174</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Grand écran</PresentationFormat>
   <Paragraphs>37</Paragraphs>
   <Slides>7</Slides>
   <Notes>1</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Polices utilisées</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>4</vt:i4>
+        <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Thème</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titres des diapositives</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>7</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="12" baseType="lpstr">
+    <vt:vector size="14" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Lato</vt:lpstr>
       <vt:lpstr>Montserrat</vt:lpstr>
+      <vt:lpstr>Times New Roman</vt:lpstr>
+      <vt:lpstr>Verdana</vt:lpstr>
       <vt:lpstr>Office Theme</vt:lpstr>
       <vt:lpstr>Présentation PowerPoint</vt:lpstr>
       <vt:lpstr>Cairn</vt:lpstr>
       <vt:lpstr>Europresse</vt:lpstr>
       <vt:lpstr>Présentation PowerPoint</vt:lpstr>
       <vt:lpstr>Présentation PowerPoint</vt:lpstr>
       <vt:lpstr>Dalloz.fr</vt:lpstr>
       <vt:lpstr>Lexis 360 Intelligence</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PowerPoint Presentation</dc:title>
   <dc:creator>Pangara</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>