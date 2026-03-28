--- v0 (2025-10-22)
+++ v1 (2026-03-28)
@@ -1,117 +1,120 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="emf" ContentType="image/x-emf"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/png"/>
   <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
-[...1 lines deleted...]
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="jpg" ContentType="image/png"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/handoutMasters/handoutMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.handoutMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/media/image4.jpg" ContentType="image/jpeg"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/media/image16.jpg" ContentType="image/jpeg"/>
   <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/media/image20.jpg" ContentType="image/jpeg"/>
   <Override PartName="/ppt/notesSlides/notesSlide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/media/image23.jpg" ContentType="image/jpeg"/>
   <Override PartName="/ppt/notesSlides/notesSlide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/media/image25.jpg" ContentType="image/jpeg"/>
   <Override PartName="/ppt/notesSlides/notesSlide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId16"/>
+    <p:notesMasterId r:id="rId17"/>
   </p:notesMasterIdLst>
   <p:handoutMasterIdLst>
-    <p:handoutMasterId r:id="rId17"/>
+    <p:handoutMasterId r:id="rId18"/>
   </p:handoutMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="447" r:id="rId2"/>
     <p:sldId id="495" r:id="rId3"/>
     <p:sldId id="446" r:id="rId4"/>
-    <p:sldId id="398" r:id="rId5"/>
-[...9 lines deleted...]
-    <p:sldId id="460" r:id="rId15"/>
+    <p:sldId id="497" r:id="rId5"/>
+    <p:sldId id="398" r:id="rId6"/>
+    <p:sldId id="448" r:id="rId7"/>
+    <p:sldId id="456" r:id="rId8"/>
+    <p:sldId id="488" r:id="rId9"/>
+    <p:sldId id="458" r:id="rId10"/>
+    <p:sldId id="489" r:id="rId11"/>
+    <p:sldId id="450" r:id="rId12"/>
+    <p:sldId id="496" r:id="rId13"/>
+    <p:sldId id="459" r:id="rId14"/>
+    <p:sldId id="452" r:id="rId15"/>
+    <p:sldId id="460" r:id="rId16"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -221,97 +224,97 @@
     <a:srgbClr val="F7E3D8"/>
     <a:srgbClr val="F6E2D8"/>
     <a:srgbClr val="3B3A57"/>
     <a:srgbClr val="68687E"/>
     <a:srgbClr val="B68D44"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="14253" autoAdjust="0"/>
     <p:restoredTop sz="87953" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="101" d="100"/>
-          <a:sy n="101" d="100"/>
+          <a:sx n="98" d="100"/>
+          <a:sy n="98" d="100"/>
         </p:scale>
-        <p:origin x="1032" y="96"/>
+        <p:origin x="1116" y="90"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="3840"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:notesViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="99" d="100"/>
           <a:sy n="99" d="100"/>
         </p:scale>
         <p:origin x="3064" y="184"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:notesViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/_rels/handoutMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/handoutMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:handoutMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -356,51 +359,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{61576BEB-EE60-4DBC-89D2-754B757CD6E7}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>3/18/2025</a:t>
+              <a:t>2/23/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -525,51 +528,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{8396D8DA-7125-4CA3-828C-7DD38985E502}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>3/18/2025</a:t>
+              <a:t>2/23/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -797,67 +800,71 @@
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scifinder-n-cas-org.sid2nomade-2.grenet.fr/navigate/?appId=1c0dfbf6-d663-453a-b888-7df52a477ac3&amp;clearSearch=true&amp;isFromAllResults=false&amp;ordinal=0&amp;previousInitiatingActionId=5f9096e4-5184-4374-9c63-0b269fd984f6&amp;resultType=substance&amp;resultView=DETAIL&amp;state=searchDetail.substance&amp;suppressNavigation=true&amp;uiContext=366&amp;uiSubContext=677&amp;uriForDetails=substance%2Fpt%2F77861&amp;uriList=substance%2Fpt%2F77861" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scifinder-n-cas-org.sid2nomade-2.grenet.fr/navigate/?appId=40a2db31-1fb6-469c-8718-aff9c911e926&amp;backKey=6989de48e9ed941a24b0f335&amp;backToPage=1&amp;contentUri=substance%2Fpt%2F139755832&amp;isFromAllResults=false&amp;key=6989de48e9ed941a24b0f335&amp;metricsOrdinal=1&amp;metricsResultType=substance&amp;ordinal=1&amp;resultType=substance&amp;resultView=DETAIL&amp;sortBy=relevance&amp;sortOrder=descending&amp;state=searchDetail.substance&amp;uiContext=365&amp;uiSubContext=551&amp;uriForDetails=substance%2Fpt%2F139755832" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
@@ -892,66 +899,50 @@
           <p:cNvPr id="2" name="Espace réservé de l'image des diapositives 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Espace réservé des notes 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...14 lines deleted...]
-          <a:p>
             <a:endParaRPr lang="fr-FR" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{588AB5DC-3C00-4937-9CE4-4DA4D5B61534}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
@@ -992,102 +983,247 @@
           <p:cNvPr id="2" name="Espace réservé de l'image des diapositives 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Espace réservé des notes 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" dirty="0"/>
               <a:t>LT</a:t>
             </a:r>
           </a:p>
           <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0">
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>77-86-1</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" b="1" dirty="0"/>
-              <a:t>Morane </a:t>
+              <a:t>Tris</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0" err="1"/>
+              <a:t>hydroxyméthylaminométhane</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t> (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0" err="1"/>
+              <a:t>Tham</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>) </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0">
+                <a:hlinkClick r:id="rId4"/>
+              </a:rPr>
+              <a:t>139755-83-2</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" b="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0"/>
+              <a:t>Viagra </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" b="1" dirty="0" err="1"/>
-              <a:t>Beaumet</a:t>
-[...8 lines deleted...]
-            </a:r>
+              <a:t>Sildenafil</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" b="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{588AB5DC-3C00-4937-9CE4-4DA4D5B61534}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>10</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2738766510"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3208844844"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -1099,127 +1235,100 @@
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Espace réservé des notes 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="fr-FR" dirty="0"/>
-              <a:t>MP</a:t>
+              <a:t>LT</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0"/>
+              <a:t>Morane </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0" err="1"/>
+              <a:t>Beaumet</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>: démonstration de son usage pro.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Espace réservé de la date 3"/>
-[...44 lines deleted...]
-          <p:cNvPr id="6" name="Espace réservé du numéro de diapositive 5"/>
+          <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{588AB5DC-3C00-4937-9CE4-4DA4D5B61534}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>11</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3321631759"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2738766510"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -1238,75 +1347,120 @@
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Espace réservé des notes 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="fr-FR" dirty="0"/>
               <a:t>MP</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3"/>
+          <p:cNvPr id="4" name="Espace réservé de la date 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{57F6308D-A101-4114-BE7E-C2A4ABFCF457}" type="datetime1">
+              <a:rPr lang="fr-FR" smtClean="0"/>
+              <a:t>23/02/2026</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Espace réservé du pied de page 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>BUMP- Pharmacie officine- 2022</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Espace réservé du numéro de diapositive 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{588AB5DC-3C00-4937-9CE4-4DA4D5B61534}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>12</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1593120157"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3321631759"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -1346,251 +1500,338 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{588AB5DC-3C00-4937-9CE4-4DA4D5B61534}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>13</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...83 lines deleted...]
-      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1993532051"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1593120157"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
+          <p:cNvPr id="2" name="Espace réservé de l'image des diapositives 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé des notes 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>MP</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{588AB5DC-3C00-4937-9CE4-4DA4D5B61534}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>14</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Espace réservé de la date 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F0A3FE8-D5F0-48CE-9A1F-339A2C8FB896}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{D4A8BB53-E3D7-49F5-885C-62BE6E190DB0}" type="datetime1">
+              <a:rPr lang="fr-FR" smtClean="0"/>
+              <a:t>23/02/2026</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Espace réservé du pied de page 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4AA84222-E283-42DF-93B5-5EA61F6AD228}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>pharmacie-officine 2022-sea1</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Espace réservé de l'en-tête 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7D5E6CB2-697F-41D0-8DCA-4271A764F4C1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="hdr" sz="quarter"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>BUMP</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1993532051"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide15.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2924175" y="849313"/>
             <a:ext cx="4078288" cy="2293937"/>
           </a:xfrm>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" i="1" dirty="0"/>
+              <a:rPr lang="en-US" i="0" dirty="0"/>
               <a:t>MP</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{588AB5DC-3C00-4937-9CE4-4DA4D5B61534}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>14</a:t>
+              <a:t>15</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé de la date 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0875A456-181B-4C38-AD2B-4D1C9800C14A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E6C81CAA-9C8B-444D-8CE0-AF56DB0B6833}" type="datetime1">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>18/03/2025</a:t>
+              <a:t>23/02/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Espace réservé du pied de page 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FAF29B4A-6E5C-4EE2-A892-3A0BFF7C67F0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -1718,51 +1959,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé de la date 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4B39488B-6A0D-4C1C-940E-F557BF7FA671}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{0266E1B4-09F7-4376-AB41-80613BC78EB5}" type="datetime1">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>18/03/2025</a:t>
+              <a:t>23/02/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Espace réservé du pied de page 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9711356C-F117-40EB-9C30-E2EE74C0F5AF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -1957,51 +2198,51 @@
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{588AB5DC-3C00-4937-9CE4-4DA4D5B61534}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>4</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3070496854"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4116473314"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2013,86 +2254,82 @@
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Espace réservé des notes 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="fr-FR" dirty="0"/>
-              <a:t>CREATION DES COMPTES MP+LT </a:t>
-[...3 lines deleted...]
-              <a:t>+ LTH</a:t>
+              <a:t>LT</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{588AB5DC-3C00-4937-9CE4-4DA4D5B61534}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>5</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="207720072"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3070496854"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2104,82 +2341,86 @@
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Espace réservé des notes 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="fr-FR" dirty="0"/>
-              <a:t>LT</a:t>
+              <a:t>CREATION DES COMPTES MP+LT </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0"/>
+              <a:t>+ LTH</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{588AB5DC-3C00-4937-9CE4-4DA4D5B61534}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>6</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1615553559"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="207720072"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2222,51 +2463,51 @@
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{588AB5DC-3C00-4937-9CE4-4DA4D5B61534}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>7</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3153063909"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1615553559"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2285,75 +2526,120 @@
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Espace réservé des notes 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="fr-FR" dirty="0"/>
               <a:t>LT</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3"/>
+          <p:cNvPr id="4" name="Espace réservé de la date 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{57F6308D-A101-4114-BE7E-C2A4ABFCF457}" type="datetime1">
+              <a:rPr lang="fr-FR" smtClean="0"/>
+              <a:t>23/02/2026</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Espace réservé du pied de page 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>BUMP- Pharmacie officine- 2022</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Espace réservé du numéro de diapositive 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{588AB5DC-3C00-4937-9CE4-4DA4D5B61534}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>8</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4016875343"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2851588934"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2363,104 +2649,84 @@
           <p:cNvPr id="2" name="Espace réservé de l'image des diapositives 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Espace réservé des notes 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...15 lines deleted...]
-            </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" dirty="0"/>
-              <a:t>15m de présentation 10min de pratique dans la base en autonomie</a:t>
-[...3 lines deleted...]
-            <a:endParaRPr lang="fr-FR" dirty="0"/>
+              <a:t>LT</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{588AB5DC-3C00-4937-9CE4-4DA4D5B61534}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>9</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3208844844"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4016875343"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
@@ -4010,99 +4276,103 @@
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657509" algn="l" defTabSz="914377" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openalex.org/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.svg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eformation.univ-grenoble-alpes.fr/course/view.php?id=2551" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bibliotheques.univ-grenoble-alpes.fr/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://view.genial.ly/65c33be13817160014d848ee" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openalex.org/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.svg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eformation.univ-grenoble-alpes.fr/course/view.php?id=2551" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bibliotheques.univ-grenoble-alpes.fr/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://view.genial.ly/65c33be13817160014d848ee" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bapso-rensbump@univ-grenoble-alpes.fr" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.univ-grenoble-alpes.fr/Form_RDV/formulaire.php" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bapso-rensbump@univ-grenoble-alpes.fr" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.univ-grenoble-alpes.fr/Form_RDV/formulaire.php" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commonchemistry.cas.org/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubchem.ncbi.nlm.nih.gov/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bibliotheques.univ-grenoble-alpes.fr/medias/fichier/2023-instructions-sfs-version-web_1694589442592-pdf?ID_FICHE=1374206&amp;INLINE=FALSE" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commonchemistry.cas.org/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubchem.ncbi.nlm.nih.gov/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bibliotheques.univ-grenoble-alpes.fr/medias/fichier/2023-instructions-sfs-version-web_1694589442592-pdf?ID_FICHE=1374206&amp;INLINE=FALSE" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Triangle 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{619634E2-7F5B-3D45-AA41-56D17B511669}"/>
@@ -4601,468 +4871,1240 @@
               <a:t>ème</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="E64513"/>
                 </a:solidFill>
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> année de Pharmacie – Industrie</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="r"/>
             <a:r>
               <a:rPr lang="fr-FR" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="E64513"/>
                 </a:solidFill>
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>2024-2025</a:t>
+              <a:t>2025-2026</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="r"/>
             <a:r>
               <a:rPr lang="fr-FR" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="E64513"/>
                 </a:solidFill>
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Séance 2</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1640986477"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="3" name="Image 2">
+          <p:cNvPr id="8" name="Image 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B5AF0D6B-6053-4091-AACE-A4D193350517}"/>
-[...267 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4CFA28AB-FD02-4F80-88E8-3370AA62B313}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5318D335-4138-4FC2-986E-8562415E6FD8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId5">
-[...6 lines deleted...]
-          <a:srcRect l="8509" t="52656" r="7272" b="1465"/>
+          <a:blip r:embed="rId3"/>
+          <a:srcRect l="943" t="2515" b="4262"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="9052700" y="5860371"/>
-            <a:ext cx="2423468" cy="990280"/>
+            <a:off x="139262" y="2185836"/>
+            <a:ext cx="6634432" cy="3613221"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Rectangle 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CC0D5AA3-EDD7-4613-91D6-CE81BDF1A6CE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6158683" y="2051394"/>
+            <a:ext cx="856963" cy="693745"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="fr-FR"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" idx="4294967295"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="783496" y="393181"/>
+            <a:ext cx="6816930" cy="1792655"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="202C41"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>La recherche de substances</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="29" name="ZoneTexte 28">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AFCA4C32-E5B1-4367-A5EA-2720996ACF2D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1214259" y="2028934"/>
+            <a:ext cx="313713" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>1</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="34" name="ZoneTexte 33">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EA8262BD-2EBF-453A-A969-4A06CB7C14F4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="994148" y="2609439"/>
+            <a:ext cx="313713" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>2</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="39" name="Groupe 38">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9726D34F-ACAC-4CA9-8953-5A474E33D52C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="7020797" y="3299820"/>
+            <a:ext cx="5254672" cy="2342355"/>
+            <a:chOff x="6959699" y="4099498"/>
+            <a:chExt cx="5254672" cy="2342355"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="31" name="ZoneTexte 30">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{23AC0F43-6C19-4140-BDFC-0EA8462DA8D4}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="6959699" y="4099498"/>
+              <a:ext cx="4734554" cy="307777"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="1400" dirty="0"/>
+                <a:t>Choix de l’outil : CAS </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="1400" dirty="0" err="1"/>
+                <a:t>Draw</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="1400" dirty="0"/>
+                <a:t> ou </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="1400" dirty="0" err="1"/>
+                <a:t>ChemDoodle</a:t>
+              </a:r>
+              <a:endParaRPr lang="fr-FR" sz="1400" dirty="0"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="33" name="Rectangle 32">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5D88EB33-7AC8-4197-BD15-4D38B31143CA}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="6959699" y="4841415"/>
+              <a:ext cx="5254672" cy="1600438"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="1400" dirty="0"/>
+                <a:t>Lien vers le tableau périodique des éléments</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:endParaRPr lang="fr-FR" sz="1400" dirty="0"/>
+            </a:p>
+            <a:p>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="1400" dirty="0"/>
+                <a:t>Lien vers les raccourcis chimiques</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:endParaRPr lang="fr-FR" sz="1400" dirty="0"/>
+            </a:p>
+            <a:p>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="1400" dirty="0"/>
+                <a:t>Lien vers les variables</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:endParaRPr lang="fr-FR" sz="1400" dirty="0"/>
+            </a:p>
+            <a:p>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="1400" dirty="0"/>
+                <a:t>Lancer la recherche</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="36" name="Rectangle 35">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4B058575-E2A0-46EF-BA16-F3AA23727094}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="6959699" y="4468830"/>
+              <a:ext cx="5254672" cy="307777"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="1400" dirty="0"/>
+                <a:t>Il est possible d’importer ou d’exporter des structures chimiques</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="37" name="ZoneTexte 36">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{45059ECC-71F7-49B3-B028-8457D35287D3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-77891" y="3271383"/>
+            <a:ext cx="313713" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>3</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="40" name="Groupe 39">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{30910D14-E988-482F-82BD-5D1AE8CCA55D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="6742847" y="3238265"/>
+            <a:ext cx="313714" cy="1169549"/>
+            <a:chOff x="6664646" y="4070348"/>
+            <a:chExt cx="313714" cy="1169549"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="30" name="ZoneTexte 29">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DFB53551-A619-4196-A45A-0909396E7499}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="6664647" y="4070348"/>
+              <a:ext cx="313713" cy="369332"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="fr-FR" b="1" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="FF0000"/>
+                  </a:solidFill>
+                </a:rPr>
+                <a:t>1</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="35" name="ZoneTexte 34">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0A7C5252-B411-4BE5-BA4D-E84CD3563FA4}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="6664646" y="4471270"/>
+              <a:ext cx="313713" cy="369332"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="fr-FR" b="1" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="FF0000"/>
+                  </a:solidFill>
+                </a:rPr>
+                <a:t>2</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="38" name="ZoneTexte 37">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EFFBA191-BB3D-4A82-8904-08C4FCF0FBF4}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="6664646" y="4870565"/>
+              <a:ext cx="313713" cy="369332"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="fr-FR" b="1" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="FF0000"/>
+                  </a:solidFill>
+                </a:rPr>
+                <a:t>3</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="27" name="ZoneTexte 26">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7D3A1BCE-4DD5-4588-8CBA-0826373B699D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="646094" y="3282910"/>
+            <a:ext cx="313713" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>4</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="28" name="ZoneTexte 27">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6B1DBFD1-3F01-4E03-9C30-4EE6F1BC0732}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-61033" y="3542366"/>
+            <a:ext cx="313713" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>5</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="32" name="ZoneTexte 31">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C48AFE4B-5C4F-40AC-B05B-7BACD1156FC6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6727608" y="4443400"/>
+            <a:ext cx="288039" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>4</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="42" name="ZoneTexte 41">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3B11DFB4-275F-4EAC-84F4-1F016DB2D330}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6727607" y="4855341"/>
+            <a:ext cx="288039" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>5</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="43" name="ZoneTexte 42">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5BCFC182-C031-46A5-96BD-81953CADD66D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6727607" y="5279203"/>
+            <a:ext cx="288039" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>6</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="44" name="ZoneTexte 43">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{65D4E1A5-BD7F-402A-ABAB-D9FF82560BC4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5503304" y="5224673"/>
+            <a:ext cx="288039" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>6</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="45" name="Google Shape;409;p46">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{06993D59-6629-404A-B822-0C14878B072C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm rot="2634226">
+            <a:off x="8247224" y="323996"/>
+            <a:ext cx="1250679" cy="881258"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="bl" rotWithShape="0">
+              <a:schemeClr val="dk1">
+                <a:alpha val="50000"/>
+              </a:schemeClr>
+            </a:outerShdw>
+          </a:effectLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2134813836"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3415221744"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="11" name="Image 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B4CBB20E-F43B-4F84-978D-F9CFBB251C10}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="245799" y="1988185"/>
+            <a:ext cx="8192964" cy="4811381"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="850608" y="1064300"/>
-            <a:ext cx="9568010" cy="1792655"/>
+            <a:off x="783495" y="393181"/>
+            <a:ext cx="6305201" cy="1792655"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="4000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="202C41"/>
                 </a:solidFill>
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Le Web of Science et </a:t>
-            </a:r>
+              <a:t>La recherche de reactions </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="202C41"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>chimiques</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="4000" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="202C41"/>
+              </a:solidFill>
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="ZoneTexte 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D44CC4FF-9826-40E5-B391-EAA5638F27D4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="872689" y="5860371"/>
+            <a:ext cx="313713" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>1</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="ZoneTexte 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4BBF0F58-14AB-4C49-ABC8-4078B5126AFA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8438763" y="4393876"/>
+            <a:ext cx="313713" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>1</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="ZoneTexte 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6397557F-9080-4FB0-A295-67DCF86047BD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8662362" y="4424653"/>
+            <a:ext cx="4734554" cy="307777"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" dirty="0"/>
+              <a:t>Flèche des réactifs vers les produits</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Image 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4CFA28AB-FD02-4F80-88E8-3370AA62B313}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId4">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="8509" t="52656" r="7272" b="1465"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9179159" y="5860371"/>
+            <a:ext cx="2423468" cy="990280"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2134813836"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" idx="4294967295"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="850608" y="1064300"/>
+            <a:ext cx="9568010" cy="1792655"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="4000" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="202C41"/>
                 </a:solidFill>
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>OpenAlex</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="4000" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="202C41"/>
               </a:solidFill>
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="5" name="Straight Connector 4"/>
@@ -5087,51 +6129,51 @@
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="TextBox 3"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="850608" y="2413610"/>
-            <a:ext cx="10271048" cy="3585597"/>
+            <a:ext cx="10271048" cy="3170099"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just">
               <a:buClr>
                 <a:srgbClr val="0066A1"/>
               </a:buClr>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> 2 Bases de </a:t>
             </a:r>
@@ -5343,104 +6385,50 @@
                 <a:srgbClr val="0066A1"/>
               </a:buClr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:endParaRPr lang="en-US" b="1" dirty="0">
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="just">
               <a:spcBef>
                 <a:spcPct val="50000"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="0066A1"/>
               </a:buClr>
             </a:pPr>
             <a:endParaRPr lang="en-US" b="1" dirty="0">
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
-          </a:p>
-[...52 lines deleted...]
-            </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="just">
               <a:spcBef>
                 <a:spcPct val="50000"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="0066A1"/>
               </a:buClr>
             </a:pPr>
             <a:endParaRPr lang="fr-FR" dirty="0">
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="Graphique 5" descr="Graphique à barres">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B7CC455A-EE16-4989-A96A-1C3C851F6C22}"/>
               </a:ext>
@@ -5526,51 +6514,51 @@
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BFC1E5C6-0ABA-43E7-B85D-5DCACD7C2496}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId7">
             <a:duotone>
               <a:prstClr val="black"/>
               <a:schemeClr val="accent6">
                 <a:tint val="45000"/>
                 <a:satMod val="400000"/>
               </a:schemeClr>
             </a:duotone>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8072061" y="5122529"/>
+            <a:off x="5883338" y="4115737"/>
             <a:ext cx="3658279" cy="1467972"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Google Shape;590;p56">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D1F67EB3-F8FA-4EEB-94DA-62040C0F4535}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId8">
             <a:alphaModFix/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
@@ -5588,51 +6576,51 @@
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="bl" rotWithShape="0">
               <a:schemeClr val="dk1">
                 <a:alpha val="50000"/>
               </a:schemeClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="312053885"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2" name="Image 1">
             <a:hlinkClick r:id="rId3"/>
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4BED8D03-BAA2-4D51-82A7-6C93E53CB118}"/>
               </a:ext>
             </a:extLst>
@@ -6073,51 +7061,51 @@
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm rot="16200000">
             <a:off x="8553652" y="-783942"/>
             <a:ext cx="1239883" cy="2807767"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4163757982"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Rectangle 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D9AE3F32-FB51-48A2-86CE-A10C91350A82}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -6233,51 +7221,51 @@
           <a:xfrm>
             <a:off x="7071718" y="1437861"/>
             <a:ext cx="3810000" cy="3810000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4094758831"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -6793,52 +7781,52 @@
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="TextBox 3"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="612483" y="1921791"/>
-            <a:ext cx="11341392" cy="5022272"/>
+            <a:off x="457200" y="1921791"/>
+            <a:ext cx="11496675" cy="4191276"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="742950" lvl="1" indent="-285750" algn="just">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buClr>
                 <a:srgbClr val="E74610"/>
               </a:buClr>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
@@ -6882,175 +7870,178 @@
               <a:t>substance active / forme galénique</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
             </a:pPr>
             <a:endParaRPr lang="fr-FR" u="sng" spc="300" dirty="0">
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>- indométacine (collyre)</a:t>
+              <a:t>- </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" spc="300" dirty="0" err="1">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>phloroglucinol</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> (lyophilisat oral)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>- ibuprofène (gel pour application cutanée)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>- paracétamol (comprimé voie orale et solution buvable)</a:t>
+              <a:t>- paracétamol (solution buvable)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>- métronidazole (émulsion pour application cutanée)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>- insuline </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" spc="300" dirty="0" err="1">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>lispro</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> (solution injectable)</a:t>
             </a:r>
-            <a:br>
-[...11 lines deleted...]
-            </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
+              <a:t>- interféron bêta-1b recombinant (poudre et solvant solution injectable)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
               <a:t>- </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" spc="300" dirty="0" err="1">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>blinatumomab</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> (poudre pour solution à diluer et solution pour solution pour perfusion)</a:t>
-[...12 lines deleted...]
-            </a:pPr>
+              <a:t> (poudre pour solution à diluer et solution pour perfusion)</a:t>
+            </a:r>
             <a:endParaRPr lang="fr-FR" b="1" spc="300" dirty="0">
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2055276610"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
@@ -7629,96 +8620,85 @@
                 </a:solidFill>
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Dessiner une substance dans l'éditeur</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="400"/>
               </a:spcAft>
             </a:pPr>
             <a:endParaRPr lang="fr-FR" sz="1500" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="202C41"/>
               </a:solidFill>
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="1500" b="1" dirty="0">
-[...9 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" sz="1500" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="202C41"/>
                 </a:solidFill>
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>OpenAlex</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1500" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="202C41"/>
               </a:solidFill>
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="400"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="1500" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="202C41"/>
                 </a:solidFill>
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Bases de données bibliographiques</a:t>
+              <a:t>Base de données bibliographiques</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1500" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="202C41"/>
               </a:solidFill>
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="400"/>
               </a:spcAft>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="1500" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="202C41"/>
               </a:solidFill>
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
@@ -8233,259 +9213,358 @@
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="4000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="202C41"/>
                 </a:solidFill>
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Chemical Abstracts</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="TextBox 2"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="850607" y="2365377"/>
-            <a:ext cx="4351089" cy="2492990"/>
+            <a:off x="328037" y="2382456"/>
+            <a:ext cx="11789923" cy="3970318"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="just"/>
-[...1 lines deleted...]
-              <a:rPr lang="fr-FR" sz="1200" dirty="0"/>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0"/>
               <a:t>Les </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="fr-FR" sz="1200" b="1" i="1" dirty="0"/>
+              <a:rPr lang="fr-FR" sz="2000" b="1" i="1" spc="100" dirty="0"/>
               <a:t>Chemical Abstracts</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="fr-FR" sz="1200" dirty="0"/>
+              <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0"/>
               <a:t>, permettent de consulter des références bibliographiques issue de la littérature scientifique autour de la Chimie et des domaines apparentés.  </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="fr-FR" sz="2000" spc="100" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0"/>
+              <a:t>Publiés depuis 1907 il s’agit d’une des bases de données les plus anciennes et les plus complètes au monde.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0"/>
+              <a:t>Pour chaque revue touchant de près ou de loin à la Chimie, les différents articles sont dépouillés. C’est-à-dire qu’ils sont résumés (en anglais) et qu’une liste des composés chimiques concernés est établie.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:endParaRPr lang="fr-FR" sz="1200" dirty="0"/>
           </a:p>
-          <a:p>
-[...30 lines deleted...]
-            <a:endParaRPr lang="fr-FR" sz="1200" dirty="0"/>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="17" name="Image 16">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AE816E29-AC11-4EAC-828E-BEF09EF5E070}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="13073" r="20688"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm rot="16200000">
+            <a:off x="7419533" y="-918299"/>
+            <a:ext cx="1649175" cy="3734626"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3736617158"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" idx="4294967295"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="850607" y="505226"/>
+            <a:ext cx="5372392" cy="1792655"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="202C41"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Chemical Abstracts</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="TextBox 3"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6073688" y="668850"/>
-            <a:ext cx="4608994" cy="2246769"/>
+            <a:off x="255008" y="2218616"/>
+            <a:ext cx="4608994" cy="4401205"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="just"/>
-[...1 lines deleted...]
-              <a:rPr lang="en-US" sz="1400" dirty="0">
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Les </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="fr-FR" sz="1400" b="1" i="1" dirty="0"/>
+              <a:rPr lang="fr-FR" sz="2000" b="1" i="1" dirty="0"/>
               <a:t>Chemical Abstracts Services </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="fr-FR" sz="1400" dirty="0">
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>administrent le </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="fr-FR" sz="1400" i="1" dirty="0">
+              <a:rPr lang="fr-FR" sz="2000" i="1" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>CAS </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="fr-FR" sz="1400" i="1" dirty="0" err="1">
+              <a:rPr lang="fr-FR" sz="2000" i="1" dirty="0" err="1">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Registry</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="fr-FR" sz="1400" i="1" dirty="0">
+              <a:rPr lang="fr-FR" sz="2000" i="1" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="fr-FR" sz="1400" dirty="0">
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>une base de donnée répertoriant les principales substances chimiques.</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr algn="just"/>
-            <a:endParaRPr lang="fr-FR" sz="1400" dirty="0">
+            <a:endParaRPr lang="fr-FR" sz="2000" dirty="0">
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr algn="just"/>
-[...1 lines deleted...]
-              <a:rPr lang="fr-FR" sz="1400" dirty="0">
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Chaque substance se voit attribuer un numéro unique de référence : le </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0">
+              <a:rPr lang="fr-FR" sz="2000" b="1" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>CAS </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0" err="1">
+              <a:rPr lang="fr-FR" sz="2000" b="1" dirty="0" err="1">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Registry</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0">
+              <a:rPr lang="fr-FR" sz="2000" b="1" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0" err="1">
+              <a:rPr lang="fr-FR" sz="2000" b="1" dirty="0" err="1">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Number</a:t>
             </a:r>
-            <a:endParaRPr lang="fr-FR" sz="1400" b="1" dirty="0">
+            <a:endParaRPr lang="fr-FR" sz="2000" b="1" dirty="0">
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr algn="just"/>
-[...1 lines deleted...]
-              <a:rPr lang="fr-FR" sz="1400" dirty="0">
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>(CASRN)</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr algn="just"/>
-            <a:endParaRPr lang="en-US" sz="1400" dirty="0">
+            <a:endParaRPr lang="en-US" sz="2000" dirty="0">
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr algn="just"/>
-[...1 lines deleted...]
-              <a:rPr lang="fr-FR" sz="1400" dirty="0">
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Aujourd’hui c’est près de 200 millions de substances chimiques qui sont répertoriées.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="5" name="Straight Connector 4"/>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="939800" y="2004517"/>
             <a:ext cx="478972" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
@@ -8502,51 +9581,51 @@
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="13" name="Groupe 12">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DBD39872-7DA9-4D6B-9C88-478942C16AB5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="5124042" y="4306530"/>
+            <a:off x="5269915" y="3032206"/>
             <a:ext cx="7006439" cy="2364814"/>
             <a:chOff x="5817999" y="4229797"/>
             <a:chExt cx="7006439" cy="2364814"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="6" name="Rectangle 5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0EBD9CBB-9147-4CA4-9D87-151EB9A1E703}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="6453931" y="4229797"/>
               <a:ext cx="6370507" cy="1754326"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
@@ -8917,51 +9996,51 @@
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:r>
                 <a:rPr lang="fr-FR" dirty="0"/>
                 <a:t>2 chiffres</a:t>
               </a:r>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="Rectangle 14">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{702F241E-F49B-48B9-B068-1CE5B4091402}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="9036896" y="5038859"/>
+            <a:off x="8985033" y="4407979"/>
             <a:ext cx="3239458" cy="1384995"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" u="sng" dirty="0"/>
               <a:t>Exemples</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" dirty="0"/>
               <a:t> :</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="fr-FR" sz="1400" dirty="0"/>
           </a:p>
           <a:p>
@@ -8973,251 +10052,237 @@
           <a:p>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" dirty="0"/>
               <a:t>10043-52-4 = Chlorure de calcium</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" dirty="0"/>
               <a:t>1310-58-3 = Hydroxyde de potassium</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" dirty="0"/>
               <a:t>73590-58-6 = </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" dirty="0" err="1"/>
               <a:t>Omeprazole</a:t>
             </a:r>
             <a:endParaRPr lang="fr-FR" sz="1400" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...1 lines deleted...]
-          <p:cNvPr id="17" name="Image 16">
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="22" name="Groupe 21">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AE816E29-AC11-4EAC-828E-BEF09EF5E070}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5FEEF6BA-EF92-0CE3-0613-34CE633B13FC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvPicPr>
-[...1 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvGrpSpPr/>
           <p:nvPr/>
-        </p:nvPicPr>
-[...33 lines deleted...]
-        <p:spPr>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
           <a:xfrm>
-            <a:off x="7812481" y="3427206"/>
-[...136 lines deleted...]
-      </p:sp>
+            <a:off x="5474766" y="1179022"/>
+            <a:ext cx="5866627" cy="1029129"/>
+            <a:chOff x="6667324" y="3027071"/>
+            <a:chExt cx="5866627" cy="1029129"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="16" name="ZoneTexte 15">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F5305D97-060E-42F4-BDA9-7C5FAF6EA052}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="7812481" y="3427206"/>
+              <a:ext cx="4122680" cy="369332"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="fr-FR" dirty="0">
+                  <a:hlinkClick r:id="rId4"/>
+                </a:rPr>
+                <a:t>PubChem</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="fr-FR" dirty="0"/>
+                <a:t> comme alternative simplifiée</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:pic>
+          <p:nvPicPr>
+            <p:cNvPr id="18" name="Image 17">
+              <a:hlinkClick r:id="rId4"/>
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{881E5312-480B-4A06-8953-7EABD076611D}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvPicPr>
+              <a:picLocks noChangeAspect="1"/>
+            </p:cNvPicPr>
+            <p:nvPr/>
+          </p:nvPicPr>
+          <p:blipFill>
+            <a:blip r:embed="rId5">
+              <a:extLst>
+                <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                </a:ext>
+              </a:extLst>
+            </a:blip>
+            <a:stretch>
+              <a:fillRect/>
+            </a:stretch>
+          </p:blipFill>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="6995385" y="3188299"/>
+              <a:ext cx="817096" cy="817096"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+          </p:spPr>
+        </p:pic>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="19" name="ZoneTexte 18">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{440C720C-94F9-4C2C-927E-879FE09FB119}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="6667324" y="3027071"/>
+              <a:ext cx="817096" cy="1015663"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="6000" dirty="0">
+                  <a:latin typeface="Bell MT" panose="02020503060305020303" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>(</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="20" name="ZoneTexte 19">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2CF9689E-FBD3-46D5-B3CD-C1AF605AFFAC}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="11716855" y="3040537"/>
+              <a:ext cx="817096" cy="1015663"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="6000" dirty="0">
+                  <a:latin typeface="Bell MT" panose="02020503060305020303" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>)</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2920073183"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
@@ -9787,51 +10852,51 @@
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm rot="5400000">
             <a:off x="7434823" y="-1519890"/>
             <a:ext cx="1436149" cy="4924338"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1625248395"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
@@ -9884,378 +10949,50 @@
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="4000" b="1" u="sng" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="202C41"/>
                 </a:solidFill>
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>bibliographiques</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="4000" b="1" u="sng" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="202C41"/>
               </a:solidFill>
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:cxnSp>
-[...326 lines deleted...]
-      </p:grpSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16" name="ZoneTexte 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C7373636-8B0C-4CA4-9B4A-441565A3E86A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="211428" y="5213128"/>
             <a:ext cx="11533159" cy="1200329"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
@@ -10343,182 +11080,433 @@
             <a:r>
               <a:rPr lang="fr-FR" b="1" dirty="0"/>
               <a:t>?</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" dirty="0"/>
               <a:t>)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="10" name="Connecteur droit 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{865FF21F-390F-4754-BE50-CC963F171818}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2961314" y="4764947"/>
+            <a:off x="3476880" y="5066504"/>
             <a:ext cx="4420998" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="14" name="Image 13">
+          <p:cNvPr id="8" name="Image 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5F35344A-4091-49F2-8AB7-5B32F2503A83}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{27CFD65E-247F-5574-2F96-E695830D8D21}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill rotWithShape="1">
-[...2 lines deleted...]
-          <a:stretch/>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8654227" y="1031974"/>
-            <a:ext cx="3269658" cy="3757437"/>
+            <a:off x="981232" y="1758586"/>
+            <a:ext cx="9993549" cy="3161295"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="17" name="Rectangle 16">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FCB74B35-BE20-A71F-456F-5A43BA055D59}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1157591" y="3900791"/>
+            <a:ext cx="2412460" cy="924128"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="38100">
+            <a:solidFill>
+              <a:srgbClr val="FF0000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="fr-FR"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="Rectangle 17">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C75B0C41-5F73-3F7D-29E1-6316A0F2DCF7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5978006" y="2953965"/>
+            <a:ext cx="2412460" cy="946826"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="38100">
+            <a:solidFill>
+              <a:srgbClr val="FF0000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="fr-FR"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="20" name="Image 19">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{02D4A81E-0BFE-0E91-4EB0-04A789E93A0A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7784762" y="4175543"/>
+            <a:ext cx="2381250" cy="581025"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="21" name="Flèche : angle droit 20">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DD15ACA5-9AB5-AA50-B8E6-B835BBDB86F4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="5400000">
+            <a:off x="6955768" y="3892545"/>
+            <a:ext cx="722682" cy="760052"/>
+          </a:xfrm>
+          <a:prstGeom prst="bentUpArrow">
+            <a:avLst>
+              <a:gd name="adj1" fmla="val 26674"/>
+              <a:gd name="adj2" fmla="val 25000"/>
+              <a:gd name="adj3" fmla="val 25000"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FF0000"/>
+          </a:solidFill>
+          <a:ln>
+            <a:solidFill>
+              <a:srgbClr val="FF0000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="fr-FR"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3128201398"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Image 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4EE9E976-F0DF-4916-92DA-D8D9C73EBB94}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8735467" y="4421422"/>
+            <a:ext cx="2998885" cy="2223892"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="783496" y="393181"/>
-            <a:ext cx="5372392" cy="1792655"/>
+            <a:off x="838200" y="365125"/>
+            <a:ext cx="10515600" cy="1325563"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
-          <a:lstStyle/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="4400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="4000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="202C41"/>
                 </a:solidFill>
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>La recherche de </a:t>
-            </a:r>
+              <a:t>Lire les </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="4000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="202C41"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
             <a:r>
               <a:rPr lang="en-US" sz="4000" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="202C41"/>
                 </a:solidFill>
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>références</a:t>
+              <a:t>résultats</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="4000" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="202C41"/>
               </a:solidFill>
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="5" name="Straight Connector 4"/>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="872689" y="1892472"/>
             <a:ext cx="478972" cy="0"/>
           </a:xfrm>
@@ -10539,496 +11527,312 @@
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Image 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{625CA66B-FF75-444B-95EA-30497D2DA0C3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3"/>
+          <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="197321" y="2801924"/>
+            <a:off x="197321" y="2705777"/>
             <a:ext cx="1719070" cy="3939537"/>
-          </a:xfrm>
-[...27 lines deleted...]
-            <a:ext cx="6809195" cy="766988"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="9" name="Image 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{215EC6AF-267A-4182-881D-1F166A8F7AAD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId4"/>
-          <a:srcRect l="74756"/>
+          <a:blip r:embed="rId5"/>
+          <a:srcRect l="74756" r="17333"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6406768" y="5334644"/>
-            <a:ext cx="4550981" cy="992093"/>
+            <a:off x="6495330" y="5334643"/>
+            <a:ext cx="1426158" cy="992093"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="12" name="Connecteur droit avec flèche 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BE5588B3-A028-4FF5-A4A5-61D728214302}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3976382" y="2801924"/>
+            <a:off x="3227352" y="2705777"/>
             <a:ext cx="0" cy="442519"/>
-          </a:xfrm>
-[...42 lines deleted...]
-            <a:ext cx="0" cy="359420"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="15" name="Connecteur droit avec flèche 14">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4AFC27A7-DE4E-4ABA-84A3-8F051757F611}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipV="1">
-            <a:off x="5749254" y="1744910"/>
+            <a:off x="4660265" y="1654634"/>
             <a:ext cx="0" cy="358725"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
-      <p:cxnSp>
-[...40 lines deleted...]
-      </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17" name="ZoneTexte 16">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D6BDA733-A7BD-423C-8EFC-F3BA3E7F1720}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2594317" y="3244443"/>
+            <a:off x="2185755" y="3261053"/>
             <a:ext cx="2980867" cy="646331"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="fr-FR" dirty="0"/>
               <a:t>Index des substances présentes dans les résultats</a:t>
-            </a:r>
-[...32 lines deleted...]
-              <a:t>Références citant les résultats ou citées par les résultats</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="20" name="ZoneTexte 19">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4DF36055-1D26-427B-8446-15A559CAF446}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4514579" y="1108275"/>
+            <a:off x="3970446" y="878543"/>
             <a:ext cx="2980867" cy="646331"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="fr-FR" dirty="0"/>
               <a:t>Index des réactions présentes dans les résultats</a:t>
-            </a:r>
-[...33 lines deleted...]
-              <a:t>Visualiser les relations entre les publications, les auteurs, les substances et les mots-clefs indexés dans les résultats</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="22" name="Connecteur droit avec flèche 21">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B4FE7470-B581-466C-992D-CF6505B2C665}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7173985" y="5041783"/>
-            <a:ext cx="341035" cy="292861"/>
+            <a:off x="7515020" y="5134062"/>
+            <a:ext cx="0" cy="200582"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="23" name="Connecteur droit avec flèche 22">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FC8C5EDB-B8D6-4CC7-8930-696F8778E9DC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="9714333" y="5134062"/>
-            <a:ext cx="0" cy="200581"/>
+            <a:off x="10949772" y="4082956"/>
+            <a:ext cx="404028" cy="445848"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
@@ -11055,283 +11859,498 @@
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="26" name="Rectangle 25">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D574921B-B261-49E4-94A9-34E79EB0FFAD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9956132" y="3380589"/>
+            <a:ext cx="2574503" cy="646331"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Sauvegarder les résultats et régler les alertes</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="27" name="Rectangle 26">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9F258F14-0326-404B-8FCB-0A842C930D8D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4630724" y="4749295"/>
+            <a:ext cx="3635695" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0" err="1"/>
+              <a:t>Enregister</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t> les résultats (PDF, RIS…)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="28" name="Rectangle 27">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{925089D8-BB64-4BBB-B984-7DFE1E79C961}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2555045" y="5818488"/>
+            <a:ext cx="3575568" cy="646331"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Permet de combiner avec des résultats déjà enregistrés</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="36" name="Rectangle 35">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EF23C5F2-5B7C-4417-B94E-0101153B7424}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="232490" y="2103634"/>
+            <a:ext cx="1852103" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Utiliser les filtres </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="30" name="Google Shape;607;p57">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D5EAA1E2-E422-4727-9C41-8FD5D5F97638}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId6">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm rot="18900000">
+            <a:off x="10567492" y="1318334"/>
+            <a:ext cx="1802245" cy="1390050"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="bl" rotWithShape="0">
+              <a:schemeClr val="dk1">
+                <a:alpha val="50000"/>
+              </a:schemeClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="Image 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AB9E2808-7A57-760F-21F3-F3C18FE1927B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId7"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2555045" y="2116518"/>
+            <a:ext cx="7305675" cy="561975"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="25" name="Connecteur droit avec flèche 24">
+          <p:cNvPr id="10" name="Connecteur droit avec flèche 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{67A37D15-18B1-4271-BB0D-191C07BAA418}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0A97C9A3-E5DA-9173-0B55-2606F8AFC1D3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
-            <a:stCxn id="29" idx="1"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
-          <a:xfrm flipH="1" flipV="1">
-[...1 lines deleted...]
-            <a:ext cx="351990" cy="257282"/>
+          <a:xfrm flipV="1">
+            <a:off x="7672597" y="1381328"/>
+            <a:ext cx="430543" cy="632030"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
-      <p:sp>
-[...1 lines deleted...]
-          <p:cNvPr id="26" name="Rectangle 25">
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="14" name="Connecteur droit avec flèche 13">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D574921B-B261-49E4-94A9-34E79EB0FFAD}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9938FA7B-1884-691A-F660-E169FA7A6B16}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr/>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm flipV="1">
+            <a:off x="9360620" y="1468302"/>
+            <a:ext cx="430543" cy="632030"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln>
+            <a:solidFill>
+              <a:srgbClr val="FF0000"/>
+            </a:solidFill>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="ZoneTexte 17">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E6B895B9-461E-6058-F520-30AF8231B6B9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="9018181" y="4213881"/>
-            <a:ext cx="3021742" cy="923330"/>
+            <a:off x="7478244" y="655857"/>
+            <a:ext cx="1223287" cy="646331"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square">
+          <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="fr-FR" dirty="0"/>
-              <a:t>Sauvegarder les résultats/la requête de recherche et régler les alertes</a:t>
+              <a:t>Vendeurs et prix</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="27" name="Rectangle 26">
+          <p:cNvPr id="25" name="ZoneTexte 24">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9F258F14-0326-404B-8FCB-0A842C930D8D}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E6946CD3-1819-2C09-4698-3C6298FEDCDE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5541154" y="4626215"/>
-            <a:ext cx="2543261" cy="646331"/>
+            <a:off x="9228462" y="832376"/>
+            <a:ext cx="1223287" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square">
+          <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="fr-FR" dirty="0" err="1"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="fr-FR" dirty="0"/>
-              <a:t> les résultats (PDF, RIS…)</a:t>
+              <a:t>Brevets</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...1 lines deleted...]
-          <p:cNvPr id="28" name="Rectangle 27">
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="31" name="Image 30">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{925089D8-BB64-4BBB-B984-7DFE1E79C961}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D35E7B37-FCF7-EC49-C47A-CEC8867C5963}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
           <p:nvPr/>
-        </p:nvSpPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId8"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2555045" y="5818488"/>
-            <a:ext cx="3575568" cy="646331"/>
+            <a:off x="5976948" y="2705777"/>
+            <a:ext cx="2872031" cy="1630852"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="32" name="ZoneTexte 31">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F08E5D91-D3D4-D13A-1D4E-7EC498CD8FDD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7759542" y="3261053"/>
+            <a:ext cx="1223287" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square">
+          <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="fr-FR" dirty="0"/>
-              <a:t>Permet de combiner avec des résultats déjà enregistrés</a:t>
-[...67 lines deleted...]
-              <a:t>Utiliser les filtres </a:t>
+              <a:t>Citations</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="776817772"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3411801920"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
@@ -11537,52 +12556,52 @@
                 <a:rPr lang="en-US" sz="1400" dirty="0"/>
                 <a:t> unique et international pour les </a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="fr-FR" sz="1400" dirty="0"/>
                 <a:t>chercheurs.</a:t>
               </a:r>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="ZoneTexte 10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{59537758-934A-498B-B619-16F5EC9B51C9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1112175" y="2185836"/>
-            <a:ext cx="4040850" cy="369332"/>
+            <a:off x="872689" y="2185836"/>
+            <a:ext cx="4280336" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="fr-FR" dirty="0"/>
               <a:t>Quelques critères/index de recherche :</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="12" name="Groupe 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B658216E-5042-448E-804B-48BE87C18534}"/>
@@ -11907,1231 +12926,50 @@
           <a:blip r:embed="rId6">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7915812" y="0"/>
             <a:ext cx="1619356" cy="2159281"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3194439945"/>
-      </p:ext>
-[...1179 lines deleted...]
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3415221744"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Custom 27">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="3A3A3C"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EFEFF1"/>
       </a:lt2>
@@ -13892,99 +13730,99 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Office Theme</Template>
   <TotalTime></TotalTime>
-  <Words>958</Words>
+  <Words>873</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Grand écran</PresentationFormat>
-  <Paragraphs>206</Paragraphs>
-[...1 lines deleted...]
-  <Notes>14</Notes>
+  <Paragraphs>205</Paragraphs>
+  <Slides>15</Slides>
+  <Notes>15</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Polices utilisées</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>7</vt:i4>
+        <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Thème</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titres des diapositives</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>14</vt:i4>
+        <vt:i4>15</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="22" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Bell MT</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
-      <vt:lpstr>Lato</vt:lpstr>
       <vt:lpstr>Montserrat</vt:lpstr>
       <vt:lpstr>Verdana</vt:lpstr>
       <vt:lpstr>Wingdings</vt:lpstr>
       <vt:lpstr>Office Theme</vt:lpstr>
       <vt:lpstr>Présentation PowerPoint</vt:lpstr>
       <vt:lpstr>Pour rappel</vt:lpstr>
       <vt:lpstr>Sommaire</vt:lpstr>
       <vt:lpstr>Chemical Abstracts</vt:lpstr>
+      <vt:lpstr>Chemical Abstracts</vt:lpstr>
       <vt:lpstr>Accès à SciFinder-n</vt:lpstr>
       <vt:lpstr>La recherche de références bibliographiques</vt:lpstr>
-      <vt:lpstr>La recherche de références</vt:lpstr>
+      <vt:lpstr>Lire les  résultats</vt:lpstr>
       <vt:lpstr>La recherche de références</vt:lpstr>
       <vt:lpstr>La recherche de substances</vt:lpstr>
       <vt:lpstr>La recherche de reactions chimiques</vt:lpstr>
-      <vt:lpstr>Le Web of Science et OpenAlex</vt:lpstr>
+      <vt:lpstr>OpenAlex</vt:lpstr>
       <vt:lpstr>Présentation PowerPoint</vt:lpstr>
       <vt:lpstr>Des questions ?</vt:lpstr>
       <vt:lpstr>Merci !  A bientôt !</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PowerPoint Presentation</dc:title>
   <dc:creator>Pangara</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>