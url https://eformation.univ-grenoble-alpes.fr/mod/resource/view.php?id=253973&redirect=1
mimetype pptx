--- v0 (2025-10-21)
+++ v1 (2026-03-28)
@@ -1,146 +1,164 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="emf" ContentType="image/x-emf"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/handoutMasters/handoutMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.handoutMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
-    <p:sldMasterId id="2147483648" r:id="rId1"/>
+    <p:sldMasterId id="2147483758" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId27"/>
+    <p:notesMasterId r:id="rId29"/>
   </p:notesMasterIdLst>
   <p:handoutMasterIdLst>
-    <p:handoutMasterId r:id="rId28"/>
+    <p:handoutMasterId r:id="rId30"/>
   </p:handoutMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="447" r:id="rId2"/>
     <p:sldId id="446" r:id="rId3"/>
-    <p:sldId id="451" r:id="rId4"/>
-[...11 lines deleted...]
-    <p:sldId id="493" r:id="rId16"/>
+    <p:sldId id="495" r:id="rId4"/>
+    <p:sldId id="451" r:id="rId5"/>
+    <p:sldId id="472" r:id="rId6"/>
+    <p:sldId id="471" r:id="rId7"/>
+    <p:sldId id="487" r:id="rId8"/>
+    <p:sldId id="479" r:id="rId9"/>
+    <p:sldId id="457" r:id="rId10"/>
+    <p:sldId id="484" r:id="rId11"/>
+    <p:sldId id="485" r:id="rId12"/>
+    <p:sldId id="462" r:id="rId13"/>
+    <p:sldId id="490" r:id="rId14"/>
+    <p:sldId id="488" r:id="rId15"/>
+    <p:sldId id="492" r:id="rId16"/>
     <p:sldId id="398" r:id="rId17"/>
     <p:sldId id="453" r:id="rId18"/>
-    <p:sldId id="464" r:id="rId19"/>
-    <p:sldId id="465" r:id="rId20"/>
+    <p:sldId id="465" r:id="rId19"/>
+    <p:sldId id="464" r:id="rId20"/>
     <p:sldId id="494" r:id="rId21"/>
-    <p:sldId id="463" r:id="rId22"/>
-[...3 lines deleted...]
-    <p:sldId id="356" r:id="rId26"/>
+    <p:sldId id="493" r:id="rId22"/>
+    <p:sldId id="463" r:id="rId23"/>
+    <p:sldId id="496" r:id="rId24"/>
+    <p:sldId id="491" r:id="rId25"/>
+    <p:sldId id="452" r:id="rId26"/>
+    <p:sldId id="489" r:id="rId27"/>
+    <p:sldId id="356" r:id="rId28"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="9926638" cy="6797675"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -267,97 +285,97 @@
     <a:srgbClr val="CC66FF"/>
     <a:srgbClr val="0066FF"/>
     <a:srgbClr val="6600CC"/>
     <a:srgbClr val="0D1128"/>
     <a:srgbClr val="E4E4E4"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="14253" autoAdjust="0"/>
     <p:restoredTop sz="85146" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="97" d="100"/>
-          <a:sy n="97" d="100"/>
+          <a:sx n="94" d="100"/>
+          <a:sy n="94" d="100"/>
         </p:scale>
-        <p:origin x="1152" y="90"/>
+        <p:origin x="1272" y="-252"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="3840"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:notesViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="73" d="100"/>
           <a:sy n="73" d="100"/>
         </p:scale>
         <p:origin x="1950" y="72"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:notesViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/_rels/handoutMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/handoutMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:handoutMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -405,51 +423,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5622798" y="1"/>
             <a:ext cx="4301543" cy="341064"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{DEEA3395-8C3A-443D-9A9C-FB66915EFAAC}" type="datetime1">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>24/02/2025</a:t>
+              <a:t>03/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="6456612"/>
             <a:ext cx="4301543" cy="341063"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -581,51 +599,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5622798" y="1"/>
             <a:ext cx="4301543" cy="341064"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B41A67F8-8095-4D64-944D-2135600995D8}" type="datetime1">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>24/02/2025</a:t>
+              <a:t>03/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2924175" y="849313"/>
             <a:ext cx="4078288" cy="2293937"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -905,67 +923,75 @@
 <file path=ppt/notesSlides/_rels/notesSlide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blocks.bmi-online.nl/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide25.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide26.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide27.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
@@ -1046,51 +1072,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé de la date 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8C52B027-1D2C-49A9-ACE2-B8CD2A1368B6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{16851F87-2A90-4741-8416-2E2011E08F29}" type="datetime1">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>24/02/2025</a:t>
+              <a:t>03/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Espace réservé du pied de page 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4421AD0B-4FAA-4611-B96F-2286B89752BD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -1165,166 +1191,166 @@
           <p:cNvPr id="2" name="Espace réservé de l'image des diapositives 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Espace réservé des notes 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="fr-FR" i="1" dirty="0"/>
+            <a:endParaRPr lang="fr-FR" b="1" i="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{588AB5DC-3C00-4937-9CE4-4DA4D5B61534}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>10</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé de la date 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E5B5B399-649A-49CC-977C-D71D670A89DA}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4B65DA89-56DA-40F7-ABF7-EBB80EBC323D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{A56F6EB7-698F-4E6F-A1FA-9977ECC2CCE8}" type="datetime1">
+            <a:fld id="{44031EC2-B82E-4533-AC1F-BDDFDA29A1D6}" type="datetime1">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>24/02/2025</a:t>
+              <a:t>03/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Espace réservé du pied de page 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A94861C4-766F-47CA-B33B-968BA830403E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EF8CC316-4F7E-42B3-B504-9681BDA199CE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>pharmacie-officine 2022-sea1</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Espace réservé de l'en-tête 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{49CC18E9-8D12-43F0-8279-89AAED6F2967}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FA442CA7-5803-4935-ABE2-9CE9AECBE0BD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="hdr" sz="quarter"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>BUMP</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2665374001"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4188729624"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -1366,134 +1392,134 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{588AB5DC-3C00-4937-9CE4-4DA4D5B61534}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>11</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé de la date 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DC989102-0266-4535-8880-5C5697B88334}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E5B5B399-649A-49CC-977C-D71D670A89DA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{AA22C8AE-9A6F-428F-B986-F95B18D94BA2}" type="datetime1">
+            <a:fld id="{A56F6EB7-698F-4E6F-A1FA-9977ECC2CCE8}" type="datetime1">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>24/02/2025</a:t>
+              <a:t>03/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Espace réservé du pied de page 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E7382F44-2E16-4D9F-915B-748BD23A8939}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A94861C4-766F-47CA-B33B-968BA830403E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>pharmacie-officine 2022-sea1</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Espace réservé de l'en-tête 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E3CDE59C-D1DD-4CE9-B954-7B3480812FC1}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{49CC18E9-8D12-43F0-8279-89AAED6F2967}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="hdr" sz="quarter"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>BUMP</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3516934824"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2665374001"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -1503,160 +1529,101 @@
           <p:cNvPr id="2" name="Espace réservé de l'image des diapositives 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Espace réservé des notes 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...57 lines deleted...]
-          <a:p>
             <a:endParaRPr lang="fr-FR" i="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{588AB5DC-3C00-4937-9CE4-4DA4D5B61534}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>12</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé de la date 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DC989102-0266-4535-8880-5C5697B88334}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{AA22C8AE-9A6F-428F-B986-F95B18D94BA2}" type="datetime1">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>24/02/2025</a:t>
+              <a:t>03/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Espace réservé du pied de page 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E7382F44-2E16-4D9F-915B-748BD23A8939}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -1677,51 +1644,51 @@
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="hdr" sz="quarter"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>BUMP</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2374646429"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3516934824"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -1731,169 +1698,276 @@
           <p:cNvPr id="2" name="Espace réservé de l'image des diapositives 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Espace réservé des notes 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0"/>
+              <a:t>IBUPROFENE 400 mg </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0" err="1"/>
+              <a:t>cp</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" b="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0"/>
+              <a:t>LOVENOX 30 000 UI (300 mg)/3 ml sol </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0" err="1"/>
+              <a:t>inj</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="fr-FR" b="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0"/>
+              <a:t>+ exemple </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0" err="1"/>
+              <a:t>Toxin</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0"/>
+              <a:t> Paracétamol</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="fr-FR" i="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{588AB5DC-3C00-4937-9CE4-4DA4D5B61534}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>13</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé de la date 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{82746DFA-18B6-4691-AB46-D1B90D540432}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DC989102-0266-4535-8880-5C5697B88334}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{050BB5B1-394A-4717-8A2B-0B84C0FCC172}" type="datetime1">
+            <a:fld id="{AA22C8AE-9A6F-428F-B986-F95B18D94BA2}" type="datetime1">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>24/02/2025</a:t>
+              <a:t>03/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Espace réservé du pied de page 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DF6D1E4F-7196-4500-8E4F-8F58C507C91C}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E7382F44-2E16-4D9F-915B-748BD23A8939}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>pharmacie-officine 2022-sea1</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Espace réservé de l'en-tête 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1746B289-434A-414C-A500-0BB08A10C024}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E3CDE59C-D1DD-4CE9-B954-7B3480812FC1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="hdr" sz="quarter"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>BUMP</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="599810951"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2374646429"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -1903,101 +1977,104 @@
           <p:cNvPr id="2" name="Espace réservé de l'image des diapositives 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Espace réservé des notes 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="fr-FR" i="1" dirty="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" i="1" dirty="0"/>
+              <a:t>C07 + UGA</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{588AB5DC-3C00-4937-9CE4-4DA4D5B61534}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>14</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé de la date 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{82746DFA-18B6-4691-AB46-D1B90D540432}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{050BB5B1-394A-4717-8A2B-0B84C0FCC172}" type="datetime1">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>24/02/2025</a:t>
+              <a:t>03/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Espace réservé du pied de page 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DF6D1E4F-7196-4500-8E4F-8F58C507C91C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2018,51 +2095,51 @@
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="hdr" sz="quarter"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>BUMP</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3940794812"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="599810951"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2072,221 +2149,166 @@
           <p:cNvPr id="2" name="Espace réservé de l'image des diapositives 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Espace réservé des notes 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...139 lines deleted...]
-            <a:endParaRPr lang="fr-FR" dirty="0"/>
+            <a:endParaRPr lang="fr-FR" i="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{588AB5DC-3C00-4937-9CE4-4DA4D5B61534}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>15</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Espace réservé de la date 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{82746DFA-18B6-4691-AB46-D1B90D540432}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{050BB5B1-394A-4717-8A2B-0B84C0FCC172}" type="datetime1">
+              <a:rPr lang="fr-FR" smtClean="0"/>
+              <a:t>03/03/2026</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Espace réservé du pied de page 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DF6D1E4F-7196-4500-8E4F-8F58C507C91C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>pharmacie-officine 2022-sea1</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Espace réservé de l'en-tête 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1746B289-434A-414C-A500-0BB08A10C024}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="hdr" sz="quarter"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>BUMP</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1541765478"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3940794812"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2517,51 +2539,51 @@
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{588AB5DC-3C00-4937-9CE4-4DA4D5B61534}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>18</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2104455658"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="85826409"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2571,81 +2593,89 @@
           <p:cNvPr id="2" name="Espace réservé de l'image des diapositives 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Espace réservé des notes 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Air </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0" err="1"/>
+              <a:t>pollutants</a:t>
+            </a:r>
             <a:endParaRPr lang="fr-FR" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{588AB5DC-3C00-4937-9CE4-4DA4D5B61534}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>19</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="85826409"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2104455658"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2705,51 +2735,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé de la date 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0E3E42F8-EAE5-4703-8684-0E3E454BF12C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{AF2688EF-EDCA-4CA4-808D-A615F3159534}" type="datetime1">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>24/02/2025</a:t>
+              <a:t>03/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Espace réservé du pied de page 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9A87B4C1-FA30-45D7-901A-88BD01898C90}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2908,108 +2938,221 @@
           <p:cNvPr id="2" name="Espace réservé de l'image des diapositives 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Espace réservé des notes 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...23 lines deleted...]
-            <a:endParaRPr lang="fr-FR" dirty="0"/>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="fr-FR" sz="1200" i="1" dirty="0">
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Exemple : tabagisme ET cancer du poumon</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>articles traitant à la fois du tabagisme ET du cancer du poumon.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="fr-FR" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Exemple : tabagisme OU consommation de marijuana</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Articles mentionnant SOIT le tabagisme SOIT la consommation de marijuana SOIT les deux notions à la fois.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="fr-FR" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Exemple: addiction SAUF alcoolisme</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Articles qui traitent des addictions SANS mentionner l’alcoolisme.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="fr-FR" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="fr-FR" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{588AB5DC-3C00-4937-9CE4-4DA4D5B61534}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>21</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1177344949"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1541765478"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide22.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -3019,166 +3162,81 @@
           <p:cNvPr id="2" name="Espace réservé de l'image des diapositives 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Espace réservé des notes 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="fr-FR" i="1" dirty="0"/>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{588AB5DC-3C00-4937-9CE4-4DA4D5B61534}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>22</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...83 lines deleted...]
-      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2320271367"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1177344949"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide23.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -3188,169 +3246,81 @@
           <p:cNvPr id="2" name="Espace réservé de l'image des diapositives 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Espace réservé des notes 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{588AB5DC-3C00-4937-9CE4-4DA4D5B61534}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>23</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...83 lines deleted...]
-      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1993532051"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1754372987"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide24.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -3392,162 +3362,503 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{588AB5DC-3C00-4937-9CE4-4DA4D5B61534}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>24</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé de la date 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{52696CF2-0A64-4E4A-A99A-01C12733B50B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{82746DFA-18B6-4691-AB46-D1B90D540432}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{8959B162-7181-4927-B8F7-458D5E3A3A75}" type="datetime1">
+            <a:fld id="{050BB5B1-394A-4717-8A2B-0B84C0FCC172}" type="datetime1">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>24/02/2025</a:t>
+              <a:t>03/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Espace réservé du pied de page 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F9EAD77B-3FC4-49C7-89E0-CA141827B129}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DF6D1E4F-7196-4500-8E4F-8F58C507C91C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>pharmacie-officine 2022-sea1</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Espace réservé de l'en-tête 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BD0C79C9-BD9E-4447-B80F-6C1F766CBCEA}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1746B289-434A-414C-A500-0BB08A10C024}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="hdr" sz="quarter"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>BUMP</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4257480500"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2320271367"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide25.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
+          <p:cNvPr id="2" name="Espace réservé de l'image des diapositives 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé des notes 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>NB : Penser à noter les questions des étudiants</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{588AB5DC-3C00-4937-9CE4-4DA4D5B61534}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>25</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Espace réservé de la date 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F0A3FE8-D5F0-48CE-9A1F-339A2C8FB896}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{D4A8BB53-E3D7-49F5-885C-62BE6E190DB0}" type="datetime1">
+              <a:rPr lang="fr-FR" smtClean="0"/>
+              <a:t>03/03/2026</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Espace réservé du pied de page 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4AA84222-E283-42DF-93B5-5EA61F6AD228}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>pharmacie-officine 2022-sea1</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Espace réservé de l'en-tête 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7D5E6CB2-697F-41D0-8DCA-4271A764F4C1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="hdr" sz="quarter"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>BUMP</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1993532051"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide26.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Espace réservé de l'image des diapositives 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé des notes 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="fr-FR" i="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{588AB5DC-3C00-4937-9CE4-4DA4D5B61534}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Espace réservé de la date 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{52696CF2-0A64-4E4A-A99A-01C12733B50B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{8959B162-7181-4927-B8F7-458D5E3A3A75}" type="datetime1">
+              <a:rPr lang="fr-FR" smtClean="0"/>
+              <a:t>03/03/2026</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Espace réservé du pied de page 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F9EAD77B-3FC4-49C7-89E0-CA141827B129}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>pharmacie-officine 2022-sea1</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Espace réservé de l'en-tête 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BD0C79C9-BD9E-4447-B80F-6C1F766CBCEA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="hdr" sz="quarter"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>BUMP</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4257480500"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide27.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2924175" y="849313"/>
             <a:ext cx="4078288" cy="2293937"/>
           </a:xfrm>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
@@ -3555,80 +3866,80 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" i="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{588AB5DC-3C00-4937-9CE4-4DA4D5B61534}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>25</a:t>
+              <a:t>27</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé de la date 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0875A456-181B-4C38-AD2B-4D1C9800C14A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E6C81CAA-9C8B-444D-8CE0-AF56DB0B6833}" type="datetime1">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>24/02/2025</a:t>
+              <a:t>03/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Espace réservé du pied de page 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FAF29B4A-6E5C-4EE2-A892-3A0BFF7C67F0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -3753,51 +4064,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé de la date 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4B39488B-6A0D-4C1C-940E-F557BF7FA671}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{0266E1B4-09F7-4376-AB41-80613BC78EB5}" type="datetime1">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>24/02/2025</a:t>
+              <a:t>03/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Espace réservé du pied de page 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9711356C-F117-40EB-9C30-E2EE74C0F5AF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -3818,51 +4129,51 @@
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="hdr" sz="quarter"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>BUMP</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4175242090"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3304117073"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -3872,166 +4183,166 @@
           <p:cNvPr id="2" name="Espace réservé de l'image des diapositives 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Espace réservé des notes 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="fr-FR" b="1" i="1" dirty="0"/>
+            <a:endParaRPr lang="fr-FR" i="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{588AB5DC-3C00-4937-9CE4-4DA4D5B61534}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>4</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé de la date 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AF19F771-0F17-42EA-BF64-B666CDB06158}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4B39488B-6A0D-4C1C-940E-F557BF7FA671}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{B08E87B2-5A18-4EB5-87B4-C6D9C79990BE}" type="datetime1">
+            <a:fld id="{0266E1B4-09F7-4376-AB41-80613BC78EB5}" type="datetime1">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>24/02/2025</a:t>
+              <a:t>03/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Espace réservé du pied de page 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9C5D2477-4B03-4D5D-87E4-20B6A0DE8C06}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9711356C-F117-40EB-9C30-E2EE74C0F5AF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>pharmacie-officine 2022-sea1</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Espace réservé de l'en-tête 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CFB2F4D6-54D1-4EA5-9326-D7B951F33D1D}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E21D5CCA-A977-4D1E-ABB0-FF4623BD2715}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="hdr" sz="quarter"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>BUMP</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3763832660"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4175242090"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -4041,183 +4352,169 @@
           <p:cNvPr id="2" name="Espace réservé de l'image des diapositives 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Espace réservé des notes 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...16 lines deleted...]
-            <a:endParaRPr lang="fr-FR" dirty="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" i="1" dirty="0"/>
+              <a:t>Présentation de la recherche avancée pour cibler les thèses d’exercice en pharma + celles soutenues à Grenoble + fonction de tri par date la plus récente.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{588AB5DC-3C00-4937-9CE4-4DA4D5B61534}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>5</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé de la date 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8DAF4214-7938-4381-9EB7-AACFA577951C}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AF19F771-0F17-42EA-BF64-B666CDB06158}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{5BD0233C-ACE9-4E8F-B3FE-A0D2C5749B82}" type="datetime1">
+            <a:fld id="{B08E87B2-5A18-4EB5-87B4-C6D9C79990BE}" type="datetime1">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>24/02/2025</a:t>
+              <a:t>03/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Espace réservé du pied de page 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{510FEAC0-90C7-4BC1-9C69-F66ECE104359}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9C5D2477-4B03-4D5D-87E4-20B6A0DE8C06}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>pharmacie-officine 2022-sea1</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Espace réservé de l'en-tête 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{42FA88EF-F350-41B2-A39E-3FCBFF612EBB}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CFB2F4D6-54D1-4EA5-9326-D7B951F33D1D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="hdr" sz="quarter"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>BUMP</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4003162704"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3763832660"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -4227,166 +4524,183 @@
           <p:cNvPr id="2" name="Espace réservé de l'image des diapositives 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Espace réservé des notes 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="fr-FR" b="1" i="1" dirty="0"/>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{588AB5DC-3C00-4937-9CE4-4DA4D5B61534}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>6</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé de la date 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AF19F771-0F17-42EA-BF64-B666CDB06158}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8DAF4214-7938-4381-9EB7-AACFA577951C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{B08E87B2-5A18-4EB5-87B4-C6D9C79990BE}" type="datetime1">
+            <a:fld id="{5BD0233C-ACE9-4E8F-B3FE-A0D2C5749B82}" type="datetime1">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>24/02/2025</a:t>
+              <a:t>03/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Espace réservé du pied de page 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9C5D2477-4B03-4D5D-87E4-20B6A0DE8C06}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{510FEAC0-90C7-4BC1-9C69-F66ECE104359}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>pharmacie-officine 2022-sea1</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Espace réservé de l'en-tête 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CFB2F4D6-54D1-4EA5-9326-D7B951F33D1D}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{42FA88EF-F350-41B2-A39E-3FCBFF612EBB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="hdr" sz="quarter"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>BUMP</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4030014172"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4003162704"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -4446,51 +4760,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé de la date 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AF19F771-0F17-42EA-BF64-B666CDB06158}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B08E87B2-5A18-4EB5-87B4-C6D9C79990BE}" type="datetime1">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>24/02/2025</a:t>
+              <a:t>03/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Espace réservé du pied de page 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9C5D2477-4B03-4D5D-87E4-20B6A0DE8C06}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -4511,51 +4825,51 @@
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="hdr" sz="quarter"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>BUMP</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1878926767"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4030014172"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -4565,166 +4879,166 @@
           <p:cNvPr id="2" name="Espace réservé de l'image des diapositives 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Espace réservé des notes 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="fr-FR" i="1" dirty="0"/>
+            <a:endParaRPr lang="fr-FR" b="1" i="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{588AB5DC-3C00-4937-9CE4-4DA4D5B61534}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>8</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé de la date 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4B65DA89-56DA-40F7-ABF7-EBB80EBC323D}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AF19F771-0F17-42EA-BF64-B666CDB06158}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{44031EC2-B82E-4533-AC1F-BDDFDA29A1D6}" type="datetime1">
+            <a:fld id="{B08E87B2-5A18-4EB5-87B4-C6D9C79990BE}" type="datetime1">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>24/02/2025</a:t>
+              <a:t>03/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Espace réservé du pied de page 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EF8CC316-4F7E-42B3-B504-9681BDA199CE}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9C5D2477-4B03-4D5D-87E4-20B6A0DE8C06}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>pharmacie-officine 2022-sea1</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Espace réservé de l'en-tête 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FA442CA7-5803-4935-ABE2-9CE9AECBE0BD}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CFB2F4D6-54D1-4EA5-9326-D7B951F33D1D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="hdr" sz="quarter"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>BUMP</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2346363796"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1878926767"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -4734,260 +5048,2669 @@
           <p:cNvPr id="2" name="Espace réservé de l'image des diapositives 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Espace réservé des notes 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:endParaRPr lang="fr-FR" i="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{588AB5DC-3C00-4937-9CE4-4DA4D5B61534}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>9</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Espace réservé de la date 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4B65DA89-56DA-40F7-ABF7-EBB80EBC323D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{44031EC2-B82E-4533-AC1F-BDDFDA29A1D6}" type="datetime1">
+              <a:rPr lang="fr-FR" smtClean="0"/>
+              <a:t>03/03/2026</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Espace réservé du pied de page 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EF8CC316-4F7E-42B3-B504-9681BDA199CE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>pharmacie-officine 2022-sea1</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Espace réservé de l'en-tête 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FA442CA7-5803-4935-ABE2-9CE9AECBE0BD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="hdr" sz="quarter"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>BUMP</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2346363796"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" type="title" preserve="1">
+  <p:cSld name="Diapositive de titre">
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:schemeClr val="accent1"/>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Forme libre 6" title="cercle festonnée"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="3557016" y="630936"/>
+            <a:ext cx="5235575" cy="5229225"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="0" t="0" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="3298" h="3294">
+                <a:moveTo>
+                  <a:pt x="1649" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="1681" y="3"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1712" y="11"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1742" y="23"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1773" y="38"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1802" y="55"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1832" y="73"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1862" y="89"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1892" y="105"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1921" y="117"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1953" y="125"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1984" y="129"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2017" y="129"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2051" y="127"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2085" y="123"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2119" y="118"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2153" y="114"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2187" y="111"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2219" y="112"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2250" y="116"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2280" y="125"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2305" y="138"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2329" y="155"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2350" y="175"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2371" y="198"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2390" y="222"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2409" y="247"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2428" y="272"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2447" y="296"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2467" y="319"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2490" y="339"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2512" y="357"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2537" y="371"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2564" y="383"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2593" y="393"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2623" y="402"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2653" y="410"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2684" y="418"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2713" y="427"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2742" y="437"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2769" y="449"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2793" y="464"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2815" y="482"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2833" y="504"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2848" y="528"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2860" y="555"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2870" y="584"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2879" y="613"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2887" y="644"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2895" y="674"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2904" y="704"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2914" y="733"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2926" y="760"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2940" y="785"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2958" y="807"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2978" y="830"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3001" y="850"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3025" y="869"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3051" y="888"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3076" y="907"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3100" y="926"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3123" y="947"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3143" y="968"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3160" y="992"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3173" y="1017"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3182" y="1047"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3186" y="1078"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3187" y="1110"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3184" y="1144"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3180" y="1178"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3175" y="1212"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3171" y="1246"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3169" y="1280"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3169" y="1313"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3173" y="1344"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3181" y="1375"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3193" y="1404"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3209" y="1434"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3225" y="1464"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3243" y="1494"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3260" y="1523"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3275" y="1554"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3287" y="1584"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3295" y="1615"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3298" y="1647"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3295" y="1679"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3287" y="1710"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3275" y="1740"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3260" y="1771"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3243" y="1800"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3225" y="1830"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3209" y="1860"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3193" y="1890"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3181" y="1919"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3173" y="1950"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3169" y="1981"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3169" y="2014"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3171" y="2048"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3175" y="2082"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3180" y="2116"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3184" y="2150"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3187" y="2184"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3186" y="2216"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3182" y="2247"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3173" y="2277"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3160" y="2302"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3143" y="2326"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3123" y="2347"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3100" y="2368"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3076" y="2387"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3051" y="2406"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3025" y="2425"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3001" y="2444"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2978" y="2464"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2958" y="2487"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2940" y="2509"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2926" y="2534"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2914" y="2561"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2904" y="2590"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2895" y="2620"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2887" y="2650"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2879" y="2681"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2870" y="2710"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2860" y="2739"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2848" y="2766"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2833" y="2790"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2815" y="2812"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2793" y="2830"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2769" y="2845"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2742" y="2857"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2713" y="2867"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2684" y="2876"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2653" y="2884"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2623" y="2892"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2593" y="2901"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2564" y="2911"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2537" y="2923"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2512" y="2937"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2490" y="2955"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2467" y="2975"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2447" y="2998"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2428" y="3022"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2409" y="3047"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2390" y="3072"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2371" y="3096"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2350" y="3119"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2329" y="3139"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2305" y="3156"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2280" y="3169"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2250" y="3178"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2219" y="3182"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2187" y="3183"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2153" y="3180"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2119" y="3176"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2085" y="3171"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2051" y="3167"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2017" y="3165"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1984" y="3165"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1953" y="3169"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1921" y="3177"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1892" y="3189"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1862" y="3205"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1832" y="3221"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1802" y="3239"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1773" y="3256"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1742" y="3271"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1712" y="3283"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1681" y="3291"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1649" y="3294"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1617" y="3291"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1586" y="3283"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1556" y="3271"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1525" y="3256"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1496" y="3239"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1466" y="3221"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1436" y="3205"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1406" y="3189"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1376" y="3177"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1345" y="3169"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1314" y="3165"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1281" y="3165"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1247" y="3167"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1213" y="3171"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1179" y="3176"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1145" y="3180"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1111" y="3183"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1079" y="3182"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1048" y="3178"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1018" y="3169"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="993" y="3156"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="969" y="3139"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="948" y="3119"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="927" y="3096"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="908" y="3072"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="889" y="3047"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="870" y="3022"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="851" y="2998"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="831" y="2975"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="808" y="2955"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="786" y="2937"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="761" y="2923"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="734" y="2911"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="705" y="2901"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="675" y="2892"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="645" y="2884"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="614" y="2876"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="585" y="2867"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="556" y="2857"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="529" y="2845"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="505" y="2830"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="483" y="2812"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="465" y="2790"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="450" y="2766"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="438" y="2739"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="428" y="2710"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="419" y="2681"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="411" y="2650"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="403" y="2620"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="394" y="2590"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="384" y="2561"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="372" y="2534"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="358" y="2509"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="340" y="2487"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="320" y="2464"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="297" y="2444"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="272" y="2425"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="247" y="2406"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="222" y="2387"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="198" y="2368"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="175" y="2347"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="155" y="2326"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="138" y="2302"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="125" y="2277"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="116" y="2247"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="112" y="2216"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="111" y="2184"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="114" y="2150"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="118" y="2116"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="123" y="2082"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="127" y="2048"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="129" y="2014"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="129" y="1981"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="125" y="1950"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="117" y="1919"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="105" y="1890"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="90" y="1860"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="73" y="1830"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="55" y="1800"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="38" y="1771"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="23" y="1740"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="11" y="1710"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3" y="1679"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1647"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3" y="1615"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="11" y="1584"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="23" y="1554"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="38" y="1523"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="55" y="1494"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="73" y="1464"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="90" y="1434"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="105" y="1404"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="117" y="1375"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="125" y="1344"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="129" y="1313"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="129" y="1280"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="127" y="1246"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="123" y="1212"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="118" y="1178"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="114" y="1144"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="111" y="1110"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="112" y="1078"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="116" y="1047"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="125" y="1017"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="138" y="992"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="155" y="968"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="175" y="947"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="198" y="926"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="222" y="907"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="247" y="888"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="272" y="869"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="297" y="850"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="320" y="830"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="340" y="807"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="358" y="785"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="372" y="760"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="384" y="733"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="394" y="704"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="403" y="674"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="411" y="644"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="419" y="613"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="428" y="584"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="438" y="555"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="450" y="528"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="465" y="504"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="483" y="482"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="505" y="464"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="529" y="449"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="556" y="437"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="585" y="427"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="614" y="418"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="645" y="410"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="675" y="402"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="705" y="393"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="734" y="383"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="761" y="371"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="786" y="357"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="808" y="339"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="831" y="319"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="851" y="296"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="870" y="272"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="889" y="247"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="908" y="222"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="927" y="198"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="948" y="175"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="969" y="155"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="993" y="138"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1018" y="125"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1048" y="116"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1079" y="112"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1111" y="111"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1145" y="114"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1179" y="118"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1213" y="123"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1247" y="127"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1281" y="129"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1314" y="129"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1345" y="125"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1376" y="117"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1406" y="105"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1436" y="89"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1466" y="73"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1496" y="55"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1525" y="38"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1556" y="23"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1586" y="11"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1617" y="3"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1649" y="0"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg2"/>
+          </a:solidFill>
+          <a:ln w="0">
+            <a:noFill/>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titre 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1078523" y="1098388"/>
+            <a:ext cx="10318418" cy="4394988"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr sz="10000" spc="800" baseline="0"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0" dirty="0"/>
+              <a:t>Modifiez le style du titre</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Sous-titre 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2215045" y="5532309"/>
+            <a:ext cx="8045373" cy="742279"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr sz="2000" b="1" i="0" cap="all" spc="400" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0" dirty="0"/>
+              <a:t>Modifiez le style des sous-titres du masque</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé de la date 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1078523" y="6375679"/>
+            <a:ext cx="2329722" cy="348462"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
-            <a:r>
-[...10 lines deleted...]
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:fld id="{1864B359-2450-4005-88E7-77D6CF18004E}" type="datetime1">
+              <a:rPr kumimoji="0" lang="fr-FR" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="FFE401">
+                    <a:lumMod val="50000"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Gill Sans MT" panose="020B0502020104020203"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>03/03/2026</a:t>
+            </a:fld>
+            <a:endParaRPr kumimoji="0" lang="fr-FR" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="FFE401">
+                  <a:lumMod val="50000"/>
+                </a:srgbClr>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Gill Sans MT" panose="020B0502020104020203"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Espace réservé du pied de page 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4180332" y="6375679"/>
+            <a:ext cx="4114800" cy="345796"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
-            <a:r>
-[...13 lines deleted...]
-            <a:endParaRPr lang="fr-FR" b="1" i="1" dirty="0"/>
+            <a:endParaRPr kumimoji="0" lang="fr-FR" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="FFE401">
+                  <a:lumMod val="50000"/>
+                </a:srgbClr>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Gill Sans MT" panose="020B0502020104020203"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3"/>
+          <p:cNvPr id="6" name="Espace réservé du numéro de diapositive 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" sz="quarter" idx="5"/>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9067218" y="6375679"/>
+            <a:ext cx="2329723" cy="345796"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-[...4 lines deleted...]
-              <a:t>9</a:t>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{299DD5A9-4EF1-497E-92EF-2D23CF305E03}" type="slidenum">
+              <a:rPr kumimoji="0" lang="fr-FR" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="FFE401">
+                    <a:lumMod val="50000"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Gill Sans MT" panose="020B0502020104020203"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>‹N°›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr kumimoji="0" lang="fr-FR" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="FFE401">
+                  <a:lumMod val="50000"/>
+                </a:srgbClr>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Gill Sans MT" panose="020B0502020104020203"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...1 lines deleted...]
-          <p:cNvPr id="5" name="Espace réservé de la date 4">
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="Image 7" descr="Une image contenant texte, Police, logo, Graphique&#10;&#10;Description générée automatiquement">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4B65DA89-56DA-40F7-ABF7-EBB80EBC323D}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{795F833A-1979-79CB-0B1A-4E2F854F8106}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr>
-[...21 lines deleted...]
-          <p:cNvPr id="6" name="Espace réservé du pied de page 5">
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
             <a:extLst>
-              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EF8CC316-4F7E-42B3-B504-9681BDA199CE}"/>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
-          </p:cNvPr>
-[...46 lines deleted...]
-      </p:sp>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="611621" cy="339450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4188729624"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2628190970"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-</p:notes>
+</p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" type="vertTx" preserve="1">
+  <p:cSld name="Titre et texte vertical">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titre 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Modifiez le style du titre</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé du texte vertical 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" orient="vert" idx="1" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr vert="eaVert" rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Modifiez les styles du texte du masque</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Deuxième niveau</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Troisième niveau</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Quatrième niveau</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Cinquième niveau</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé de la date 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{2645980A-1FB8-4F8D-86F8-F0A382A9FB83}" type="datetime1">
+              <a:rPr kumimoji="0" lang="fr-FR" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:prstClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Gill Sans MT" panose="020B0502020104020203"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>03/03/2026</a:t>
+            </a:fld>
+            <a:endParaRPr kumimoji="0" lang="fr-FR" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:prstClr>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Gill Sans MT" panose="020B0502020104020203"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Espace réservé du pied de page 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="fr-FR" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:prstClr>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Gill Sans MT" panose="020B0502020104020203"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Espace réservé du numéro de diapositive 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{299DD5A9-4EF1-497E-92EF-2D23CF305E03}" type="slidenum">
+              <a:rPr kumimoji="0" lang="fr-FR" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:prstClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Gill Sans MT" panose="020B0502020104020203"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>‹N°›</a:t>
+            </a:fld>
+            <a:endParaRPr kumimoji="0" lang="fr-FR" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:prstClr>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Gill Sans MT" panose="020B0502020104020203"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Rectangle 11" title="bordure du bord gauche">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FDF3C7CA-CFF9-E30C-26AF-6E6B39D0975B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="283464" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent3"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Rectangle 11" title="bordure du bord gauche">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4D3FCCB4-F174-445B-76CA-B3A3213E3CC4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11934825" y="0"/>
+            <a:ext cx="283464" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Image 8" descr="Une image contenant texte, Police, logo, Graphique&#10;&#10;Description générée automatiquement">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D7A1C725-782C-16D3-6CF8-419B02E98FAD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="283464" y="509"/>
+            <a:ext cx="611621" cy="339450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1166235166"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" type="vertTitleAndTx" preserve="1">
+  <p:cSld name="Titre vertical et texte">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titre vertical 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" orient="vert"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10066321" y="382386"/>
+            <a:ext cx="1492132" cy="5600404"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="eaVert" rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Modifiez le style du titre</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé du texte vertical 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" orient="vert" idx="1" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1257300" y="382385"/>
+            <a:ext cx="8392585" cy="5600405"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="eaVert" rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Modifiez les styles du texte du masque</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Deuxième niveau</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Troisième niveau</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Quatrième niveau</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Cinquième niveau</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé de la date 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{F54C6201-8E93-4697-BB63-3ED2284C2161}" type="datetime1">
+              <a:rPr kumimoji="0" lang="fr-FR" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:prstClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Gill Sans MT" panose="020B0502020104020203"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>03/03/2026</a:t>
+            </a:fld>
+            <a:endParaRPr kumimoji="0" lang="fr-FR" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:prstClr>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Gill Sans MT" panose="020B0502020104020203"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Espace réservé du pied de page 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="fr-FR" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:prstClr>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Gill Sans MT" panose="020B0502020104020203"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Espace réservé du numéro de diapositive 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{299DD5A9-4EF1-497E-92EF-2D23CF305E03}" type="slidenum">
+              <a:rPr kumimoji="0" lang="fr-FR" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:prstClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Gill Sans MT" panose="020B0502020104020203"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>‹N°›</a:t>
+            </a:fld>
+            <a:endParaRPr kumimoji="0" lang="fr-FR" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:prstClr>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Gill Sans MT" panose="020B0502020104020203"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Rectangle 11" title="bordure du bord gauche">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CB16F977-60B9-E2DB-8D02-E42E902CEE24}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="283464" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent2"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Rectangle 11" title="bordure du bord gauche">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FF4F7FB2-6E50-A293-876C-9487446A1E87}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11934825" y="0"/>
+            <a:ext cx="283464" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Image 8" descr="Une image contenant texte, Police, logo, Graphique&#10;&#10;Description générée automatiquement">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0EEA2D23-7D2B-744E-01DC-5E33AD7D5A7E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="283464" y="0"/>
+            <a:ext cx="611621" cy="339450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3086329316"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...16 lines deleted...]
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+<file path=ppt/slideLayouts/slideLayout12.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" userDrawn="1">
   <p:cSld name="84_Custom Layout">
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:srgbClr val="202C41"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
@@ -5364,62 +8087,62 @@
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="9071172" y="558196"/>
             <a:ext cx="2217216" cy="1111853"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3174378095"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3885439691"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+<file path=ppt/slideLayouts/slideLayout13.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" userDrawn="1">
   <p:cSld name="102_Custom Layout">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Picture Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
@@ -5515,637 +8238,62 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="11080958" y="449398"/>
             <a:ext cx="540000" cy="272637"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2566953757"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="209818430"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
-[...575 lines deleted...]
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+<file path=ppt/slideLayouts/slideLayout14.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" userDrawn="1">
   <p:cSld name="87_Custom Layout">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1026" name="Picture 2" descr="C:\Users\jacoba\AppData\Local\Temp\UFR_BU_2020-1.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
@@ -6161,1164 +8309,7850 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="11077996" y="585717"/>
             <a:ext cx="540000" cy="272637"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1126376379"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2136345007"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...10 lines deleted...]
-    </p:bg>
+<file path=ppt/slideLayouts/slideLayout15.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" userDrawn="1">
+  <p:cSld name="42_Custom Layout">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-    </p:spTree>
-[...424 lines deleted...]
-          </p:cNvPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Rectangle 10"/>
           <p:cNvSpPr/>
-          <p:nvPr/>
+          <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3782312" y="286573"/>
-            <a:ext cx="1508965" cy="1300832"/>
+            <a:off x="9550400" y="0"/>
+            <a:ext cx="2641600" cy="6858000"/>
           </a:xfrm>
-          <a:prstGeom prst="triangle">
+          <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
-            <a:srgbClr val="EF7DB2"/>
+            <a:srgbClr val="E74610"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="fr-FR"/>
+            <a:endParaRPr lang="en-US" sz="1800"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Triangle 3">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="12" name="Rectangle 11"/>
           <p:cNvSpPr/>
-          <p:nvPr/>
+          <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
-          <a:xfrm rot="10800000">
-[...1 lines deleted...]
-            <a:ext cx="1508965" cy="1300832"/>
+          <a:xfrm>
+            <a:off x="250371" y="228600"/>
+            <a:ext cx="11691259" cy="6400800"/>
           </a:xfrm>
-          <a:prstGeom prst="triangle">
+          <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
-            <a:srgbClr val="E64513"/>
+            <a:srgbClr val="202C41"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="fr-FR"/>
+            <a:endParaRPr lang="en-US" sz="1800"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Triangle 4">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="8" name="Title Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1536700" y="2374900"/>
+            <a:ext cx="3733800" cy="1917700"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="3700" b="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" panose="02000505000000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Write Project Tittle Here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2298018741"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout16.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" userDrawn="1">
+  <p:cSld name="40_Custom Layout">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Rectangle 2"/>
           <p:cNvSpPr/>
-          <p:nvPr/>
+          <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
-          <a:xfrm rot="10800000">
-[...1 lines deleted...]
-            <a:ext cx="1508965" cy="1300832"/>
+          <a:xfrm>
+            <a:off x="1" y="0"/>
+            <a:ext cx="12192001" cy="6858000"/>
           </a:xfrm>
-          <a:prstGeom prst="triangle">
+          <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
-            <a:srgbClr val="EDD10E"/>
+            <a:srgbClr val="202C41"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="fr-FR"/>
+            <a:endParaRPr lang="en-US" sz="1800"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Triangle 5">
+          <p:cNvPr id="15" name="Title Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3938667" y="1699080"/>
+            <a:ext cx="4314664" cy="1239157"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr sz="3700" b="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" panose="02000505000000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Write Project Tittle Here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Picture Placeholder 7"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-3" y="1117600"/>
+            <a:ext cx="3015347" cy="4622800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1500"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Picture Placeholder 7"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="14"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9176653" y="1117600"/>
+            <a:ext cx="3015347" cy="4622800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1500"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4051384939"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout17.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="19_Custom Layout">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Picture Placeholder 7"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5228493" y="1617787"/>
+            <a:ext cx="3540368" cy="5240215"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1500"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Title Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1612901" y="1045586"/>
+            <a:ext cx="4248640" cy="2383413"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="3700" b="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" panose="02000505000000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>Titre</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> page</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>intérieure</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>texte</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>et photos</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Picture Placeholder 7"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9142478" y="0"/>
+            <a:ext cx="2133599" cy="2672860"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1500"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Picture Placeholder 7"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9142478" y="2924907"/>
+            <a:ext cx="2133599" cy="2672860"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1500"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1234916032"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" type="obj" preserve="1">
+  <p:cSld name="Titre et contenu">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titre 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Modifiez le style du titre</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé du contenu 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Modifiez les styles du texte du masque</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Deuxième niveau</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Troisième niveau</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Quatrième niveau</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Cinquième niveau</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé de la date 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{93DDC107-58B1-44CA-BDEC-83A5D314E1DD}" type="datetime1">
+              <a:rPr kumimoji="0" lang="fr-FR" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:prstClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Gill Sans MT" panose="020B0502020104020203"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>03/03/2026</a:t>
+            </a:fld>
+            <a:endParaRPr kumimoji="0" lang="fr-FR" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:prstClr>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Gill Sans MT" panose="020B0502020104020203"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Espace réservé du pied de page 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="fr-FR" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:prstClr>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Gill Sans MT" panose="020B0502020104020203"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Espace réservé du numéro de diapositive 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{299DD5A9-4EF1-497E-92EF-2D23CF305E03}" type="slidenum">
+              <a:rPr kumimoji="0" lang="fr-FR" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:prstClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Gill Sans MT" panose="020B0502020104020203"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>‹N°›</a:t>
+            </a:fld>
+            <a:endParaRPr kumimoji="0" lang="fr-FR" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:prstClr>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Gill Sans MT" panose="020B0502020104020203"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Rectangle 11" title="bordure du bord gauche">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{10169A81-7339-6C4A-A077-E07136C7CAAB}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{323FA274-0CFF-BA81-4454-67033CA807B4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
-          <p:nvPr/>
+          <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
-          <a:xfrm rot="10800000">
-[...1 lines deleted...]
-            <a:ext cx="1508965" cy="1300832"/>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="283464" cy="6858000"/>
           </a:xfrm>
-          <a:prstGeom prst="triangle">
+          <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
-            <a:srgbClr val="858324"/>
+            <a:schemeClr val="accent3"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
-        <p:txBody>
-[...10 lines deleted...]
-          <p:cNvPr id="7" name="Triangle 6">
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Rectangle 11" title="bordure du bord gauche">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{397DCDE4-0683-4C49-B2C3-64BA9B63AA6D}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E808CEA2-49C7-B1AD-DCF7-2D84EFE17001}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
-          <p:nvPr/>
+          <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
-          <a:xfrm rot="10800000">
-[...1 lines deleted...]
-            <a:ext cx="1508965" cy="1300832"/>
+          <a:xfrm>
+            <a:off x="11934825" y="0"/>
+            <a:ext cx="283464" cy="6858000"/>
           </a:xfrm>
-          <a:prstGeom prst="triangle">
+          <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
-            <a:srgbClr val="E64513"/>
+            <a:schemeClr val="accent1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
-        <p:txBody>
-[...13 lines deleted...]
-          <p:cNvPr id="8" name="Triangle 7">
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="10" name="Image 9" descr="Une image contenant texte, Police, logo, Graphique&#10;&#10;Description générée automatiquement">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B271F49F-9823-C64E-AD49-64F045186FFB}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E5E00D75-58A4-62C3-A50E-AA519AE17799}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="283464" y="0"/>
+            <a:ext cx="611621" cy="339450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2745228743"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" type="secHead" preserve="1">
+  <p:cSld name="En-tête de section">
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:schemeClr val="accent3"/>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titre 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3242929" y="1073888"/>
+            <a:ext cx="8187071" cy="4064627"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="b">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="8400" spc="800" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Modifiez le style du titre</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé du texte 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3242930" y="5159781"/>
+            <a:ext cx="7017488" cy="951135"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr sz="2000" b="1" i="0" cap="all" spc="400" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Modifiez les styles du texte du masque</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé de la date 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3236546" y="6375679"/>
+            <a:ext cx="1493947" cy="348462"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{19B611CB-A41B-45A8-B01E-AE9AC8CD5188}" type="datetime1">
+              <a:rPr kumimoji="0" lang="fr-FR" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="F3F3F2"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Gill Sans MT" panose="020B0502020104020203"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>03/03/2026</a:t>
+            </a:fld>
+            <a:endParaRPr kumimoji="0" lang="fr-FR" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="F3F3F2"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Gill Sans MT" panose="020B0502020104020203"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Espace réservé du pied de page 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5279064" y="6375679"/>
+            <a:ext cx="4114800" cy="345796"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="fr-FR" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="F3F3F2"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Gill Sans MT" panose="020B0502020104020203"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Espace réservé du numéro de diapositive 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9942434" y="6375679"/>
+            <a:ext cx="1487566" cy="345796"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{299DD5A9-4EF1-497E-92EF-2D23CF305E03}" type="slidenum">
+              <a:rPr kumimoji="0" lang="fr-FR" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="F3F3F2"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Gill Sans MT" panose="020B0502020104020203"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>‹N°›</a:t>
+            </a:fld>
+            <a:endParaRPr kumimoji="0" lang="fr-FR" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="F3F3F2"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Gill Sans MT" panose="020B0502020104020203"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="7" name="Groupe 6" title="Bordure festonnée gauche"/>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="2814638" cy="6858000"/>
+            <a:chOff x="0" y="0"/>
+            <a:chExt cx="2814638" cy="6858000"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="11" name="Forme libre 6" title="Bordure festonnée gauche"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="0" y="0"/>
+              <a:ext cx="2814638" cy="6858000"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst/>
+              <a:ahLst/>
+              <a:cxnLst/>
+              <a:rect l="0" t="0" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="1773" h="4320">
+                  <a:moveTo>
+                    <a:pt x="0" y="0"/>
+                  </a:moveTo>
+                  <a:lnTo>
+                    <a:pt x="891" y="0"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="906" y="56"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="921" y="111"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="938" y="165"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="957" y="217"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="980" y="266"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1007" y="312"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1036" y="351"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1069" y="387"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1105" y="422"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1145" y="456"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1185" y="487"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1227" y="520"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1270" y="551"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1311" y="584"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1352" y="617"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1390" y="651"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1425" y="687"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1456" y="725"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1484" y="765"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1505" y="808"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1521" y="856"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1530" y="907"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1534" y="960"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1534" y="1013"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1530" y="1068"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1523" y="1125"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1515" y="1181"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1508" y="1237"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1501" y="1293"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1496" y="1350"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1494" y="1405"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1497" y="1458"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1504" y="1511"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1517" y="1560"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1535" y="1610"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1557" y="1659"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1583" y="1708"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1611" y="1757"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1640" y="1807"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1669" y="1855"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1696" y="1905"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1721" y="1954"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1742" y="2006"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1759" y="2057"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1769" y="2108"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1773" y="2160"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1769" y="2212"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1759" y="2263"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1742" y="2314"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1721" y="2366"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1696" y="2415"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1669" y="2465"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1640" y="2513"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1611" y="2563"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1583" y="2612"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1557" y="2661"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1535" y="2710"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1517" y="2760"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1504" y="2809"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1497" y="2862"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1494" y="2915"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1496" y="2970"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1501" y="3027"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1508" y="3083"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1515" y="3139"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1523" y="3195"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1530" y="3252"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1534" y="3307"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1534" y="3360"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1530" y="3413"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1521" y="3464"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1505" y="3512"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1484" y="3555"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1456" y="3595"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1425" y="3633"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1390" y="3669"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1352" y="3703"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1311" y="3736"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1270" y="3769"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1227" y="3800"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1185" y="3833"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1145" y="3864"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1105" y="3898"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1069" y="3933"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1036" y="3969"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1007" y="4008"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="980" y="4054"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="957" y="4103"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="938" y="4155"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="921" y="4209"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="906" y="4264"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="891" y="4320"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="4320"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="0"/>
+                  </a:lnTo>
+                  <a:close/>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:solidFill>
+              <a:schemeClr val="tx2"/>
+            </a:solidFill>
+            <a:ln w="0">
+              <a:noFill/>
+              <a:prstDash val="solid"/>
+              <a:round/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a:ln>
+          </p:spPr>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="16" name="Forme libre 11" title="ligne festonnée gauche"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="874382" y="0"/>
+              <a:ext cx="1646238" cy="6858000"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst/>
+              <a:ahLst/>
+              <a:cxnLst/>
+              <a:rect l="0" t="0" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="1037" h="4320">
+                  <a:moveTo>
+                    <a:pt x="0" y="0"/>
+                  </a:moveTo>
+                  <a:lnTo>
+                    <a:pt x="171" y="0"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="188" y="55"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="204" y="110"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="220" y="166"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="234" y="223"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="251" y="278"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="269" y="331"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="292" y="381"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="319" y="427"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="349" y="466"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="382" y="503"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="420" y="537"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="460" y="571"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="502" y="603"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="544" y="635"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="587" y="668"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="628" y="700"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="667" y="734"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="703" y="771"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="736" y="808"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="763" y="848"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="786" y="893"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="800" y="937"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="809" y="986"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="813" y="1034"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="812" y="1085"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="808" y="1136"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="803" y="1189"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="796" y="1242"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="788" y="1295"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="782" y="1348"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="778" y="1401"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="775" y="1452"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="778" y="1502"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="784" y="1551"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="797" y="1602"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="817" y="1652"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="841" y="1702"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="868" y="1752"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="896" y="1801"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="926" y="1851"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="953" y="1901"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="980" y="1952"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1003" y="2003"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1021" y="2054"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1031" y="2106"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1037" y="2160"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1031" y="2214"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1021" y="2266"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1003" y="2317"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="980" y="2368"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="953" y="2419"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="926" y="2469"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="896" y="2519"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="868" y="2568"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="841" y="2618"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="817" y="2668"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="797" y="2718"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="784" y="2769"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="778" y="2818"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="775" y="2868"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="778" y="2919"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="782" y="2972"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="788" y="3025"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="796" y="3078"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="803" y="3131"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="808" y="3184"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="812" y="3235"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="813" y="3286"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="809" y="3334"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="800" y="3383"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="786" y="3427"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="763" y="3472"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="736" y="3512"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="703" y="3549"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="667" y="3586"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="628" y="3620"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="587" y="3652"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="544" y="3685"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="502" y="3717"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="460" y="3749"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="420" y="3783"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="382" y="3817"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="349" y="3854"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="319" y="3893"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="292" y="3939"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="269" y="3989"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="251" y="4042"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="234" y="4097"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="220" y="4154"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="204" y="4210"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="188" y="4265"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="171" y="4320"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="4320"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="17" y="4278"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="33" y="4232"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="46" y="4183"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="60" y="4131"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="75" y="4075"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="90" y="4019"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="109" y="3964"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="129" y="3909"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="156" y="3855"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="186" y="3804"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="222" y="3756"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="261" y="3713"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="303" y="3672"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="348" y="3634"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="392" y="3599"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="438" y="3565"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="482" y="3531"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="523" y="3499"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="561" y="3466"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="594" y="3434"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="620" y="3400"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="638" y="3367"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="647" y="3336"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="652" y="3302"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="654" y="3265"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="651" y="3224"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="647" y="3181"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="642" y="3137"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="637" y="3091"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="626" y="3021"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="620" y="2952"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="616" y="2881"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="618" y="2809"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="628" y="2737"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="642" y="2681"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="661" y="2626"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="685" y="2574"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="711" y="2521"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="739" y="2472"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="767" y="2423"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="791" y="2381"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="813" y="2342"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="834" y="2303"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="851" y="2265"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="864" y="2228"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="873" y="2194"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="876" y="2160"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="873" y="2126"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="864" y="2092"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="851" y="2055"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="834" y="2017"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="813" y="1978"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="791" y="1939"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="767" y="1897"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="739" y="1848"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="711" y="1799"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="685" y="1746"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="661" y="1694"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="642" y="1639"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="628" y="1583"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="618" y="1511"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="616" y="1439"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="620" y="1368"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="626" y="1299"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="637" y="1229"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="642" y="1183"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="647" y="1139"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="651" y="1096"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="654" y="1055"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="652" y="1018"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="647" y="984"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="638" y="953"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="620" y="920"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="594" y="886"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="561" y="854"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="523" y="822"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="482" y="789"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="438" y="755"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="392" y="721"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="348" y="686"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="303" y="648"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="261" y="607"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="222" y="564"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="186" y="516"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="156" y="465"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="129" y="411"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="109" y="356"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="90" y="301"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="75" y="245"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="60" y="189"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="46" y="137"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="33" y="88"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="17" y="42"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="0"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="0"/>
+                  </a:lnTo>
+                  <a:close/>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:ln w="0">
+              <a:noFill/>
+              <a:prstDash val="solid"/>
+              <a:round/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a:ln>
+          </p:spPr>
+        </p:sp>
+      </p:grpSp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Image 8" descr="Une image contenant texte, Police, logo, Graphique&#10;&#10;Description générée automatiquement">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FDD06DDB-1A66-3721-4612-E05FE63BC9F1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="611621" cy="339450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1718557829"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:overrideClrMapping bg1="dk1" tx1="lt1" bg2="dk2" tx2="lt2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" type="twoObj" preserve="1">
+  <p:cSld name="Deux contenus">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titre 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Modifiez le style du titre</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé du contenu 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="1" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1257300" y="2286000"/>
+            <a:ext cx="4800600" cy="3619500"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Modifiez les styles du texte du masque</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Deuxième niveau</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Troisième niveau</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Quatrième niveau</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Cinquième niveau</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé du contenu 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="2" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6647796" y="2286000"/>
+            <a:ext cx="4800600" cy="3619500"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0" dirty="0"/>
+              <a:t>Modifiez les styles du texte du masque</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0" dirty="0"/>
+              <a:t>Deuxième niveau</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0" dirty="0"/>
+              <a:t>Troisième niveau</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0" dirty="0"/>
+              <a:t>Quatrième niveau</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0" dirty="0"/>
+              <a:t>Cinquième niveau</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Espace réservé de la date 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{D0C466FF-9509-41F6-8F8A-31A309D016C7}" type="datetime1">
+              <a:rPr kumimoji="0" lang="fr-FR" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:prstClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Gill Sans MT" panose="020B0502020104020203"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>03/03/2026</a:t>
+            </a:fld>
+            <a:endParaRPr kumimoji="0" lang="fr-FR" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:prstClr>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Gill Sans MT" panose="020B0502020104020203"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Espace réservé du pied de page 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="fr-FR" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:prstClr>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Gill Sans MT" panose="020B0502020104020203"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Espace réservé du numéro de diapositive 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{299DD5A9-4EF1-497E-92EF-2D23CF305E03}" type="slidenum">
+              <a:rPr kumimoji="0" lang="fr-FR" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:prstClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Gill Sans MT" panose="020B0502020104020203"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>‹N°›</a:t>
+            </a:fld>
+            <a:endParaRPr kumimoji="0" lang="fr-FR" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:prstClr>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Gill Sans MT" panose="020B0502020104020203"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Rectangle 12" title="bordure du bord gauche">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{465D9C17-EBA7-28D6-FAE2-8F1250AC8D80}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
-          <p:nvPr/>
+          <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
-          <a:xfrm rot="10800000">
-[...1 lines deleted...]
-            <a:ext cx="1508965" cy="1300832"/>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="666750" cy="6858000"/>
           </a:xfrm>
-          <a:prstGeom prst="triangle">
+          <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
-            <a:schemeClr val="bg1"/>
+            <a:schemeClr val="accent3"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
-        <p:txBody>
-[...10 lines deleted...]
-          <p:cNvPr id="11" name="ZoneTexte 10">
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Image 8" descr="Une image contenant texte, Police, logo, Graphique&#10;&#10;Description générée automatiquement">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E4AF73A0-E0AB-BB44-BCAE-196AA320CF4A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BC9F7577-2314-D70B-B6CB-919F583BDF22}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr txBox="1"/>
-[...1 lines deleted...]
-        </p:nvSpPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6168003" y="2513669"/>
-            <a:ext cx="5330556" cy="1754326"/>
+            <a:off x="676275" y="6919"/>
+            <a:ext cx="611621" cy="339450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2318111200"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
+    </p:ext>
+  </p:extLst>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" type="twoTxTwoObj" preserve="1">
+  <p:cSld name="Comparaison">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titre 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1252728" y="381000"/>
+            <a:ext cx="10172700" cy="1493517"/>
+          </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" rtlCol="0">
-            <a:spAutoFit/>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Modifiez le style du titre</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé du texte 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1251678" y="2199633"/>
+            <a:ext cx="4800600" cy="632529"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="b">
+            <a:noAutofit/>
           </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr sz="1900" b="1" cap="all" spc="200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1900" b="1"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1800" b="1"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Modifiez les styles du texte du masque</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé du contenu 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="2" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1257300" y="2909102"/>
+            <a:ext cx="4800600" cy="2996398"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="r"/>
-[...1 lines deleted...]
-              <a:rPr lang="fr-FR" sz="3600" b="1" dirty="0">
+            <a:pPr lvl="0" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Modifiez les styles du texte du masque</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Deuxième niveau</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Troisième niveau</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Quatrième niveau</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Cinquième niveau</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Espace réservé du texte 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="3" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6633864" y="2199633"/>
+            <a:ext cx="4800600" cy="632529"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="b">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr sz="1900" b="1" cap="all" spc="200" baseline="0">
                 <a:solidFill>
-                  <a:schemeClr val="bg1"/>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
-                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
-[...3 lines deleted...]
-              <a:t>Formation à la Recherche Documentaire</a:t>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1900" b="1"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1800" b="1"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Modifiez les styles du texte du masque</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="12" name="ZoneTexte 11">
+          <p:cNvPr id="6" name="Espace réservé du contenu 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="4" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6633864" y="2909102"/>
+            <a:ext cx="4800600" cy="2996398"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Modifiez les styles du texte du masque</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Deuxième niveau</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Troisième niveau</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Quatrième niveau</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Cinquième niveau</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Espace réservé de la date 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{77E6634C-7D63-46D1-A25D-34351A160A1E}" type="datetime1">
+              <a:rPr kumimoji="0" lang="fr-FR" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:prstClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Gill Sans MT" panose="020B0502020104020203"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>03/03/2026</a:t>
+            </a:fld>
+            <a:endParaRPr kumimoji="0" lang="fr-FR" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:prstClr>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Gill Sans MT" panose="020B0502020104020203"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Espace réservé du pied de page 7"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="fr-FR" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:prstClr>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Gill Sans MT" panose="020B0502020104020203"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Espace réservé du numéro de diapositive 8"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{299DD5A9-4EF1-497E-92EF-2D23CF305E03}" type="slidenum">
+              <a:rPr kumimoji="0" lang="fr-FR" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:prstClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Gill Sans MT" panose="020B0502020104020203"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>‹N°›</a:t>
+            </a:fld>
+            <a:endParaRPr kumimoji="0" lang="fr-FR" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:prstClr>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Gill Sans MT" panose="020B0502020104020203"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Rectangle 12" title="bordure du bord gauche">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{82E7FE83-C85C-AC4A-B550-DD85E44F26CF}"/>
-[...92 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A454CC9F-C26B-E049-A481-B0CCACDF9445}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{826CEFA0-A950-3186-5499-4003EF4D5680}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
-          <p:nvPr/>
+          <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="11093487" y="4267995"/>
-            <a:ext cx="290945" cy="45719"/>
+            <a:off x="0" y="0"/>
+            <a:ext cx="666750" cy="6858000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
-            <a:srgbClr val="E64513"/>
+            <a:schemeClr val="accent2"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
-        <p:txBody>
-[...11 lines deleted...]
-        </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="9" name="Espace réservé pour une image  8"/>
+          <p:cNvPr id="11" name="Image 10" descr="Une image contenant texte, Police, logo, Graphique&#10;&#10;Description générée automatiquement">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B426E3BD-0D80-8A97-7793-DA35657C7177}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noGrp="1" noChangeAspect="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
-          <p:nvPr>
-[...1 lines deleted...]
-          </p:nvPr>
+          <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
-        <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3" cstate="hqprint">
+        <p:blipFill>
+          <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
-          <a:srcRect l="2889" r="483" b="3371"/>
-          <a:stretch/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="982969" y="3076001"/>
-            <a:ext cx="4089713" cy="3495426"/>
+            <a:off x="666750" y="0"/>
+            <a:ext cx="611621" cy="339450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1061907888"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
+    </p:ext>
+  </p:extLst>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" type="titleOnly" preserve="1">
+  <p:cSld name="Titre uniquement">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titre 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Modifiez le style du titre</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé de la date 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{EFF14AAF-0FB6-4F88-9D59-4CE394D7FEFF}" type="datetime1">
+              <a:rPr kumimoji="0" lang="fr-FR" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:prstClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Gill Sans MT" panose="020B0502020104020203"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>03/03/2026</a:t>
+            </a:fld>
+            <a:endParaRPr kumimoji="0" lang="fr-FR" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:prstClr>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Gill Sans MT" panose="020B0502020104020203"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé du pied de page 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="fr-FR" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:prstClr>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Gill Sans MT" panose="020B0502020104020203"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Espace réservé du numéro de diapositive 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{299DD5A9-4EF1-497E-92EF-2D23CF305E03}" type="slidenum">
+              <a:rPr kumimoji="0" lang="fr-FR" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:prstClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Gill Sans MT" panose="020B0502020104020203"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>‹N°›</a:t>
+            </a:fld>
+            <a:endParaRPr kumimoji="0" lang="fr-FR" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:prstClr>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Gill Sans MT" panose="020B0502020104020203"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Rectangle 12" title="bordure du bord gauche">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{19FC89CF-5373-6C86-EB0F-D4AD177B72CA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="666750" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent3"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Image 6" descr="Une image contenant texte, Police, logo, Graphique&#10;&#10;Description générée automatiquement">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6F8CE220-493F-4DB1-192C-E39EB96B8890}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="666750" y="0"/>
+            <a:ext cx="611621" cy="339450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3499907669"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" type="blank" preserve="1">
+  <p:cSld name="Vide">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Espace réservé de la date 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{967022C7-4506-46D0-92BA-842E5B178477}" type="datetime1">
+              <a:rPr kumimoji="0" lang="fr-FR" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:prstClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Gill Sans MT" panose="020B0502020104020203"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>03/03/2026</a:t>
+            </a:fld>
+            <a:endParaRPr kumimoji="0" lang="fr-FR" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:prstClr>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Gill Sans MT" panose="020B0502020104020203"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé du pied de page 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="fr-FR" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:prstClr>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Gill Sans MT" panose="020B0502020104020203"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{299DD5A9-4EF1-497E-92EF-2D23CF305E03}" type="slidenum">
+              <a:rPr kumimoji="0" lang="fr-FR" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:prstClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Gill Sans MT" panose="020B0502020104020203"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>‹N°›</a:t>
+            </a:fld>
+            <a:endParaRPr kumimoji="0" lang="fr-FR" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:prstClr>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Gill Sans MT" panose="020B0502020104020203"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Rectangle 12" title="bordure du bord gauche">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{81C34798-049E-D301-453E-06168428A855}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="666750" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent2"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Image 5" descr="Une image contenant texte, Police, logo, Graphique&#10;&#10;Description générée automatiquement">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{311DA140-9709-17F0-07E0-33977785445F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="0"/>
+            <a:ext cx="611621" cy="339450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1804685181"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" type="objTx" preserve="1">
+  <p:cSld name="Contenu avec légende">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="17" name="Forme libre 11" title="forme d’arrière-plan festonnée droite"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="7389812" y="0"/>
+            <a:ext cx="4802188" cy="6858000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="0" t="0" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="3025" h="4320">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="3025" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3025" y="4320"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="4320"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3" y="4278"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="8" y="4243"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="14" y="4210"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="24" y="4183"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="34" y="4156"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="46" y="4133"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="58" y="4109"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="69" y="4087"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="80" y="4062"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="90" y="4036"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="99" y="4007"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="106" y="3976"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="111" y="3938"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="113" y="3895"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="111" y="3851"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="106" y="3815"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="99" y="3782"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="90" y="3752"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="80" y="3726"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="68" y="3702"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="56" y="3679"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="44" y="3655"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="33" y="3630"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="22" y="3604"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="13" y="3575"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="7" y="3542"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1" y="3504"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="3461"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1" y="3418"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="7" y="3380"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="13" y="3347"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="22" y="3319"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="33" y="3292"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="44" y="3267"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="56" y="3244"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="68" y="3222"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="80" y="3197"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="90" y="3171"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="99" y="3142"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="106" y="3109"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="111" y="3071"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="113" y="3028"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="111" y="2985"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="106" y="2947"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="99" y="2914"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="90" y="2885"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="80" y="2858"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="68" y="2834"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="44" y="2787"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="33" y="2763"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="22" y="2736"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="13" y="2707"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="7" y="2674"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1" y="2637"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="2593"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1" y="2550"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="7" y="2512"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="13" y="2479"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="22" y="2451"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="33" y="2424"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="44" y="2401"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="68" y="2354"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="80" y="2329"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="90" y="2303"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="99" y="2274"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="106" y="2241"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="111" y="2203"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="113" y="2159"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="111" y="2117"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="106" y="2079"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="99" y="2046"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="90" y="2017"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="80" y="1991"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="68" y="1966"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="56" y="1943"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="44" y="1919"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="33" y="1896"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="22" y="1869"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="13" y="1841"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="7" y="1807"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1" y="1770"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1727"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1" y="1683"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="7" y="1646"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="13" y="1613"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="22" y="1583"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="33" y="1557"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="44" y="1533"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="56" y="1509"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="68" y="1486"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="80" y="1461"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="90" y="1435"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="99" y="1406"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="106" y="1373"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="111" y="1335"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="113" y="1292"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="111" y="1249"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="106" y="1211"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="99" y="1178"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="90" y="1149"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="80" y="1123"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="68" y="1098"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="56" y="1076"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="44" y="1053"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="33" y="1028"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="22" y="1001"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="13" y="973"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="7" y="940"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1" y="902"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="859"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1" y="816"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="7" y="778"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="13" y="745"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="22" y="716"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="33" y="690"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="44" y="665"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="56" y="641"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="68" y="618"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="80" y="594"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="90" y="568"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="99" y="538"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="106" y="505"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="111" y="469"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="113" y="424"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="111" y="382"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="106" y="344"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="99" y="313"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="90" y="284"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="80" y="258"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="69" y="233"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="58" y="211"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="46" y="187"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="34" y="164"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="24" y="137"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="14" y="110"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="8" y="77"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3" y="42"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="0"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent3"/>
+          </a:solidFill>
+          <a:ln w="0">
+            <a:noFill/>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titre 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8337884" y="457199"/>
+            <a:ext cx="3092115" cy="1196671"/>
           </a:xfrm>
         </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="b">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:defRPr sz="1900" b="1" i="0" cap="all" spc="300" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Modifiez le style du titre</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé du contenu 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="765051" y="920377"/>
+            <a:ext cx="6158418" cy="4985124"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3200"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr sz="2800"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr sz="2400"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr sz="2000"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr sz="2000"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr>
+              <a:defRPr sz="2000"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr>
+              <a:defRPr sz="2000"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr>
+              <a:defRPr sz="2000"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr>
+              <a:defRPr sz="2000"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Modifiez les styles du texte du masque</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Deuxième niveau</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Troisième niveau</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Quatrième niveau</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Cinquième niveau</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé du texte 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="half" idx="2" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8337885" y="1741336"/>
+            <a:ext cx="3092115" cy="4164164"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1200"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="1600" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg2"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1200"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Modifiez les styles du texte du masque</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Espace réservé de la date 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="765051" y="6375679"/>
+            <a:ext cx="1233355" cy="348462"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{D97332A0-E987-46D2-A855-6E18D9D1CED9}" type="datetime1">
+              <a:rPr kumimoji="0" lang="fr-FR" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:prstClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Gill Sans MT" panose="020B0502020104020203"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>03/03/2026</a:t>
+            </a:fld>
+            <a:endParaRPr kumimoji="0" lang="fr-FR" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:prstClr>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Gill Sans MT" panose="020B0502020104020203"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Espace réservé du pied de page 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2103620" y="6375679"/>
+            <a:ext cx="3482179" cy="345796"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="fr-FR" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:prstClr>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Gill Sans MT" panose="020B0502020104020203"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Espace réservé du numéro de diapositive 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5691014" y="6375679"/>
+            <a:ext cx="1232456" cy="345796"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{299DD5A9-4EF1-497E-92EF-2D23CF305E03}" type="slidenum">
+              <a:rPr kumimoji="0" lang="fr-FR" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:prstClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Gill Sans MT" panose="020B0502020104020203"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>‹N°›</a:t>
+            </a:fld>
+            <a:endParaRPr kumimoji="0" lang="fr-FR" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:prstClr>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Gill Sans MT" panose="020B0502020104020203"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Rectangle 7" title="bordure du bord gauche"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="283464" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent2"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Image 8" descr="Une image contenant texte, Police, logo, Graphique&#10;&#10;Description générée automatiquement">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{82C4B899-0589-05B9-7F27-3A005BBA45A4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="283464" y="0"/>
+            <a:ext cx="611621" cy="339450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
       </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="196218786"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="696">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" type="picTx" preserve="1">
+  <p:cSld name="Image avec légende">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé d’image 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" idx="1" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="283464" y="0"/>
+            <a:ext cx="7355585" cy="6857999"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="t"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2800"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2400"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Cliquez sur l’icône pour ajouter une image</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Forme libre 11" title="forme d’arrière-plan festonnée droite"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="7389812" y="0"/>
+            <a:ext cx="4802188" cy="6858000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="0" t="0" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="3025" h="4320">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="3025" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3025" y="4320"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="4320"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3" y="4278"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="8" y="4243"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="14" y="4210"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="24" y="4183"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="34" y="4156"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="46" y="4133"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="58" y="4109"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="69" y="4087"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="80" y="4062"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="90" y="4036"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="99" y="4007"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="106" y="3976"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="111" y="3938"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="113" y="3895"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="111" y="3851"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="106" y="3815"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="99" y="3782"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="90" y="3752"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="80" y="3726"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="68" y="3702"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="56" y="3679"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="44" y="3655"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="33" y="3630"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="22" y="3604"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="13" y="3575"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="7" y="3542"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1" y="3504"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="3461"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1" y="3418"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="7" y="3380"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="13" y="3347"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="22" y="3319"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="33" y="3292"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="44" y="3267"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="56" y="3244"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="68" y="3222"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="80" y="3197"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="90" y="3171"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="99" y="3142"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="106" y="3109"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="111" y="3071"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="113" y="3028"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="111" y="2985"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="106" y="2947"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="99" y="2914"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="90" y="2885"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="80" y="2858"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="68" y="2834"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="44" y="2787"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="33" y="2763"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="22" y="2736"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="13" y="2707"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="7" y="2674"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1" y="2637"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="2593"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1" y="2550"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="7" y="2512"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="13" y="2479"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="22" y="2451"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="33" y="2424"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="44" y="2401"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="68" y="2354"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="80" y="2329"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="90" y="2303"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="99" y="2274"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="106" y="2241"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="111" y="2203"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="113" y="2159"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="111" y="2117"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="106" y="2079"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="99" y="2046"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="90" y="2017"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="80" y="1991"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="68" y="1966"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="56" y="1943"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="44" y="1919"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="33" y="1896"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="22" y="1869"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="13" y="1841"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="7" y="1807"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1" y="1770"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1727"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1" y="1683"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="7" y="1646"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="13" y="1613"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="22" y="1583"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="33" y="1557"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="44" y="1533"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="56" y="1509"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="68" y="1486"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="80" y="1461"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="90" y="1435"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="99" y="1406"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="106" y="1373"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="111" y="1335"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="113" y="1292"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="111" y="1249"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="106" y="1211"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="99" y="1178"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="90" y="1149"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="80" y="1123"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="68" y="1098"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="56" y="1076"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="44" y="1053"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="33" y="1028"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="22" y="1001"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="13" y="973"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="7" y="940"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1" y="902"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="859"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1" y="816"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="7" y="778"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="13" y="745"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="22" y="716"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="33" y="690"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="44" y="665"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="56" y="641"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="68" y="618"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="80" y="594"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="90" y="568"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="99" y="538"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="106" y="505"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="111" y="469"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="113" y="424"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="111" y="382"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="106" y="344"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="99" y="313"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="90" y="284"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="80" y="258"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="69" y="233"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="58" y="211"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="46" y="187"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="34" y="164"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="24" y="137"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="14" y="110"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="8" y="77"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3" y="42"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="0"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent3"/>
+          </a:solidFill>
+          <a:ln w="0">
+            <a:noFill/>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Rectangle 11" title="bordure du bord gauche"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="283464" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent2"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titre 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8337883" y="457200"/>
+            <a:ext cx="3092117" cy="1196670"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="b">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:defRPr sz="1900" b="1" i="0" spc="300" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Modifiez le style du titre</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé du texte 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="half" idx="2" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8337883" y="1741336"/>
+            <a:ext cx="3092117" cy="4164164"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1200"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="1600" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg2"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1200"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Modifiez les styles du texte du masque</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Espace réservé de la date 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="765950" y="6375679"/>
+            <a:ext cx="1232456" cy="348462"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{D0B55454-9A1B-42CC-8B66-6F14F8A4816C}" type="datetime1">
+              <a:rPr kumimoji="0" lang="fr-FR" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:prstClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Gill Sans MT" panose="020B0502020104020203"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>03/03/2026</a:t>
+            </a:fld>
+            <a:endParaRPr kumimoji="0" lang="fr-FR" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:prstClr>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Gill Sans MT" panose="020B0502020104020203"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Espace réservé du pied de page 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2103621" y="6375679"/>
+            <a:ext cx="3482178" cy="345796"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="fr-FR" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:prstClr>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Gill Sans MT" panose="020B0502020104020203"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Espace réservé du numéro de diapositive 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5687568" y="6375679"/>
+            <a:ext cx="1234440" cy="345796"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{299DD5A9-4EF1-497E-92EF-2D23CF305E03}" type="slidenum">
+              <a:rPr kumimoji="0" lang="fr-FR" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:prstClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Gill Sans MT" panose="020B0502020104020203"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>‹N°›</a:t>
+            </a:fld>
+            <a:endParaRPr kumimoji="0" lang="fr-FR" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:prstClr>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Gill Sans MT" panose="020B0502020104020203"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="Image 7" descr="Une image contenant texte, Police, logo, Graphique&#10;&#10;Description générée automatiquement">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FEC88796-7003-D7E1-105D-D01A0ED7CB94}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="283464" y="0"/>
+            <a:ext cx="611621" cy="339450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4087912994"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
+  <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:schemeClr val="bg2"/>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Espace réservé du titre 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1251678" y="382385"/>
+            <a:ext cx="10178322" cy="1492132"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0" dirty="0"/>
+              <a:t>Modifiez le style du titre</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé du texte 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1251678" y="2286001"/>
+            <a:ext cx="10178322" cy="3593591"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0" dirty="0"/>
+              <a:t>Modifiez les styles du texte du masque</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0" dirty="0"/>
+              <a:t>Deuxième niveau</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0" dirty="0"/>
+              <a:t>Troisième niveau</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0" dirty="0"/>
+              <a:t>Quatrième niveau</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0" dirty="0"/>
+              <a:t>Cinquième niveau</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé de la date 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1251678" y="6375679"/>
+            <a:ext cx="2329722" cy="348462"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{E2A67CCA-4DA9-48A6-8168-7DE83572D173}" type="datetime1">
+              <a:rPr kumimoji="0" lang="fr-FR" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:prstClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Gill Sans MT" panose="020B0502020104020203"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>03/03/2026</a:t>
+            </a:fld>
+            <a:endParaRPr kumimoji="0" lang="fr-FR" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:prstClr>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Gill Sans MT" panose="020B0502020104020203"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Espace réservé du pied de page 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="3"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4038600" y="6375679"/>
+            <a:ext cx="4114800" cy="345796"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="fr-FR" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:prstClr>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Gill Sans MT" panose="020B0502020104020203"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Espace réservé du numéro de diapositive 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8610601" y="6375679"/>
+            <a:ext cx="2819399" cy="345796"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{299DD5A9-4EF1-497E-92EF-2D23CF305E03}" type="slidenum">
+              <a:rPr kumimoji="0" lang="fr-FR" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:prstClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Gill Sans MT" panose="020B0502020104020203"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>‹N°›</a:t>
+            </a:fld>
+            <a:endParaRPr kumimoji="0" lang="fr-FR" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:prstClr>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Gill Sans MT" panose="020B0502020104020203"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Rectangle 11" title="bordure du bord droit"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11908536" y="0"/>
+            <a:ext cx="283464" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Rectangle 11" title="bordure du bord droit">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C97127E1-8B80-3E14-8A7C-CC2F5EDDE929}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="283464" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent3"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="10" name="Image 9" descr="Une image contenant texte, Police, logo, Graphique&#10;&#10;Description générée automatiquement">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1CBF6D63-4EFE-22B3-9D14-16B2F20C8693}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId19">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="283464" y="0"/>
+            <a:ext cx="611621" cy="339450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3294351533"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  <p:sldLayoutIdLst>
+    <p:sldLayoutId id="2147483759" r:id="rId1"/>
+    <p:sldLayoutId id="2147483760" r:id="rId2"/>
+    <p:sldLayoutId id="2147483761" r:id="rId3"/>
+    <p:sldLayoutId id="2147483762" r:id="rId4"/>
+    <p:sldLayoutId id="2147483763" r:id="rId5"/>
+    <p:sldLayoutId id="2147483764" r:id="rId6"/>
+    <p:sldLayoutId id="2147483765" r:id="rId7"/>
+    <p:sldLayoutId id="2147483766" r:id="rId8"/>
+    <p:sldLayoutId id="2147483767" r:id="rId9"/>
+    <p:sldLayoutId id="2147483768" r:id="rId10"/>
+    <p:sldLayoutId id="2147483769" r:id="rId11"/>
+    <p:sldLayoutId id="2147483770" r:id="rId12"/>
+    <p:sldLayoutId id="2147483771" r:id="rId13"/>
+    <p:sldLayoutId id="2147483772" r:id="rId14"/>
+    <p:sldLayoutId id="2147483773" r:id="rId15"/>
+    <p:sldLayoutId id="2147483774" r:id="rId16"/>
+    <p:sldLayoutId id="2147483669" r:id="rId17"/>
+  </p:sldLayoutIdLst>
+  <p:hf sldNum="0" hdr="0" ftr="0" dt="0"/>
+  <p:txStyles>
+    <p:titleStyle>
+      <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPct val="0"/>
+        </a:spcBef>
+        <a:buNone/>
+        <a:defRPr sz="5100" b="1" kern="1200" cap="all" spc="200" baseline="0">
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="+mj-ea"/>
+          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+    </p:titleStyle>
+    <p:bodyStyle>
+      <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="150000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="700"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:schemeClr val="tx2"/>
+        </a:buClr>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="2000" kern="1200" spc="100" baseline="0">
+          <a:solidFill>
+            <a:schemeClr val="tx1">
+              <a:lumMod val="65000"/>
+              <a:lumOff val="35000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+      <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="150000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="700"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:schemeClr val="tx2"/>
+        </a:buClr>
+        <a:buFont typeface="Gill Sans MT" panose="020B0502020104020203" pitchFamily="34" charset="0"/>
+        <a:buChar char="–"/>
+        <a:defRPr sz="1800" kern="1200" spc="100" baseline="0">
+          <a:solidFill>
+            <a:schemeClr val="tx1">
+              <a:lumMod val="65000"/>
+              <a:lumOff val="35000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl2pPr>
+      <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="150000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="700"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:schemeClr val="tx2"/>
+        </a:buClr>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1600" kern="1200" spc="100" baseline="0">
+          <a:solidFill>
+            <a:schemeClr val="tx1">
+              <a:lumMod val="65000"/>
+              <a:lumOff val="35000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl3pPr>
+      <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="150000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="700"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:schemeClr val="tx2"/>
+        </a:buClr>
+        <a:buFont typeface="Gill Sans MT" panose="020B0502020104020203" pitchFamily="34" charset="0"/>
+        <a:buChar char="–"/>
+        <a:defRPr sz="1400" kern="1200" spc="100" baseline="0">
+          <a:solidFill>
+            <a:schemeClr val="tx1">
+              <a:lumMod val="65000"/>
+              <a:lumOff val="35000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl4pPr>
+      <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="150000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="700"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:schemeClr val="tx2"/>
+        </a:buClr>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1400" kern="1200" spc="100" baseline="0">
+          <a:solidFill>
+            <a:schemeClr val="tx1">
+              <a:lumMod val="65000"/>
+              <a:lumOff val="35000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl5pPr>
+      <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="110000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="700"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:schemeClr val="tx2"/>
+        </a:buClr>
+        <a:buFont typeface="Gill Sans MT" panose="020B0502020104020203" pitchFamily="34" charset="0"/>
+        <a:buChar char="–"/>
+        <a:defRPr sz="1400" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1">
+              <a:lumMod val="65000"/>
+              <a:lumOff val="35000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl6pPr>
+      <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="110000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="700"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:schemeClr val="tx2"/>
+        </a:buClr>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1400" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1">
+              <a:lumMod val="65000"/>
+              <a:lumOff val="35000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl7pPr>
+      <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="110000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="700"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:schemeClr val="tx2"/>
+        </a:buClr>
+        <a:buFont typeface="Gill Sans MT" panose="020B0502020104020203" pitchFamily="34" charset="0"/>
+        <a:buChar char="–"/>
+        <a:defRPr sz="1400" kern="1200" baseline="0">
+          <a:solidFill>
+            <a:schemeClr val="tx1">
+              <a:lumMod val="65000"/>
+              <a:lumOff val="35000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl8pPr>
+      <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="110000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="700"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:schemeClr val="tx2"/>
+        </a:buClr>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1400" kern="1200" baseline="0">
+          <a:solidFill>
+            <a:schemeClr val="tx1">
+              <a:lumMod val="65000"/>
+              <a:lumOff val="35000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl9pPr>
+    </p:bodyStyle>
+    <p:otherStyle>
+      <a:defPPr>
+        <a:defRPr lang="en-US"/>
+      </a:defPPr>
+      <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+      <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl2pPr>
+      <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl3pPr>
+      <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl4pPr>
+      <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl5pPr>
+      <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl6pPr>
+      <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl7pPr>
+      <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl8pPr>
+      <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl9pPr>
+    </p:otherStyle>
+  </p:txStyles>
+  <p:extLst>
+    <p:ext uri="{27BBF7A9-308A-43DC-89C8-2F10F3537804}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" pos="792">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="2" pos="7200">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="3" orient="horz" pos="4008">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="4" orient="horz" pos="1440">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="5" orient="horz" pos="3720">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="6" orient="horz" pos="240">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
+</p:sldMaster>
+</file>
+
+<file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slide27.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beluga.univ-grenoble-alpes.fr/permalink/33UGRENOBLE_INST/1peaf1c/alma991006988845206161" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www-techniques-ingenieur-fr.sid2nomade-2.grenet.fr/base-documentaire/biomedical-pharma-th15/medicaments-et-produits-pharmaceutiques-ti598/" TargetMode="External"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beluga.univ-grenoble-alpes.fr/permalink/33UGRENOBLE_INST/1peaf1c/alma991006988848206161" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bapso-rensbump@univ-grenoble-alpes.fr" TargetMode="External"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beluga.univ-grenoble-alpes.fr/permalink/33UGRENOBLE_INST/1peaf1c/alma991007002849906161" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beluga.univ-grenoble-alpes.fr/permalink/33UGRENOBLE_INST/1peaf1c/alma991006990948006161" TargetMode="External"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.inpi.fr/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://worldwide.espacenet.com/" TargetMode="External"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beluga.univ-grenoble-alpes.fr/permalink/33UGRENOBLE_INST/1peaf1c/alma991006990946106161" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beluga.univ-grenoble-alpes.fr/permalink/33UGRENOBLE_INST/1peaf1c/alma991007097843106161" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/mesh/68020228" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/mesh/1000082" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/mesh/1000082" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://idel.univ-grenoble-alpes.fr/participant/accueil/index/46" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://idel.univ-grenoble-alpes.fr/participant/accueil/index/46" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beluga.univ-grenoble-alpes.fr/permalink/33UGRENOBLE_INST/1vb34gl/alma991006988845706161" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openalex.org/" TargetMode="External"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide25.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide26.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide27.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bapso-rensbump@univ-grenoble-alpes.fr" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.univ-grenoble-alpes.fr/Form_RDV/formulaire.php" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://view.genial.ly/65c33be13817160014d848ee" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sudoc.abes.fr/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bibliotheques.univ-grenoble-alpes.fr/services/faire-venir-un-document-peb--176109.kjsp?RH=2413488552338845" TargetMode="External"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beluga.univ-grenoble-alpes.fr/discovery/search?vid=33UGRENOBLE_INST:UGrenoble" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beluga.univ-grenoble-alpes.fr/discovery/jfulldisplay?context=L&amp;vid=33UGRENOBLE_INST:UGrenoble&amp;tab=jsearch_slot&amp;docid=alma991006641179106161" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beluga.univ-grenoble-alpes.fr/discovery/jfulldisplay?context=L&amp;vid=33UGRENOBLE_INST:UGrenoble&amp;tab=jsearch_slot&amp;docid=alma991006640850306161" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beluga.univ-grenoble-alpes.fr/discovery/jfulldisplay?context=L&amp;vid=33UGRENOBLE_INST:UGrenoble&amp;tab=jsearch_slot&amp;docid=alma991006640987606161" TargetMode="External"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titre 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C55AE961-C496-459C-8774-7C6F9ED5EC72}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1078522" y="1231506"/>
+            <a:ext cx="10318418" cy="4394988"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Formation à la recherche documentaire</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Sous-titre 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F0EF331F-878C-4CC5-B893-450355131AD8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2215045" y="5900057"/>
+            <a:ext cx="8045373" cy="742279"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>5</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" baseline="30000" dirty="0"/>
+              <a:t>ème</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t> année de pharmacie – industrie</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>2025-2026 – séance 1</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1640986477"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" idx="4294967295"/>
+            <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
-          <a:xfrm>
-[...2 lines deleted...]
-          </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="4000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="202C41"/>
                 </a:solidFill>
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
-                <a:hlinkClick r:id="rId3"/>
-[...1 lines deleted...]
-              <a:t>Techniques de l’ingénieur</a:t>
+              </a:rPr>
+              <a:t>Les bases </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="202C41"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>professionnelles</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="4000" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="202C41"/>
               </a:solidFill>
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:cxnSp>
-[...35 lines deleted...]
-      </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="TextBox 3"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
+            <a:off x="226142" y="2271252"/>
+            <a:ext cx="11809245" cy="4001095"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0" anchor="t">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>	Encyclopédies et répertoires spécialisés : rappels</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+            </a:pPr>
+            <a:endParaRPr lang="fr-FR" sz="2400" b="1" spc="300" dirty="0">
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> Les techniques de l’ingénieur</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> Pharmacopée Européenne</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" spc="300" dirty="0" err="1">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>eVidal</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> et Thériaque + appli</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+            </a:pPr>
+            <a:endParaRPr lang="fr-FR" sz="2000" dirty="0">
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:hlinkClick r:id="rId3" action="ppaction://hlinksldjump">
+                <a:extLst>
+                  <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                    <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                  </a:ext>
+                </a:extLst>
+              </a:hlinkClick>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:buClr>
+                <a:srgbClr val="0066A1"/>
+              </a:buClr>
+            </a:pPr>
+            <a:endParaRPr lang="fr-FR" sz="2200" dirty="0">
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+            </a:pPr>
+            <a:endParaRPr lang="fr-FR" sz="2000" dirty="0">
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:endParaRPr lang="fr-FR" sz="2000" dirty="0">
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1826311710"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="202C41"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>Techniques de l’ingénieur</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="4000" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="202C41"/>
+              </a:solidFill>
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="TextBox 3"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
             <a:off x="202842" y="2183097"/>
-            <a:ext cx="11877164" cy="4842351"/>
+            <a:ext cx="11877164" cy="4893647"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="109537">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="400"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="0066A1"/>
               </a:buClr>
               <a:buSzPct val="80000"/>
             </a:pPr>
             <a:r>
@@ -7363,155 +16197,195 @@
             <a:endParaRPr lang="fr-FR" sz="1600" spc="300" dirty="0">
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="109537">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="400"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="0066A1"/>
               </a:buClr>
               <a:buSzPct val="80000"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Permet de consulter des articles sur les domaines Biomédical et Pharma : </a:t>
+              <a:t>Permet de consulter des articles sur les domaines </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Biomédical et Pharma </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>: </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="395287" indent="-285750">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="400"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="0066A1"/>
               </a:buClr>
               <a:buSzPct val="80000"/>
               <a:buFontTx/>
               <a:buChar char="-"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Technologie pour la santé : 129 articles, organisés en 5 rubriques.</a:t>
+              <a:t>Technologie pour la santé.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="109537">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="400"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="0066A1"/>
               </a:buClr>
               <a:buSzPct val="80000"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>- </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="fr-FR" spc="300" dirty="0">
+              <a:rPr lang="fr-FR" b="1" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:hlinkClick r:id="rId4" tooltip="Médicaments et produits pharmaceutiques">
                   <a:extLst>
                     <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
                       <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
                     </a:ext>
                   </a:extLst>
                 </a:hlinkClick>
               </a:rPr>
               <a:t>Médicaments et produits pharmaceutiques</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> : 124 articles, organisés en 7 rubriques. </a:t>
+              <a:t>. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="109537">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="400"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="0066A1"/>
               </a:buClr>
               <a:buSzPct val="80000"/>
             </a:pPr>
-            <a:endParaRPr lang="fr-FR" spc="300" dirty="0">
-[...2 lines deleted...]
-            </a:endParaRPr>
+            <a:r>
+              <a:rPr lang="fr-FR" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>	</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="109537">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="400"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="0066A1"/>
               </a:buClr>
               <a:buSzPct val="80000"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Retrouvez des quizz en lien avec ces thématiques.</a:t>
+              <a:t>Également disponible : des quiz d’entraînement </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="109537">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="0066A1"/>
+              </a:buClr>
+              <a:buSzPct val="80000"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>en lien avec différents domaines.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="109537">
               <a:spcBef>
                 <a:spcPts val="400"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="0066A1"/>
               </a:buClr>
               <a:buSzPct val="80000"/>
             </a:pPr>
             <a:endParaRPr lang="fr-FR" sz="1600" dirty="0">
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="109537">
               <a:spcBef>
                 <a:spcPts val="400"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="0066A1"/>
@@ -7556,1947 +16430,1458 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="Image 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9370D57C-C19A-4370-B0CD-F690D8FF83AA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8757195" y="879051"/>
-            <a:ext cx="2070186" cy="1873649"/>
+            <a:off x="8808472" y="1274654"/>
+            <a:ext cx="1893023" cy="1713305"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Image 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B630D136-A03C-4F0F-A653-D105BA03C5D7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId6"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="9701939" y="5682241"/>
-            <a:ext cx="2287219" cy="978666"/>
+            <a:off x="8168191" y="5245240"/>
+            <a:ext cx="3261809" cy="1395678"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2903467632"/>
-      </p:ext>
-[...342 lines deleted...]
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4172501491"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" idx="4294967295"/>
+            <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
-          <a:xfrm>
-[...2 lines deleted...]
-          </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="4000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="202C41"/>
                 </a:solidFill>
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:hlinkClick r:id="rId3"/>
               </a:rPr>
-              <a:t>eVidal</a:t>
-[...22 lines deleted...]
-              <a:t>Thériaque</a:t>
+              <a:t>Pharmacopée européenne</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="4000" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="202C41"/>
               </a:solidFill>
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:cxnSp>
-[...4 lines deleted...]
-          </p:cNvCxnSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="TextBox 3"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
-        </p:nvCxnSpPr>
+        </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="949634" y="1965163"/>
-[...105 lines deleted...]
-            <a:ext cx="10538133" cy="4693593"/>
+            <a:off x="302587" y="2151976"/>
+            <a:ext cx="11586825" cy="4278094"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPct val="50000"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:endParaRPr lang="fr-FR" dirty="0">
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="50000"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="E74610"/>
               </a:buClr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="v"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
-              </a:rPr>
-              <a:t>Deux bases de données sur les médicaments et produits de santé disponibles en France. </a:t>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> Version en cours : 1.1.0 (depuis fin 2025)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1" indent="-342900">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="400"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="E74610"/>
               </a:buClr>
               <a:buSzPct val="80000"/>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="fr-FR" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Demander les accès </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="fr-FR" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
-              </a:rPr>
-[...4 lines deleted...]
-            <a:pPr marL="114300" lvl="1">
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId4"/>
+              </a:rPr>
+              <a:t>bapso-rensbump@univ-grenoble-alpes.fr</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" indent="-342900">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="400"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="E74610"/>
               </a:buClr>
               <a:buSzPct val="80000"/>
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
             </a:pPr>
-            <a:endParaRPr lang="fr-FR" spc="300" dirty="0">
-[...5 lines deleted...]
-            <a:pPr marL="114300" lvl="1">
+            <a:r>
+              <a:rPr lang="fr-FR" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Recueil de textes réglementaire applicables dans 38 pays européens</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" indent="-342900">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="400"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="E74610"/>
               </a:buClr>
               <a:buSzPct val="80000"/>
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="fr-FR" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Définit la </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="fr-FR" b="1" spc="300" dirty="0">
-                <a:solidFill>
-[...5 lines deleted...]
-              <a:t>+</a:t>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>norme</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
-              </a:rPr>
-[...32 lines deleted...]
-            <a:pPr marL="114300" lvl="1">
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> de qualité des médicaments à usage humain ou vétérinaire et des substances qui entrent dans leur composition</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" indent="-342900">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="400"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="E74610"/>
               </a:buClr>
               <a:buSzPct val="80000"/>
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="fr-FR" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Définit les </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="fr-FR" b="1" spc="300" dirty="0">
-                <a:solidFill>
-[...1 lines deleted...]
-                </a:solidFill>
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>+</a:t>
+              <a:t>méthodes d'analyses </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> L’application THERIAQUE TOUCH, permet de retrouver le contenu de cette base sur votre mobile et en hors ligne.</a:t>
+              <a:t>à utiliser pour assurer le contrôle des préparations</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1" indent="-342900">
               <a:spcBef>
                 <a:spcPts val="400"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="0066A1"/>
               </a:buClr>
               <a:buSzPct val="80000"/>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:endParaRPr lang="fr-FR" dirty="0">
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="114300" lvl="1">
               <a:spcBef>
                 <a:spcPts val="400"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="0066A1"/>
               </a:buClr>
               <a:buSzPct val="80000"/>
             </a:pPr>
             <a:endParaRPr lang="fr-FR" dirty="0">
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2750397753"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4172501491"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" idx="4294967295"/>
+            <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
-          <a:xfrm>
-[...2 lines deleted...]
-          </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="571500" indent="-571500">
-[...4 lines deleted...]
-              <a:rPr lang="fr-FR" sz="4000" b="1" spc="300" dirty="0">
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="202C41"/>
+                </a:solidFill>
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
-              </a:rPr>
-[...1 lines deleted...]
-            </a:r>
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>eVidal</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="202C41"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> et </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="202C41"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId4"/>
+              </a:rPr>
+              <a:t>Thériaque</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="4000" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="202C41"/>
+              </a:solidFill>
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:cxnSp>
-[...4 lines deleted...]
-          </p:cNvCxnSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="ZoneTexte 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{35FBF43D-61A2-424E-BB13-A0DCDC59E8D9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
-        </p:nvCxnSpPr>
+        </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="939908" y="2035378"/>
-            <a:ext cx="478972" cy="0"/>
+            <a:off x="708409" y="1643684"/>
+            <a:ext cx="7436955" cy="461665"/>
           </a:xfrm>
-          <a:prstGeom prst="line">
+          <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:ln w="28575">
-[...3 lines deleted...]
-          </a:ln>
+          <a:noFill/>
         </p:spPr>
-        <p:style>
-[...16 lines deleted...]
-          <p:cNvPr id="4" name="TextBox 3"/>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" b="1" u="sng" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Accès</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> : </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1800" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>-&gt;</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1800" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> nécessité de passer par Beluga</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="TextBox 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B26763D5-4CF7-41E3-88F5-51612C84AE35}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="184827" y="2259081"/>
-            <a:ext cx="11822343" cy="2062103"/>
+            <a:off x="826933" y="2495665"/>
+            <a:ext cx="10959783" cy="4693593"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
+            <a:pPr marL="285750" indent="-285750">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="50000"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="v"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Deux bases de données sur les médicaments et produits de santé disponibles en France. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" indent="-342900">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+              <a:buSzPct val="80000"/>
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Chaque substance active et chaque médicament fait l’objet d’une fiche détaillée.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="114300" lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+              <a:buSzPct val="80000"/>
+            </a:pPr>
+            <a:endParaRPr lang="fr-FR" spc="300" dirty="0">
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="114300" lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+              <a:buSzPct val="80000"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" spc="300" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="E84F1C"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>+</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" spc="300" dirty="0" err="1">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Toxin</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> depuis </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" spc="300" dirty="0" err="1">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>eVidal</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> = base de connaissances sur les principales intoxications aiguës médicamenteuses et non médicamenteuses </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="114300" lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+              <a:buSzPct val="80000"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" spc="300" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="E84F1C"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>+</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> L’application THERIAQUE TOUCH et VIDAL, permettent de retrouver le contenu de ces bases sur votre mobile en hors ligne.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" indent="-342900">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="0066A1"/>
               </a:buClr>
-            </a:pPr>
-[...17 lines deleted...]
-              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buSzPct val="80000"/>
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
-            <a:r>
-[...37 lines deleted...]
-            <a:endParaRPr lang="fr-FR" sz="2000" b="1" dirty="0">
+            <a:endParaRPr lang="fr-FR" dirty="0">
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
-        </p:txBody>
-[...32 lines deleted...]
-              </a:lnSpc>
+          <a:p>
+            <a:pPr marL="114300" lvl="1">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="0066A1"/>
               </a:buClr>
+              <a:buSzPct val="80000"/>
             </a:pPr>
-            <a:r>
-[...76 lines deleted...]
-            <a:endParaRPr lang="fr-FR" sz="2000" b="1" dirty="0">
+            <a:endParaRPr lang="fr-FR" dirty="0">
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1268385370"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2750397753"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" idx="4294967295"/>
+            <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
-          <a:xfrm>
-[...2 lines deleted...]
-          </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="571500" indent="-571500">
-[...2 lines deleted...]
-            </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="4000" b="1" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Introduction rapide à </a:t>
-[...13 lines deleted...]
-            </a:endParaRPr>
+              <a:t>Repérer les ressources pour les brevets</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:cxnSp>
-[...35 lines deleted...]
-      </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="TextBox 3"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="850608" y="2430772"/>
-            <a:ext cx="11160578" cy="954107"/>
+            <a:off x="443244" y="2223775"/>
+            <a:ext cx="11822343" cy="2062103"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buClr>
                 <a:srgbClr val="0066A1"/>
               </a:buClr>
             </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Base brevets INPI</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="360000" lvl="1" indent="-216000">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="E84F1C"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t> https://data.inpi.fr</a:t>
+            </a:r>
             <a:endParaRPr lang="fr-FR" sz="2400" spc="300" dirty="0">
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="360000" lvl="1" indent="-216000">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="E84F1C"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> Base de l’Institut </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>national</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> de la propriété intellectuelle</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buClr>
                 <a:srgbClr val="0066A1"/>
               </a:buClr>
             </a:pPr>
             <a:endParaRPr lang="fr-FR" sz="2000" b="1" dirty="0">
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="Rectangle 6">
+          <p:cNvPr id="7" name="TextBox 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A13A0795-FB4C-4842-AABF-FF9627B0F10B}"/>
-[...43 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D674F7AA-0A99-49F7-85A1-DD661325B900}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CD2F9C9D-FD8C-4E14-9D9B-95CB981EC0E1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="645725" y="3903245"/>
-            <a:ext cx="11059066" cy="1569660"/>
+            <a:off x="443244" y="4285878"/>
+            <a:ext cx="11822343" cy="3170099"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="0066A1"/>
+              </a:buClr>
+            </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" b="1" spc="300" dirty="0" err="1">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
-              </a:rPr>
-[...1 lines deleted...]
-            </a:r>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Espacenet</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> Worldwide</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="360000" lvl="1" indent="-216000">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="E84F1C"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" dirty="0">
+                <a:hlinkClick r:id="rId4"/>
+              </a:rPr>
+              <a:t> https://worldwide.espacenet.com</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" sz="2400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="360000" lvl="1" indent="-216000">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="E84F1C"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> : base de données produite et gérée par la NLM (National Library of </a:t>
-[...6 lines deleted...]
-              <a:t>Medicine</a:t>
+              <a:t> Base de données publique de l’Office </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>européen</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>). </a:t>
-[...44 lines deleted...]
-            </a:r>
+              <a:t> des brevets, couverture mondiale</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="360000" lvl="1" indent="-216000">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="0066A1"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:endParaRPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buClr>
+                <a:srgbClr val="0066A1"/>
+              </a:buClr>
+            </a:pPr>
+            <a:endParaRPr lang="fr-FR" sz="2000" b="1" dirty="0">
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...91 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3011591404"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1268385370"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" idx="4294967295"/>
+            <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
-          <a:xfrm>
-[...2 lines deleted...]
-          </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="4000" b="1" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="fr-FR" sz="4000" b="1" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Interroger</a:t>
-[...5 lines deleted...]
-                </a:solidFill>
+              <a:t>Introduction rapide à </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="4000" b="1" spc="300" dirty="0" err="1">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-            </a:br>
-[...10 lines deleted...]
-            </a:r>
+              <a:t>Pubmed</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" sz="4000" b="1" spc="300" dirty="0">
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:cxnSp>
-[...4 lines deleted...]
-          </p:cNvCxnSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Rectangle 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A13A0795-FB4C-4842-AABF-FF9627B0F10B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
           <p:nvPr/>
-        </p:nvCxnSpPr>
+        </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="939801" y="2563591"/>
-            <a:ext cx="478972" cy="0"/>
+            <a:off x="2646964" y="5669916"/>
+            <a:ext cx="9771726" cy="1200329"/>
           </a:xfrm>
-          <a:prstGeom prst="line">
+          <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:ln w="28575">
-[...3 lines deleted...]
-          </a:ln>
         </p:spPr>
-        <p:style>
-[...13 lines deleted...]
-      </p:cxnSp>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Une base exclusivement anglophone et qui s’interroge donc en anglais et en langage MeSH</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>&gt;Utilisation du </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>thésaurus MeSH </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="TextBox 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D674F7AA-0A99-49F7-85A1-DD661325B900}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="370934" y="3703368"/>
+            <a:ext cx="11059066" cy="1569660"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0" anchor="t">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" b="1" spc="300" dirty="0" err="1">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Medline</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> : base de données produite et gérée par la NLM (National Library of </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0" err="1">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Medicine</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>). </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>PubMed</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> (Public Access to </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0" err="1">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Medline</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>) : interface qui permet de consulter </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0" err="1">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Medline</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Rectangle 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7A8E62DE-3E47-4371-80AE-56A8952B38BF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2265669" y="2106151"/>
+            <a:ext cx="9745517" cy="1200329"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>C’est la base de données de </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" b="1" spc="300" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>référence</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> pour des recherches en médecine et sciences de la santé.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sa consultation est libre et gratuite.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="7" name="Image 6">
+          <p:cNvPr id="10" name="Image 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BBB0F83E-0135-477E-9D6D-3ABFADCE5605}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B94AC94D-2EA7-419F-BA9A-D18B542348B3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3205316" y="2690430"/>
-            <a:ext cx="1671484" cy="3372395"/>
+            <a:off x="9432624" y="992726"/>
+            <a:ext cx="2431908" cy="968459"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:sp>
-[...158 lines deleted...]
-      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3540182984"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3011591404"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" idx="4294967295"/>
+            <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
-          <a:xfrm>
-[...2 lines deleted...]
-          </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="4000" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="202C41"/>
                 </a:solidFill>
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Interroger</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-US" sz="4000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="202C41"/>
@@ -9598,87 +17983,50 @@
               </a:rPr>
               <a:t>Headings</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>) : thésaurus de vocabulaire contrôlé utilisé pour indexer les articles de PubMed</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="fr-FR" sz="1400" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:endParaRPr lang="fr-FR" sz="1400" dirty="0">
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:cxnSp>
-[...35 lines deleted...]
-      </p:cxnSp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="31" name="Groupe 30">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3AE1FF59-A804-4E44-98CD-607168B022E7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="5091754" y="3577604"/>
             <a:ext cx="6807854" cy="1938991"/>
             <a:chOff x="5091754" y="4516397"/>
             <a:chExt cx="6807854" cy="1938991"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:pic>
           <p:nvPicPr>
             <p:cNvPr id="17" name="Image 16">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
@@ -10135,185 +18483,144 @@
 
 <file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" idx="4294967295"/>
+            <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
-          <a:xfrm>
-[...2 lines deleted...]
-          </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="4000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="202C41"/>
                 </a:solidFill>
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Pharmacological Action TERM - </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="4000" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="202C41"/>
                 </a:solidFill>
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>MeSH</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="4000" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="202C41"/>
               </a:solidFill>
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:cxnSp>
-[...35 lines deleted...]
-      </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="19" name="Rectangle 18">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DF3D97A2-4B1B-4731-8FD1-80736FBF42DA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612258" y="4996977"/>
             <a:ext cx="11579742" cy="461665"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Dans ce cas, il faut donc bien ajouter le tag </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" b="1" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>[</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" b="1" spc="300" dirty="0" err="1">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Mesh</a:t>
+              <a:t>mh</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" b="1" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>]</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="Rectangle 12">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8525DD7D-A9C3-4924-B8A5-D53C08042342}"/>
               </a:ext>
@@ -10376,51 +18683,51 @@
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> médicaments et produits chimiques</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Rectangle 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A569F97F-04AA-4122-9F7E-B550D279436F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="612258" y="5732357"/>
-            <a:ext cx="9219127" cy="461665"/>
+            <a:ext cx="8799140" cy="461665"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Exemple : (</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" altLang="fr-FR" sz="2400" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>"</a:t>
             </a:r>
@@ -10442,294 +18749,247 @@
               <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> Agents</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" altLang="fr-FR" sz="2400" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>"</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>[</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0" err="1">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Mesh</a:t>
+              <a:t>mh</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>])</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3174449901"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" idx="4294967295"/>
+            <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
-          <a:xfrm>
-[...2 lines deleted...]
-          </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="fr-FR" sz="4000" b="1" spc="300" dirty="0" err="1">
-[...26 lines deleted...]
-            </a:endParaRPr>
+              <a:rPr lang="en-US" sz="4000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="202C41"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Supplementary Concept</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:cxnSp>
-[...35 lines deleted...]
-      </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="19" name="Rectangle 18">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DF3D97A2-4B1B-4731-8FD1-80736FBF42DA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="850608" y="2862554"/>
-            <a:ext cx="9870258" cy="1200329"/>
+            <a:off x="433129" y="1954694"/>
+            <a:ext cx="11579742" cy="1200329"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>En dehors du thésaurus </a:t>
+              <a:t>Les concepts supplémentaires décrivent des substances qui ne font pas partie du </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0" err="1">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Mesh</a:t>
+              <a:t>MesH</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>, il est également possible de rechercher une série de médicaments d’une même famille en utilisant le tag </a:t>
+              <a:t>. Mais vous pouvez les ajouter à votre requête de recherche en utilisant le tag </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" b="1" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>[</a:t>
-[...6 lines deleted...]
-              <a:t>pa</a:t>
+              <a:t>[nm]</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" b="1" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>]</a:t>
+              <a:t> </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="Rectangle 12">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8525DD7D-A9C3-4924-B8A5-D53C08042342}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="939801" y="4356246"/>
-            <a:ext cx="11579742" cy="1938992"/>
+            <a:off x="586591" y="3702978"/>
+            <a:ext cx="11018818" cy="2215991"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Liste à retrouver ici : </a:t>
-[...2 lines deleted...]
-          <a:p>
+              <a:t>Liste des </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0" err="1">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Supplementary</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> Concepts : </a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:hlinkClick r:id="rId3">
                   <a:extLst>
                     <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
                       <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
                     </a:ext>
                   </a:extLst>
                 </a:hlinkClick>
               </a:rPr>
               <a:t>https://www.ncbi.nlm.nih.gov/mesh/1000082</a:t>
             </a:r>
             <a:endParaRPr lang="fr-FR" sz="2400" spc="300" dirty="0">
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="fr-FR" sz="2400" spc="300" dirty="0">
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
@@ -10737,316 +18997,263 @@
             <a:endParaRPr lang="fr-FR" sz="2400" spc="300" dirty="0">
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Exemple : (</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" altLang="fr-FR" sz="2400" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>"</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0" err="1">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Cardiovascular</a:t>
+              <a:t>ethacizine</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>"</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> Agents</a:t>
-[...28 lines deleted...]
-            </a:r>
+              <a:t>[nm])</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1221363140"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="271046768"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" idx="4294967295"/>
+            <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
-          <a:xfrm>
-[...2 lines deleted...]
-          </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="4000" b="1" dirty="0">
-[...8 lines deleted...]
-            </a:r>
+              <a:rPr lang="fr-FR" sz="4000" b="1" spc="300" dirty="0" err="1">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Pharmacological</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="4000" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> Actions </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="4000" b="1" spc="300" dirty="0" err="1">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Category</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="4000" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="202C41"/>
+              </a:solidFill>
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:cxnSp>
-[...35 lines deleted...]
-      </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="19" name="Rectangle 18">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DF3D97A2-4B1B-4731-8FD1-80736FBF42DA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="433129" y="2862554"/>
-            <a:ext cx="11579742" cy="1200329"/>
+            <a:off x="850608" y="2862554"/>
+            <a:ext cx="9870258" cy="1200329"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Les concepts supplémentaires décrivent des substances qui ne font pas partie du </a:t>
+              <a:t>En dehors du thésaurus </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0" err="1">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>MesH</a:t>
+              <a:t>Mesh</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>. Mais vous pouvez les ajouter à votre requête de recherche en utilisant le tag </a:t>
+              <a:t>, il est également possible de rechercher une série de médicaments d’une même famille en utilisant le tag </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" b="1" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>[nm]</a:t>
-[...6 lines deleted...]
-              <a:t>.</a:t>
+              <a:t>[</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" b="1" spc="300" dirty="0" err="1">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>pa</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" b="1" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>]</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="Rectangle 12">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8525DD7D-A9C3-4924-B8A5-D53C08042342}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="433129" y="4435531"/>
-            <a:ext cx="11018818" cy="2215991"/>
+            <a:off x="939801" y="4356246"/>
+            <a:ext cx="11579742" cy="1938992"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Liste des </a:t>
-[...14 lines deleted...]
-            </a:r>
+              <a:t>Liste à retrouver ici : </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:hlinkClick r:id="rId3">
                   <a:extLst>
                     <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
                       <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
                     </a:ext>
                   </a:extLst>
                 </a:hlinkClick>
               </a:rPr>
               <a:t>https://www.ncbi.nlm.nih.gov/mesh/1000082</a:t>
             </a:r>
             <a:endParaRPr lang="fr-FR" sz="2400" spc="300" dirty="0">
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="fr-FR" sz="2400" spc="300" dirty="0">
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
@@ -11054,215 +19261,229 @@
             <a:endParaRPr lang="fr-FR" sz="2400" spc="300" dirty="0">
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Exemple : (</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" altLang="fr-FR" sz="2400" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>"</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0" err="1">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>ethacizine</a:t>
+              <a:t>Cardiovascular</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> Agents</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" altLang="fr-FR" sz="2400" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>"</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>[</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0" err="1">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Supplementary</a:t>
+              <a:t>pa</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> Concept])</a:t>
-[...3 lines deleted...]
-            <a:endParaRPr lang="fr-FR" dirty="0"/>
+              <a:t>])</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="271046768"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1221363140"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="Espace réservé pour une image  7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1A1C0C36-E7EE-4284-9D30-CF0424757232}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="21535" r="21535"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr/>
+      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6096000" y="340745"/>
             <a:ext cx="5788620" cy="1417032"/>
           </a:xfrm>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" kern="1400" spc="70" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" sz="2400" b="0" kern="1400" spc="70" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Objectif : Recherche documentaire dans le cadre du </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" kern="1400" spc="70" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" sz="2400" b="0" kern="1400" spc="70" dirty="0" err="1">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>projet</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" kern="1400" spc="70" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" sz="2400" b="0" kern="1400" spc="70" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" kern="1400" spc="70" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" sz="2400" b="0" kern="1400" spc="70" dirty="0" err="1">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>médicaments</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" kern="1400" spc="70" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" sz="2400" b="0" kern="1400" spc="70" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> et de la </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" kern="1400" spc="70" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" sz="2400" b="0" kern="1400" spc="70" dirty="0" err="1">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>thèse</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" kern="1400" spc="70" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" sz="2400" b="0" kern="1400" spc="70" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> d’exercice</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="E74610"/>
                 </a:solidFill>
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:br>
               <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="E74610"/>
                 </a:solidFill>
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
@@ -11284,51 +19505,51 @@
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6096000" y="2977496"/>
             <a:ext cx="6017342" cy="3729226"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just">
               <a:lnSpc>
                 <a:spcPct val="200000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" b="1" spc="300" dirty="0">
+              <a:rPr lang="en-US" sz="2400" spc="300" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="202C41"/>
                 </a:solidFill>
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Séance 1</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:lnSpc>
                 <a:spcPct val="200000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="400"/>
               </a:spcAft>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="q"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2000" spc="300" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="202C41"/>
@@ -11494,618 +19715,251 @@
               <a:t>Pubmed</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2000" spc="300" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="202C41"/>
               </a:solidFill>
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="400"/>
               </a:spcAft>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="1500" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="202C41"/>
               </a:solidFill>
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
-          </a:p>
-[...111 lines deleted...]
-            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="24" name="Straight Connector 23"/>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4071257" y="1415144"/>
             <a:ext cx="478972" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="28575">
             <a:solidFill>
               <a:srgbClr val="E74610"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
-      <p:pic>
-[...29 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3807121981"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...199 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" idx="4294967295"/>
+            <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
-          <a:xfrm>
-[...2 lines deleted...]
-          </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="4000" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="202C41"/>
                 </a:solidFill>
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>En</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="4000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="202C41"/>
                 </a:solidFill>
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> résumé</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:cxnSp>
-[...35 lines deleted...]
-      </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Rectangle 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{22BA02F3-D260-419C-BE71-2579BD455D83}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="752255" y="3007889"/>
-            <a:ext cx="10941490" cy="3046988"/>
+            <a:off x="846865" y="2296466"/>
+            <a:ext cx="10498270" cy="3046988"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1">
               <a:lumMod val="95000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Il existe donc des substances inscrites dans le </a:t>
+              <a:t>Il existe donc des substances inscrites comme descripteurs </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" b="1" spc="300" dirty="0" err="1">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Mesh</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" b="1" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>[MeSH]</a:t>
+              <a:t>[</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" b="1" spc="300" dirty="0" err="1">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>mh</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>]</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>,</a:t>
-[...8 lines deleted...]
-              <a:t>mais aussi des substances inscrites comme des </a:t>
+              <a:t>, mais aussi des substances inscrites comme </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" b="1" spc="300" dirty="0" err="1">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Supplementary</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" b="1" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> Concept [nm] </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>et enfin des listes de médicaments d’une même famille : </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" b="1" spc="300" dirty="0" err="1">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
@@ -12195,1537 +20049,3974 @@
 
 <file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" idx="4294967295"/>
+            <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
-          <a:xfrm>
-[...2 lines deleted...]
-          </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="4000" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="202C41"/>
                 </a:solidFill>
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>L’équation</a:t>
-[...1 lines deleted...]
-            <a:r>
+              <a:t>Interroger</a:t>
+            </a:r>
+            <a:br>
               <a:rPr lang="en-US" sz="4000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="202C41"/>
                 </a:solidFill>
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> de recherche et de </a:t>
-[...11 lines deleted...]
-            </a:r>
+            </a:br>
             <a:r>
               <a:rPr lang="en-US" sz="4000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="202C41"/>
                 </a:solidFill>
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> des ateliers à la BUMP</a:t>
+              <a:t>PubMed </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:cxnSp>
-[...38 lines deleted...]
-          <p:cNvPr id="8" name="Rectangle 1">
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Image 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DF316C82-95B7-404C-9F40-650BBCC996AF}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BBB0F83E-0135-477E-9D6D-3ABFADCE5605}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr>
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
           <p:nvPr/>
-        </p:nvSpPr>
-        <p:spPr bwMode="auto">
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
           <a:xfrm>
-            <a:off x="157316" y="3135975"/>
-            <a:ext cx="11877367" cy="2033870"/>
+            <a:off x="3205316" y="2690430"/>
+            <a:ext cx="1671484" cy="3372395"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="TextBox 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F096257D-8E82-4E62-B6F3-948B340C703B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5341083" y="2854497"/>
+            <a:ext cx="6712053" cy="830997"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln w="12700">
-[...3 lines deleted...]
-          <a:extLst/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="63480" numCol="1" anchor="ctr" anchorCtr="0" compatLnSpc="1">
-[...2 lines deleted...]
-            </a:prstTxWarp>
+          <a:bodyPr wrap="square" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr eaLnBrk="0" fontAlgn="base" hangingPunct="0">
-[...396 lines deleted...]
-            </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>"</a:t>
-[...10 lines deleted...]
-            </a:r>
+              <a:t>AND (ET) :  est utile pour restreindre une recherche. </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="TextBox 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{577EE698-D465-4942-8E37-75ACCC79AB6F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5341083" y="3924866"/>
+            <a:ext cx="4942248" cy="830997"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0" anchor="t">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>"[</a:t>
-[...7 lines deleted...]
-            </a:r>
+              <a:t>OR (OU) : est utile pour élargir une recherche.</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" sz="1400" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="TextBox 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D5AA11AD-D48C-4C99-8B2F-435D89E69764}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5341083" y="4995235"/>
+            <a:ext cx="5762715" cy="1200329"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0" anchor="t">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>] </a:t>
-[...6 lines deleted...]
-              <a:t>OR</a:t>
+              <a:t>NOT (SAUF) : est utile pour restreindre spécifiquement une recherche. </a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" sz="1400" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Rectangle 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{12A3407A-DEB0-4926-BCDA-7C45A323C780}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5341083" y="1960627"/>
+            <a:ext cx="5779146" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Les opérateurs booléens </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> "</a:t>
-[...111 lines deleted...]
-            </a:endParaRPr>
+              <a:t>: </a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2658675188"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3540182984"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" idx="4294967295"/>
+            <p:ph type="title"/>
           </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="202C41"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>L’équation</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="202C41"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> de recherche et de </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="202C41"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>l’intérêt</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="202C41"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> des ateliers à la BUMP</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Rectangle 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DF316C82-95B7-404C-9F40-650BBCC996AF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="477403" y="2698818"/>
+            <a:ext cx="11421771" cy="2464757"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="12700">
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="63480" numCol="1" anchor="ctr" anchorCtr="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>("</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Misoprostol</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>"[</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2400" spc="300" dirty="0" err="1">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>mh</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2400" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>misoprostol </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2400" spc="300" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>acid</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>"[</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>nm</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2400" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>misoprostol</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>"[</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2400" spc="300" dirty="0" err="1">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>tiab</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2400" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2400" spc="300" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>cytotec</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>"[</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2400" spc="300" dirty="0" err="1">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>tiab</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2400" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2400" spc="300" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>glefo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2400" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>*</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>"[</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2400" spc="300" dirty="0" err="1">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>tiab</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2400" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>sc30249</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>"[</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2400" spc="300" dirty="0" err="1">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>tiab</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2400" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>sc29333</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>"[</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2400" spc="300" dirty="0" err="1">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>tiab</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2400" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>sc29333</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>"[</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2400" spc="300" dirty="0" err="1">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>tiab</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>]) </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="3200" b="1" spc="300" dirty="0">
+                <a:highlight>
+                  <a:srgbClr val="FFFF00"/>
+                </a:highlight>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>AND</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>(</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>"</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ulcer</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>"[</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0" err="1">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>mh</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2400" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ulcer</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" b="1" spc="300" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>*</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>"[</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0" err="1">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>tiab</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>]</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2400" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ulcus</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>"[</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0" err="1">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>tiab</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>]</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" altLang="fr-FR" sz="2400" spc="300" dirty="0">
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Rectangle 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{433FD9F5-10DB-484F-93EF-6F02E934E0D9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="850608" y="772732"/>
-            <a:ext cx="9568010" cy="1493951"/>
+            <a:off x="4658089" y="5793700"/>
+            <a:ext cx="7241085" cy="646331"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr>
-[...77 lines deleted...]
-          <a:bodyPr wrap="square" rtlCol="0" anchor="t">
+          <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
-[...60 lines deleted...]
-                <a:hlinkClick r:id="rId3">
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3600" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId3" tooltip="inscription ici">
                   <a:extLst>
                     <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
                       <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
                     </a:ext>
                   </a:extLst>
                 </a:hlinkClick>
               </a:rPr>
-              <a:t>SciFinder</a:t>
-[...37 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="2400" spc="300" dirty="0">
+              <a:t>Inscription aux ateliers ici</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" sz="3600" spc="300" dirty="0">
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
-          <a:p>
-[...55 lines deleted...]
-          </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2344226349"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2658675188"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Rectangle 5">
+          <p:cNvPr id="3" name="Rectangle 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D9AE3F32-FB51-48A2-86CE-A10C91350A82}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0C76815F-FF44-4191-90B7-54AB0EE0E5E4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7106478" y="1411357"/>
-            <a:ext cx="3806687" cy="3836504"/>
+            <a:off x="396924" y="638629"/>
+            <a:ext cx="11112590" cy="5757217"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:solidFill>
-[...4 lines deleted...]
-          </a:ln>
         </p:spPr>
-        <p:style>
-[...14 lines deleted...]
-        </p:style>
         <p:txBody>
-          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="fr-FR"/>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>("</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Organ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> transplantation</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>"[</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>mh</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>organ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> transplant</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>*</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>"[TIAB] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>transplantations </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>organ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>"[TIAB] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>transplantation </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>organ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>"[TIAB] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>anatomical</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> gift</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>"[TIAB] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>organ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>grafting</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>*</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>"[TIAB] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>grafting</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>organ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>"[TIAB] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>transplanted</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>organ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>"[TIAB] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>organ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> acquisition</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>"[TIAB] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>organ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> donation </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>procedure</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>"[TIAB] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>organ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> donation</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>"[TIAB] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>human</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>organ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> transplantation</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>"[TIAB] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>structure of transplant</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>"[TIAB] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>transplanted</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> tissue</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>"[TIAB])</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" b="1" dirty="0">
+                <a:highlight>
+                  <a:srgbClr val="FFFF00"/>
+                </a:highlight>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>AND</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" sz="2000" dirty="0">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>("</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Cyclosporins</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>"[</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>mh</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>cyclosporin</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> G</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>" [nm] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>cyclosporin</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> A, 4-(2-butenyl)-4,4,N-trimethylthreonine(1)-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>" [nm] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>cyclosporin</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, serine(8)-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>" [nm] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>cyclosporin</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> A, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>MeAla</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>(6)-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>" [nm] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>8-(N-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>methylalanine</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>cyclosporin</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> A</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>" [nm] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>cyclosporin</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> 29</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>" [nm] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>cyclosporin</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> C</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>" [nm] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>cyclosporin</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> A, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>MeAla</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>(3)-Phe(7)-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Ser</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>(8)-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>"[nm] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>11-methylleucine </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>cyclosporin</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> A</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>" [nm] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>cyclosporin</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> H</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>"[nm] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>cyclosporin</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> A </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>synthetase</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>" [nm] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>cyclosporin</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> A </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>analog</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> B-5-49</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>" [nm] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>F-7-62 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>cyclosporin</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>" [nm] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>H-7-94 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>cyclosporin</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>" [nm] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>cyclosporin</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> O</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>" [nm] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>N-methyl-valyl-4-cyclosporin A</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>" [nm] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>(5-hydroxynorvaline)-2-cyclosporin</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>" [nm] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>tricyclic</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>cyclosporin</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> A</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>" [nm] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>cyclosporin</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> F</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>" [nm] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>cyclosporin</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> D</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>" [nm] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>cyclosporin</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>-like substance</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>" [nm] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>cyclosporin</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>*</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>" [</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>tiab</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>])</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" b="1" dirty="0">
+                <a:highlight>
+                  <a:srgbClr val="FFFF00"/>
+                </a:highlight>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>AND</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>systematicreview</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>[</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Filter</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>]) </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" b="1" dirty="0">
+                <a:highlight>
+                  <a:srgbClr val="FFFF00"/>
+                </a:highlight>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>AND</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>2020:2026</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>[</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>pdat</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>])</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" sz="2000" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Titre 1">
+          <p:cNvPr id="7" name="Rectangle 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{63BE9FEF-E628-E54E-A88C-C7B7C2F89AD8}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{433CBB81-07EE-4BAF-AE77-DDE66EABEE63}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr>
-[...4 lines deleted...]
-          </p:nvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1369274" y="2374900"/>
-[...49 lines deleted...]
-            <a:ext cx="3810000" cy="3810000"/>
+            <a:off x="4167144" y="6072680"/>
+            <a:ext cx="7241085" cy="646331"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:ln>
-[...1 lines deleted...]
-          </a:ln>
         </p:spPr>
-      </p:pic>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3600" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId3" tooltip="inscription ici">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>Inscription aux ateliers ici</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" sz="3600" spc="300" dirty="0">
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4094758831"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3004182935"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" idx="4294967295"/>
+            <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
-          <a:xfrm>
-[...2 lines deleted...]
-          </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
+              <a:rPr lang="fr-FR" sz="4000" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Introduction à la séance 2</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="4000" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="202C41"/>
+              </a:solidFill>
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="TextBox 3"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="850608" y="1923876"/>
+            <a:ext cx="11160578" cy="3170099"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0" anchor="t">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="0066A1"/>
+              </a:buClr>
+            </a:pPr>
+            <a:endParaRPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="0066A1"/>
+              </a:buClr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Les bases de données spécifiques :</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="0066A1"/>
+              </a:buClr>
+            </a:pPr>
+            <a:endParaRPr lang="fr-FR" sz="2400" b="1" spc="300" dirty="0">
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="360000" lvl="1" indent="-216000">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="0066A1"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0" err="1">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId3">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>SciFinder</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId3">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>ⁿ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="360000" lvl="1" indent="-216000">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="0066A1"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" spc="300" dirty="0" err="1">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId4"/>
+              </a:rPr>
+              <a:t>OpenAlex</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2400" spc="300" dirty="0">
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buClr>
+                <a:srgbClr val="0066A1"/>
+              </a:buClr>
+            </a:pPr>
+            <a:endParaRPr lang="fr-FR" sz="2000" b="1" dirty="0">
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2344226349"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titre 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{63BE9FEF-E628-E54E-A88C-C7B7C2F89AD8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="4400" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Des questions ?</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Image 4" descr="Pusheen - Choqué">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{57248A29-0FE7-42D4-A75E-648E593590A4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:duotone>
+              <a:schemeClr val="accent1">
+                <a:shade val="45000"/>
+                <a:satMod val="135000"/>
+              </a:schemeClr>
+              <a:prstClr val="white"/>
+            </a:duotone>
+            <a:extLst>
+              <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
+                <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                  <a14:imgLayer r:embed="rId4">
+                    <a14:imgEffect>
+                      <a14:brightnessContrast bright="40000" contrast="40000"/>
+                    </a14:imgEffect>
+                  </a14:imgLayer>
+                </a14:imgProps>
+              </a:ext>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7248718" y="527366"/>
+            <a:ext cx="3810000" cy="3810000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4094758831"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
               <a:rPr lang="en-US" sz="3600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>DATES DE LA SÉANCE 2 :</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="4000" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="C00000"/>
               </a:solidFill>
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="TextBox 2"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3348438" y="1890117"/>
+            <a:off x="2474232" y="1799682"/>
             <a:ext cx="5495124" cy="3077766"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" u="sng" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Groupe 1 :</a:t>
+              <a:t>Groupe 1</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> :</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="pt-BR" sz="2400" spc="300" dirty="0"/>
-              <a:t>19/03 de 08h00 à 09h30</a:t>
+              <a:t>05/03 de 09h00 à 10h30</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
             </a:pPr>
             <a:endParaRPr lang="fr-FR" sz="2400" spc="300" dirty="0">
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" u="sng" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Groupe 2 : </a:t>
+              <a:t>Groupe 2</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> : </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="pt-BR" sz="2400" spc="300" dirty="0"/>
-              <a:t>19/03 de 09h30 à 11h00</a:t>
+              <a:t>05/03 de 10h30 à 12h00</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" sz="1400" i="1" dirty="0">
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:cxnSp>
-[...35 lines deleted...]
-      </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="TextBox 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1D53B012-850A-45AD-AF71-F1F4815C9B2E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3246426" y="4643643"/>
+            <a:off x="3298197" y="5041234"/>
             <a:ext cx="4525974" cy="1125629"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buClr>
                 <a:srgbClr val="0066A1"/>
               </a:buClr>
             </a:pPr>
             <a:endParaRPr lang="fr-FR" sz="2400" spc="300" dirty="0">
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buClr>
                 <a:srgbClr val="0066A1"/>
               </a:buClr>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" b="1" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Au même endroit ^^</a:t>
+              <a:t>Au même endroit !</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Image 6" descr="Pusheen - Coup de pied">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D4AC54D9-4011-4BE6-A785-1CEF57934073}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8650358" y="4018120"/>
+            <a:off x="8360229" y="3983672"/>
             <a:ext cx="2749826" cy="2749826"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Bulle narrative : ronde 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E03455D2-54BE-034A-1C93-1E74B2FED2DB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8360229" y="2110154"/>
+            <a:ext cx="2749826" cy="1637881"/>
+          </a:xfrm>
+          <a:prstGeom prst="wedgeEllipseCallout">
+            <a:avLst>
+              <a:gd name="adj1" fmla="val -9505"/>
+              <a:gd name="adj2" fmla="val 72930"/>
+            </a:avLst>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>C’est demain !!</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2221187805"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -13753,142 +24044,137 @@
             <a:br>
               <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:br>
               <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>A bientôt !</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Espace réservé pour une image  6"/>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="17394" r="17394"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr/>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Espace réservé pour une image  8"/>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="14"/>
+          </p:nvPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="16949" r="16949"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr/>
+      </p:pic>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="5" name="Straight Connector 4"/>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5728602" y="2753219"/>
             <a:ext cx="734787" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="28575">
             <a:solidFill>
               <a:srgbClr val="E74610"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
-      <p:pic>
-[...53 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="TextBox 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7B0AD93A-25E3-446A-8F71-8C388DB3FB9A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3364364" y="3429000"/>
             <a:ext cx="5472113" cy="1322734"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0" anchor="t">
             <a:spAutoFit/>
@@ -13948,51 +24234,51 @@
                 <a:hlinkClick r:id="rId6"/>
               </a:rPr>
               <a:t>bapso-rensbump@univ-grenoble-alpes.fr</a:t>
             </a:r>
             <a:endParaRPr lang="fr-FR" sz="2000" dirty="0">
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> 04-76-63-74-70</a:t>
+              <a:t> 04 76 63 74 70</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="11" name="Image 10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA37E06A-6BD4-4C82-8736-DBEAFDDF3ACA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
@@ -14160,853 +24446,1074 @@
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" idx="4294967295"/>
+            <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
-          <a:xfrm>
-[...2 lines deleted...]
-          </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="571500" indent="-571500">
-[...2 lines deleted...]
-            </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="4000" b="1" spc="300" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="202C41"/>
                 </a:solidFill>
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Trouver des documents</a:t>
+              <a:t>  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" b="1" spc="300" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="202C41"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Trouver</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" b="1" spc="300" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="202C41"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> des documents</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:cxnSp>
-[...4 lines deleted...]
-          </p:cNvCxnSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="TextBox 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4D1057E1-7DBD-5189-2D00-DB89FD3690D1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
-        </p:nvCxnSpPr>
+        </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="959680" y="1704609"/>
-[...35 lines deleted...]
-            <a:ext cx="10698940" cy="3083280"/>
+            <a:off x="457200" y="1921791"/>
+            <a:ext cx="11496675" cy="4191276"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="just">
-[...24 lines deleted...]
-          <a:p>
             <a:pPr marL="742950" lvl="1" indent="-285750" algn="just">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buClr>
                 <a:srgbClr val="E74610"/>
               </a:buClr>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>En lien avec le </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" b="1" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>projet médicaments</a:t>
             </a:r>
-          </a:p>
-[...1 lines deleted...]
-            <a:pPr marL="742950" lvl="1" indent="-285750" algn="just">
+            <a:endParaRPr lang="fr-FR" spc="300" dirty="0">
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
-              <a:buClr>
-[...3 lines deleted...]
-              <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
-[...13 lines deleted...]
-            <a:pPr lvl="1" algn="just">
+              </a:rPr>
+              <a:t>	</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" u="sng" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>substance active / forme galénique</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
-              <a:buClr>
-[...1 lines deleted...]
-              </a:buClr>
             </a:pPr>
+            <a:endParaRPr lang="fr-FR" u="sng" spc="300" dirty="0">
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>- </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" spc="300" dirty="0" err="1">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>phloroglucinol</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> (lyophilisat oral)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>- ibuprofène (gel pour application cutanée)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>- paracétamol (solution buvable)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>- métronidazole (émulsion pour application cutanée)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>- insuline </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" spc="300" dirty="0" err="1">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>lispro</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> (solution injectable)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>- interféron bêta-1b recombinant (poudre et solvant solution injectable)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>- </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" spc="300" dirty="0" err="1">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>blinatumomab</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> (poudre pour solution à diluer et solution pour perfusion)</a:t>
+            </a:r>
             <a:endParaRPr lang="fr-FR" b="1" spc="300" dirty="0">
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
-          <a:p>
-[...81 lines deleted...]
-          </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2457257653"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2055276610"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" idx="4294967295"/>
+            <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
-          <a:xfrm>
-[...2 lines deleted...]
-          </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="4000" b="1" dirty="0">
+              <a:rPr lang="en-US" sz="4000" b="1" spc="300" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="202C41"/>
                 </a:solidFill>
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>SUDOC</a:t>
+              <a:t>  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" b="1" spc="300" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="202C41"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Trouver</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" b="1" spc="300" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="202C41"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> des documents</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:cxnSp>
-[...35 lines deleted...]
-      </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="TextBox 3"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="622678" y="2134559"/>
-            <a:ext cx="10023869" cy="4493538"/>
+            <a:off x="746529" y="2127461"/>
+            <a:ext cx="10698940" cy="4191276"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="1" algn="just">
+            <a:pPr marL="742950" lvl="1" indent="-285750" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
               <a:buClr>
-                <a:srgbClr val="0066A1"/>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Mais aussi en lien avec la </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>thèse d’exercice :</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
               </a:buClr>
             </a:pPr>
-            <a:r>
-[...58 lines deleted...]
-            <a:endParaRPr lang="fr-FR" sz="1200" dirty="0">
+            <a:endParaRPr lang="fr-FR" b="1" spc="300" dirty="0">
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="0" lvl="1" algn="just">
+            <a:pPr lvl="1" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
               <a:buClr>
-                <a:srgbClr val="0066A1"/>
+                <a:srgbClr val="E74610"/>
               </a:buClr>
             </a:pPr>
-            <a:endParaRPr lang="fr-FR" sz="1600" dirty="0">
+            <a:endParaRPr lang="fr-FR" b="1" spc="300" dirty="0">
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="0" lvl="1">
+            <a:pPr lvl="1" algn="just">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buClr>
-                <a:srgbClr val="0066A1"/>
+                <a:srgbClr val="E74610"/>
               </a:buClr>
             </a:pPr>
-            <a:r>
-[...17 lines deleted...]
-            <a:pPr marL="0" lvl="1">
+            <a:endParaRPr lang="fr-FR" b="1" spc="300" dirty="0">
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" algn="just">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buClr>
-                <a:srgbClr val="0066A1"/>
+                <a:srgbClr val="E74610"/>
               </a:buClr>
             </a:pPr>
-            <a:endParaRPr lang="fr-FR" sz="1600" b="1" spc="300" dirty="0">
+            <a:endParaRPr lang="fr-FR" b="1" spc="300" dirty="0">
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="285750" lvl="1" indent="-285750">
+            <a:pPr lvl="1" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+            </a:pPr>
+            <a:endParaRPr lang="fr-FR" b="1" spc="300" dirty="0">
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+            </a:pPr>
+            <a:endParaRPr lang="fr-FR" b="1" spc="300" dirty="0">
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+            </a:pPr>
+            <a:endParaRPr lang="fr-FR" b="1" spc="300" dirty="0">
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="742950" lvl="1" indent="-285750" algn="just">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buClr>
                 <a:srgbClr val="E74610"/>
               </a:buClr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
-              <a:buChar char="Ø"/>
+              <a:buChar char="v"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="fr-FR" sz="1600" spc="300" dirty="0">
+              <a:rPr lang="fr-FR" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Documents disponibles dans d’autres universités</a:t>
-[...98 lines deleted...]
-            </a:endParaRPr>
+              <a:t>Organiser sa recherche : prévoir du temps, préparer ses accès aux outils bibliographiques (type Zotero)</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...2 lines deleted...]
-            <a:hlinkClick r:id="rId3"/>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Rectangle 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{108AF413-12C1-4837-B38A-BBE7B7E8F1D3}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4617CB14-DB30-48DA-8821-A013FD6AD937}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvPicPr>
-[...1 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvSpPr/>
           <p:nvPr/>
-        </p:nvPicPr>
-[...5 lines deleted...]
-        </p:blipFill>
+        </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8292268" y="2002606"/>
-            <a:ext cx="2043244" cy="1502773"/>
+            <a:off x="3659739" y="3167390"/>
+            <a:ext cx="4872521" cy="523220"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
-      </p:pic>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>Document de présentation</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" sz="2800" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2710504091"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2457257653"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" idx="4294967295"/>
+            <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="850608" y="1064300"/>
-            <a:ext cx="9568010" cy="1792655"/>
+            <a:off x="971121" y="382385"/>
+            <a:ext cx="10178322" cy="1492132"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="4000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="202C41"/>
                 </a:solidFill>
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>  SUDOC</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="TextBox 3"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="622678" y="2134559"/>
+            <a:ext cx="10023869" cy="4124206"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0" anchor="t">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="1" algn="just">
+              <a:buClr>
+                <a:srgbClr val="0066A1"/>
+              </a:buClr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" b="1" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>S</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>ystème </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" b="1" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>U</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>niversitaire de </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" b="1" dirty="0" err="1">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>DOC</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" dirty="0" err="1">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>umentation</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" sz="2400" dirty="0">
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="1" algn="just">
+              <a:buClr>
+                <a:srgbClr val="0066A1"/>
+              </a:buClr>
+            </a:pPr>
+            <a:endParaRPr lang="fr-FR" sz="1200" dirty="0">
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="1" algn="just">
+              <a:buClr>
+                <a:srgbClr val="0066A1"/>
+              </a:buClr>
+            </a:pPr>
+            <a:endParaRPr lang="fr-FR" sz="1600" dirty="0">
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="0066A1"/>
+              </a:buClr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1600" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Utile pour </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1600" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>élargir ses recherches.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="0066A1"/>
+              </a:buClr>
+            </a:pPr>
+            <a:endParaRPr lang="fr-FR" sz="1600" b="1" spc="300" dirty="0">
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" lvl="1" indent="-285750">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1600" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Documents disponibles dans d’autres universités</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" lvl="1" indent="-285750">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1600" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Thèses soutenues dans les universités françaises (lien vers le PDF si disponible) + DUMAS</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" lvl="1" indent="-285750">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1600" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Utile pour repérer un potentiel directeur de thèse</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" lvl="1" indent="-285750">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1600" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>En lien avec le service du </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1600" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId4"/>
+              </a:rPr>
+              <a:t>PEB (Prêt de documents entre bibliothèques)</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" sz="1600" spc="300" dirty="0">
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Image 6">
+            <a:hlinkClick r:id="rId3"/>
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{108AF413-12C1-4837-B38A-BBE7B7E8F1D3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8031011" y="611633"/>
+            <a:ext cx="3434158" cy="2525768"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2710504091"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="202C41"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:hlinkClick r:id="rId3"/>
               </a:rPr>
               <a:t>Beluga</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="4000" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="202C41"/>
               </a:solidFill>
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:cxnSp>
-[...35 lines deleted...]
-      </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="TextBox 3"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="487955" y="2366049"/>
-            <a:ext cx="11216090" cy="3462486"/>
+            <a:ext cx="11216090" cy="3093154"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" sz="2000" dirty="0">
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buClr>
                 <a:srgbClr val="E74610"/>
@@ -15039,51 +25546,59 @@
               </a:buClr>
             </a:pPr>
             <a:endParaRPr lang="fr-FR" spc="300" dirty="0">
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="742950" lvl="1" indent="-285750">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buClr>
                 <a:srgbClr val="E74610"/>
               </a:buClr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="1600" b="1" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>S’identifier impérativement pour bénéficier des abonnements souscrits</a:t>
+              <a:t>S’identifier </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1600" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>impérativement pour bénéficier des abonnements souscrits</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1">
               <a:buClr>
                 <a:srgbClr val="E74610"/>
               </a:buClr>
             </a:pPr>
             <a:endParaRPr lang="fr-FR" sz="1600" dirty="0">
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="Image 5">
             <a:hlinkClick r:id="rId3"/>
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7796EBEF-D6C2-43B5-8643-69CEF1B9D737}"/>
               </a:ext>
             </a:extLst>
@@ -15100,51 +25615,51 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7737987" y="244461"/>
             <a:ext cx="2891080" cy="1716166"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2764634923"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="15" name="Image 14">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A16F4F22-2A3F-4CE8-9773-3EAB091A6126}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -15164,136 +25679,99 @@
           <a:srcRect l="6199" t="7742" r="6603" b="7384"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="6852498" y="37702"/>
             <a:ext cx="4926548" cy="6782596"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="877705" y="666316"/>
-            <a:ext cx="5503430" cy="1053659"/>
+            <a:off x="880795" y="603091"/>
+            <a:ext cx="5503863" cy="1052513"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="4000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="202C41"/>
                 </a:solidFill>
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Les documents </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="4000" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="202C41"/>
                 </a:solidFill>
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>imprimés</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="4000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="202C41"/>
                 </a:solidFill>
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> à la BUMP</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:cxnSp>
-[...35 lines deleted...]
-      </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Rectangle 13">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BFA6A458-AF66-46BE-9B2A-F7A921217877}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="412954" y="2579283"/>
             <a:ext cx="7570839" cy="3857594"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
@@ -15551,749 +26029,663 @@
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="20354953"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
-[...581 lines deleted...]
-
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" idx="4294967295"/>
+            <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
-          <a:xfrm>
-[...2 lines deleted...]
-          </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="571500" indent="-571500">
-[...2 lines deleted...]
-            </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="4000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="202C41"/>
                 </a:solidFill>
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Les bases de </a:t>
+              <a:t>Les documents </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="4000" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="202C41"/>
                 </a:solidFill>
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>données</a:t>
+              <a:t>imprimés</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="202C41"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> à la BUMP</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Rectangle 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BFA6A458-AF66-46BE-9B2A-F7A921217877}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="973394" y="2477006"/>
+            <a:ext cx="11218606" cy="3475952"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>-&gt; </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Exemple de revues papier avec abonnements en cours</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>(salle ‘Coté jardin’) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:br>
+              <a:rPr lang="fr-FR" sz="1400" spc="300" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>     </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>→ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" spc="300" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>L</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" spc="300" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId3">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>e Moniteur des pharmacies</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" spc="300" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>	</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> →</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" spc="300" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" u="sng" spc="300" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Quotidien du pharmacien</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="fr-FR" sz="1050" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1050" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>     	Salle </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1050" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Côté Jardin cote PB210		</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1050" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Espace presse</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="fr-FR" sz="1050" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:br>
+              <a:rPr lang="fr-FR" sz="1050" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1050" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>       </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>→ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" spc="300" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>L</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" spc="300" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId4">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>a lettre du pharmacologue</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" spc="300" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>	</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> → </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" u="sng" spc="300" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Pharma</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="fr-FR" sz="1400" spc="300" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" spc="300" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>	</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1050" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Salle </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1050" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Côté Jardin cote PA722		</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1050" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Salle </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1050" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Côté Jardin cote PB 400</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="fr-FR" sz="1050" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:br>
+              <a:rPr lang="fr-FR" sz="1050" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>        → </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" spc="300" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId5">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>Pharmaceutiques</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" spc="300" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>		</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> → </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" u="sng" spc="300" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Le Pharmacien de France</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="fr-FR" sz="1050" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1050" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>	</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1050" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Salle </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1050" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Côté Jardin cote PA774		</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1050" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Salle </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1050" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Côté Jardin cote PB 151</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1604042067"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="202C41"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Les bases de </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="202C41"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>donnéEs</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="4000" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="202C41"/>
               </a:solidFill>
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:cxnSp>
-[...35 lines deleted...]
-      </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="TextBox 3"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="757084" y="2271252"/>
             <a:ext cx="11278303" cy="2123658"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:buClr>
                 <a:srgbClr val="E74610"/>
@@ -16532,582 +26924,305 @@
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="409574509"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
-[...334 lines deleted...]
-
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Badge">
   <a:themeElements>
-    <a:clrScheme name="Custom 27">
+    <a:clrScheme name="Personnalisé 2">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="3A3A3C"/>
+        <a:srgbClr val="2A1A00"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EFEFF1"/>
+        <a:srgbClr val="F3F3F2"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="B68D44"/>
+        <a:srgbClr val="FFE401"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="8E7A3F"/>
+        <a:srgbClr val="F15A22"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="3A3A3C"/>
+        <a:srgbClr val="232D47"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="EFEFF1"/>
+        <a:srgbClr val="8CAA7E"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="F7E3D8"/>
+        <a:srgbClr val="D36F68"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="D3C6B0"/>
+        <a:srgbClr val="826276"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="9E9292"/>
+        <a:srgbClr val="46B2B5"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="353334"/>
+        <a:srgbClr val="A46694"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Custom 2">
+    <a:fontScheme name="Badge">
       <a:majorFont>
-        <a:latin typeface="Montserrat"/>
+        <a:latin typeface="Impact" panose="020B0806030902050204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="メイリオ"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Lato"/>
+        <a:latin typeface="Gill Sans MT" panose="020B0502020104020203"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
+        <a:font script="Grek" typeface="Corbel"/>
+        <a:font script="Cyrl" typeface="Corbel"/>
+        <a:font script="Jpan" typeface="メイリオ"/>
+        <a:font script="Hang" typeface="휴먼매직체"/>
+        <a:font script="Hans" typeface="华文中宋"/>
+        <a:font script="Hant" typeface="微軟正黑體"/>
+        <a:font script="Arab" typeface="Majalla UI"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Tahoma"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Badge">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
+                <a:tint val="67000"/>
+                <a:satMod val="105000"/>
                 <a:lumMod val="110000"/>
-                <a:satMod val="105000"/>
-                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
+                <a:tint val="73000"/>
+                <a:satMod val="103000"/>
                 <a:lumMod val="105000"/>
-                <a:satMod val="103000"/>
-                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
+                <a:tint val="81000"/>
+                <a:satMod val="109000"/>
                 <a:lumMod val="105000"/>
-                <a:satMod val="109000"/>
-                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
+                <a:tint val="94000"/>
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
-                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
+                <a:shade val="100000"/>
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
-                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
+                <a:shade val="78000"/>
+                <a:satMod val="120000"/>
                 <a:lumMod val="99000"/>
-                <a:satMod val="120000"/>
-                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="in">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="in">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="50800" cap="flat" cmpd="sng" algn="in">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="38100" dist="25400" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="25000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr">
             <a:tint val="95000"/>
             <a:satMod val="170000"/>
           </a:schemeClr>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="93000"/>
+                <a:shade val="98000"/>
                 <a:satMod val="150000"/>
-                <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
+                <a:shade val="90000"/>
                 <a:satMod val="130000"/>
-                <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office_61208758_TF55916208_Win32" id="{9B0B24B4-0351-44EC-960D-AC98969A71D2}" vid="{583C5D19-B2E3-4472-9E5B-1360B9A6AE82}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
@@ -17661,113 +27776,115 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Office Theme</Template>
+  <Template/>
   <TotalTime></TotalTime>
-  <Words>1385</Words>
+  <Words>1781</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Grand écran</PresentationFormat>
-  <Paragraphs>253</Paragraphs>
-[...1 lines deleted...]
-  <Notes>25</Notes>
+  <Paragraphs>275</Paragraphs>
+  <Slides>27</Slides>
+  <Notes>27</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Polices utilisées</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>7</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Thème</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titres des diapositives</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>25</vt:i4>
+        <vt:i4>27</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="33" baseType="lpstr">
+    <vt:vector size="35" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
-      <vt:lpstr>Lato</vt:lpstr>
+      <vt:lpstr>Gill Sans MT</vt:lpstr>
       <vt:lpstr>Montserrat</vt:lpstr>
       <vt:lpstr>Symbol</vt:lpstr>
       <vt:lpstr>Verdana</vt:lpstr>
       <vt:lpstr>Wingdings</vt:lpstr>
-      <vt:lpstr>Office Theme</vt:lpstr>
-      <vt:lpstr>Présentation PowerPoint</vt:lpstr>
+      <vt:lpstr>Badge</vt:lpstr>
+      <vt:lpstr>Formation à la recherche documentaire</vt:lpstr>
       <vt:lpstr>Objectif : Recherche documentaire dans le cadre du projet médicaments et de la thèse d’exercice  </vt:lpstr>
-      <vt:lpstr>Trouver des documents</vt:lpstr>
-      <vt:lpstr>SUDOC</vt:lpstr>
+      <vt:lpstr>  Trouver des documents</vt:lpstr>
+      <vt:lpstr>  Trouver des documents</vt:lpstr>
+      <vt:lpstr>  SUDOC</vt:lpstr>
       <vt:lpstr>Beluga</vt:lpstr>
       <vt:lpstr>Les documents imprimés à la BUMP</vt:lpstr>
       <vt:lpstr>Les documents imprimés à la BUMP</vt:lpstr>
-      <vt:lpstr>Les bases de données</vt:lpstr>
+      <vt:lpstr>Les bases de donnéEs</vt:lpstr>
       <vt:lpstr>Les bases professionnelles</vt:lpstr>
       <vt:lpstr>Techniques de l’ingénieur</vt:lpstr>
       <vt:lpstr>Pharmacopée européenne</vt:lpstr>
       <vt:lpstr>eVidal et Thériaque</vt:lpstr>
       <vt:lpstr>Repérer les ressources pour les brevets</vt:lpstr>
       <vt:lpstr>Introduction rapide à Pubmed</vt:lpstr>
       <vt:lpstr>Interroger PubMed </vt:lpstr>
+      <vt:lpstr>Pharmacological Action TERM - MeSH</vt:lpstr>
+      <vt:lpstr>Supplementary Concept</vt:lpstr>
+      <vt:lpstr>Pharmacological Actions Category</vt:lpstr>
+      <vt:lpstr>En résumé</vt:lpstr>
       <vt:lpstr>Interroger PubMed </vt:lpstr>
-      <vt:lpstr>Pharmacological Action TERM - MeSH</vt:lpstr>
-[...3 lines deleted...]
-      <vt:lpstr>L’équation de recherche et de l’interêt des ateliers à la BUMP</vt:lpstr>
+      <vt:lpstr>L’équation de recherche et de l’intérêt des ateliers à la BUMP</vt:lpstr>
+      <vt:lpstr>Présentation PowerPoint</vt:lpstr>
       <vt:lpstr>Introduction à la séance 2</vt:lpstr>
       <vt:lpstr>Des questions ?</vt:lpstr>
       <vt:lpstr>DATES DE LA SÉANCE 2 :</vt:lpstr>
       <vt:lpstr>Merci !  A bientôt !</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PowerPoint Presentation</dc:title>
   <dc:creator>Pangara</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>