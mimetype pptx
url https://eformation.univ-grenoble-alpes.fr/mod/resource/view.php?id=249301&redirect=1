--- v0 (2025-10-21)
+++ v1 (2026-03-28)
@@ -1,306 +1,316 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="emf" ContentType="image/x-emf"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
-[...1 lines deleted...]
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide31.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide32.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide33.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide34.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-[...18 lines deleted...]
-  <Override PartName="/ppt/notesSlides/notesSlide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
-    <p:sldMasterId id="2147483648" r:id="rId1"/>
+    <p:sldMasterId id="2147484047" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId26"/>
+    <p:notesMasterId r:id="rId36"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="447" r:id="rId2"/>
-[...22 lines deleted...]
-    <p:sldId id="496" r:id="rId25"/>
+    <p:sldId id="256" r:id="rId2"/>
+    <p:sldId id="257" r:id="rId3"/>
+    <p:sldId id="288" r:id="rId4"/>
+    <p:sldId id="258" r:id="rId5"/>
+    <p:sldId id="259" r:id="rId6"/>
+    <p:sldId id="260" r:id="rId7"/>
+    <p:sldId id="261" r:id="rId8"/>
+    <p:sldId id="262" r:id="rId9"/>
+    <p:sldId id="263" r:id="rId10"/>
+    <p:sldId id="264" r:id="rId11"/>
+    <p:sldId id="265" r:id="rId12"/>
+    <p:sldId id="266" r:id="rId13"/>
+    <p:sldId id="267" r:id="rId14"/>
+    <p:sldId id="268" r:id="rId15"/>
+    <p:sldId id="269" r:id="rId16"/>
+    <p:sldId id="270" r:id="rId17"/>
+    <p:sldId id="278" r:id="rId18"/>
+    <p:sldId id="279" r:id="rId19"/>
+    <p:sldId id="280" r:id="rId20"/>
+    <p:sldId id="281" r:id="rId21"/>
+    <p:sldId id="271" r:id="rId22"/>
+    <p:sldId id="274" r:id="rId23"/>
+    <p:sldId id="275" r:id="rId24"/>
+    <p:sldId id="272" r:id="rId25"/>
+    <p:sldId id="282" r:id="rId26"/>
+    <p:sldId id="273" r:id="rId27"/>
+    <p:sldId id="283" r:id="rId28"/>
+    <p:sldId id="276" r:id="rId29"/>
+    <p:sldId id="289" r:id="rId30"/>
+    <p:sldId id="284" r:id="rId31"/>
+    <p:sldId id="285" r:id="rId32"/>
+    <p:sldId id="286" r:id="rId33"/>
+    <p:sldId id="287" r:id="rId34"/>
+    <p:sldId id="277" r:id="rId35"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
-      <a:defRPr lang="fr-FR"/>
+      <a:defRPr lang="en-US"/>
     </a:defPPr>
-    <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+    <a:lvl1pPr marL="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
-    <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+    <a:lvl2pPr marL="457200" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl2pPr>
-    <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+    <a:lvl3pPr marL="914400" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl3pPr>
-    <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+    <a:lvl4pPr marL="1371600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl4pPr>
-    <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+    <a:lvl5pPr marL="1828800" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl5pPr>
-    <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+    <a:lvl6pPr marL="2286000" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl6pPr>
-    <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+    <a:lvl7pPr marL="2743200" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl7pPr>
-    <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+    <a:lvl8pPr marL="3200400" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
-    <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+    <a:lvl9pPr marL="3657600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:clrMru>
-    <a:srgbClr val="C1FFA6"/>
+    <a:srgbClr val="549E39"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr>
-    <p:restoredLeft sz="15987" autoAdjust="0"/>
-    <p:restoredTop sz="83626" autoAdjust="0"/>
+    <p:restoredLeft sz="15009" autoAdjust="0"/>
+    <p:restoredTop sz="96247" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="96" d="100"/>
-          <a:sy n="96" d="100"/>
+          <a:sx n="107" d="100"/>
+          <a:sy n="107" d="100"/>
         </p:scale>
-        <p:origin x="1092" y="72"/>
+        <p:origin x="750" y="114"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
+  <p:outlineViewPr>
+    <p:cViewPr>
+      <p:scale>
+        <a:sx n="33" d="100"/>
+        <a:sy n="33" d="100"/>
+      </p:scale>
+      <p:origin x="0" y="-7038"/>
+    </p:cViewPr>
+  </p:outlineViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
-        <a:sx n="1" d="1"/>
-        <a:sy n="1" d="1"/>
+        <a:sx n="200" d="100"/>
+        <a:sy n="200" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -343,53 +353,53 @@
           <p:cNvPr id="3" name="Espace réservé de la date 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:fld id="{09EDC370-1447-409A-9281-838EBBE81955}" type="datetimeFigureOut">
+            <a:fld id="{BF028041-40D4-4196-ACC2-30312A5E333D}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>18/03/2025</a:t>
+              <a:t>26/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé de l'image des diapositives 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -410,51 +420,51 @@
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé des notes 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4400550"/>
             <a:ext cx="5486400" cy="3600450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="fr-FR"/>
-              <a:t>Modifier les styles du texte du masque</a:t>
+              <a:t>Cliquez pour modifier les styles du texte du masque</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="fr-FR"/>
               <a:t>Deuxième niveau</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="fr-FR"/>
               <a:t>Troisième niveau</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="fr-FR"/>
               <a:t>Quatrième niveau</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
@@ -501,62 +511,62 @@
           <p:cNvPr id="7" name="Espace réservé du numéro de diapositive 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:fld id="{D2C65AD9-1814-4DD9-90F8-ED3BA48CEDB6}" type="slidenum">
+            <a:fld id="{7CCB7B0A-180E-4620-9C44-EF93077005F5}" type="slidenum">
               <a:rPr lang="fr-FR" smtClean="0"/>
               <a:t>‹N°›</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1278293965"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1174837189"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:notesStyle>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl2pPr>
@@ -612,23364 +622,15682 @@
     </a:lvl7pPr>
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2766 lines deleted...]
-
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" preserve="1" userDrawn="1">
   <p:cSld name="Diapositive de titre">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...1 lines deleted...]
-          <p:cNvPr id="2" name="Titre 1">
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="7" name="Group 6"/>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="0" y="-8467"/>
+            <a:ext cx="12192000" cy="6866467"/>
+            <a:chOff x="0" y="-8467"/>
+            <a:chExt cx="12192000" cy="6866467"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:cxnSp>
+          <p:nvCxnSpPr>
+            <p:cNvPr id="32" name="Straight Connector 31"/>
+            <p:cNvCxnSpPr/>
+            <p:nvPr/>
+          </p:nvCxnSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="9371012" y="0"/>
+              <a:ext cx="1219200" cy="6858000"/>
+            </a:xfrm>
+            <a:prstGeom prst="line">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:ln w="9525">
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="75000"/>
+                </a:schemeClr>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="tx1"/>
+            </a:fontRef>
+          </p:style>
+        </p:cxnSp>
+        <p:cxnSp>
+          <p:nvCxnSpPr>
+            <p:cNvPr id="21" name="Straight Connector 20"/>
+            <p:cNvCxnSpPr/>
+            <p:nvPr/>
+          </p:nvCxnSpPr>
+          <p:spPr>
+            <a:xfrm flipH="1">
+              <a:off x="7425267" y="3681413"/>
+              <a:ext cx="4763558" cy="3176587"/>
+            </a:xfrm>
+            <a:prstGeom prst="line">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:ln w="9525">
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="85000"/>
+                </a:schemeClr>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="tx1"/>
+            </a:fontRef>
+          </p:style>
+        </p:cxnSp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="24" name="Rectangle 23"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="9181476" y="-8467"/>
+              <a:ext cx="3007349" cy="6866467"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst/>
+              <a:ahLst/>
+              <a:cxnLst/>
+              <a:rect l="l" t="t" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="3007349" h="6866467">
+                  <a:moveTo>
+                    <a:pt x="2045532" y="0"/>
+                  </a:moveTo>
+                  <a:lnTo>
+                    <a:pt x="3007349" y="0"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="3007349" y="6866467"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="6866467"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="2045532" y="0"/>
+                  </a:lnTo>
+                  <a:close/>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:solidFill>
+              <a:schemeClr val="accent1">
+                <a:alpha val="30000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="3">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="2">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="26" name="Rectangle 25"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="9603442" y="-8467"/>
+              <a:ext cx="2588558" cy="6866467"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst/>
+              <a:ahLst/>
+              <a:cxnLst/>
+              <a:rect l="l" t="t" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="2573311" h="6866467">
+                  <a:moveTo>
+                    <a:pt x="0" y="0"/>
+                  </a:moveTo>
+                  <a:lnTo>
+                    <a:pt x="2573311" y="0"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="2573311" y="6866467"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1202336" y="6866467"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="0"/>
+                  </a:lnTo>
+                  <a:close/>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:solidFill>
+              <a:schemeClr val="accent1">
+                <a:alpha val="20000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="3">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="2">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="27" name="Isosceles Triangle 26"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="8932333" y="3048000"/>
+              <a:ext cx="3259667" cy="3810000"/>
+            </a:xfrm>
+            <a:prstGeom prst="triangle">
+              <a:avLst>
+                <a:gd name="adj" fmla="val 100000"/>
+              </a:avLst>
+            </a:prstGeom>
+            <a:solidFill>
+              <a:schemeClr val="accent2">
+                <a:alpha val="72000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="3">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="2">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="28" name="Rectangle 27"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="9334500" y="-8467"/>
+              <a:ext cx="2854326" cy="6866467"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst/>
+              <a:ahLst/>
+              <a:cxnLst/>
+              <a:rect l="l" t="t" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="2858013" h="6866467">
+                  <a:moveTo>
+                    <a:pt x="0" y="0"/>
+                  </a:moveTo>
+                  <a:lnTo>
+                    <a:pt x="2858013" y="0"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="2858013" y="6866467"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="2473942" y="6866467"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="0"/>
+                  </a:lnTo>
+                  <a:close/>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:solidFill>
+              <a:schemeClr val="accent2">
+                <a:lumMod val="75000"/>
+                <a:alpha val="70000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="3">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="2">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="29" name="Rectangle 28"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="10898730" y="-8467"/>
+              <a:ext cx="1290094" cy="6866467"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst/>
+              <a:ahLst/>
+              <a:cxnLst/>
+              <a:rect l="l" t="t" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="1290094" h="6858000">
+                  <a:moveTo>
+                    <a:pt x="1019735" y="0"/>
+                  </a:moveTo>
+                  <a:lnTo>
+                    <a:pt x="1290094" y="0"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1290094" y="6858000"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="6858000"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1019735" y="0"/>
+                  </a:lnTo>
+                  <a:close/>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:solidFill>
+              <a:schemeClr val="accent1">
+                <a:lumMod val="60000"/>
+                <a:lumOff val="40000"/>
+                <a:alpha val="70000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="3">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="2">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="30" name="Rectangle 29"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="10938999" y="-8467"/>
+              <a:ext cx="1249825" cy="6866467"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst/>
+              <a:ahLst/>
+              <a:cxnLst/>
+              <a:rect l="l" t="t" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="1249825" h="6858000">
+                  <a:moveTo>
+                    <a:pt x="0" y="0"/>
+                  </a:moveTo>
+                  <a:lnTo>
+                    <a:pt x="1249825" y="0"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1249825" y="6858000"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1109382" y="6858000"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="0"/>
+                  </a:lnTo>
+                  <a:close/>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:solidFill>
+              <a:schemeClr val="accent1">
+                <a:alpha val="65000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="3">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="2">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="31" name="Isosceles Triangle 30"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="10371666" y="3589867"/>
+              <a:ext cx="1817159" cy="3268133"/>
+            </a:xfrm>
+            <a:prstGeom prst="triangle">
+              <a:avLst>
+                <a:gd name="adj" fmla="val 100000"/>
+              </a:avLst>
+            </a:prstGeom>
+            <a:solidFill>
+              <a:schemeClr val="accent1">
+                <a:alpha val="80000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="3">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="2">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="19" name="Isosceles Triangle 18"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm rot="10800000">
+              <a:off x="0" y="0"/>
+              <a:ext cx="842596" cy="5666154"/>
+            </a:xfrm>
+            <a:prstGeom prst="triangle">
+              <a:avLst>
+                <a:gd name="adj" fmla="val 100000"/>
+              </a:avLst>
+            </a:prstGeom>
+            <a:solidFill>
+              <a:schemeClr val="accent1">
+                <a:alpha val="85000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="3">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="2">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+        </p:sp>
+      </p:grpSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="842597" y="1485595"/>
+            <a:ext cx="8431406" cy="1646302"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="5400">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Subtitle 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="845863" y="3131897"/>
+            <a:ext cx="8431406" cy="1096899"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="50000"/>
+                    <a:lumOff val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{E3F29979-364B-45C4-8C10-6C1C99CD6052}" type="slidenum">
+              <a:rPr lang="fr-FR" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹N°›</a:t>
+            </a:fld>
+            <a:r>
+              <a:rPr lang="fr-FR"/>
+              <a:t>/</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Espace réservé du texte 14">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0F10881A-8648-420D-A915-5FC48A2F10BA}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BE79C405-E395-B4DA-21C3-33D5BD87C2AB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="ctrTitle"/>
+            <p:ph type="body" sz="quarter" idx="13" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1524000" y="1122363"/>
-            <a:ext cx="9144000" cy="2387600"/>
+            <a:off x="842963" y="4229100"/>
+            <a:ext cx="8431212" cy="1063008"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchor="b"/>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="6000"/>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buNone/>
+              <a:defRPr lang="fr-FR" sz="2000" kern="1200" spc="150" baseline="0" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="50000"/>
+                    <a:lumOff val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:r>
-[...8 lines deleted...]
-          <p:cNvPr id="3" name="Sous-titre 2">
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Nom des formateurs – date de la formation</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="ZoneTexte 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EF34AFB2-3A6E-4D6F-AC81-78D27AB62AEF}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BCE24B05-2267-F5E0-0ADE-D7C8115BC70A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr>
-[...4 lines deleted...]
-          </p:nvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1524000" y="3602038"/>
-            <a:ext cx="9144000" cy="1655762"/>
+            <a:off x="842597" y="5292108"/>
+            <a:ext cx="8468090" cy="491738"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-[...1 lines deleted...]
-            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
               <a:buNone/>
-              <a:defRPr sz="2400"/>
-[...44 lines deleted...]
-          <p:cNvPr id="4" name="Espace réservé de la date 3">
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" kern="1200" spc="150" baseline="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="50000"/>
+                    <a:lumOff val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>DGD BAPSO - UGA</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="17" name="Image 16">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{81C7EA62-EE86-4261-8C6F-EDFC36523307}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F674742D-9326-2C02-F050-74FD8CC14D87}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr>
-[...21 lines deleted...]
-          <p:cNvPr id="5" name="Espace réservé du pied de page 4">
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:alphaModFix/>
             <a:extLst>
-              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{66D66F35-9107-451E-9468-CFA95748CB58}"/>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
-          </p:cNvPr>
-[...44 lines deleted...]
-      </p:sp>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10766825" y="6127335"/>
+            <a:ext cx="1445814" cy="730665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:blipFill dpi="0" rotWithShape="1">
+            <a:blip r:embed="rId3">
+              <a:alphaModFix/>
+            </a:blip>
+            <a:srcRect/>
+            <a:tile tx="0" ty="0" sx="100000" sy="100000" flip="none" algn="tl"/>
+          </a:blipFill>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2231227097"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="436187758"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
+  <p:cSld name="Titre et légende">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="677335" y="609600"/>
+            <a:ext cx="8596668" cy="3403600"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="4400" b="0" cap="none"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Titre de la diapo</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="677335" y="4470400"/>
+            <a:ext cx="8596668" cy="1570962"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:buNone/>
+              <a:defRPr sz="1800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="75000"/>
+                    <a:lumOff val="25000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Police Verdana, espacement caractère 1,5, interligne 1,5</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{058C6AAE-80D1-40D8-9C1C-2E18126A3A25}" type="slidenum">
+              <a:rPr lang="fr-FR" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹N°›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1203253746"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
+  <p:cSld name="Citation avec légende">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="931334" y="609600"/>
+            <a:ext cx="8094134" cy="3022600"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="4400" b="0" cap="none"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Titre de la diapo (citation)</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="23" name="Text Placeholder 9"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="13" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1366139" y="3632200"/>
+            <a:ext cx="7224524" cy="381000"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="50000"/>
+                    <a:lumOff val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Référence de la citation</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="677335" y="4470400"/>
+            <a:ext cx="8596668" cy="1570962"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:buNone/>
+              <a:defRPr sz="1800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="75000"/>
+                    <a:lumOff val="25000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Police Verdana, espacement caractère 1,5, interligne 1,5</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{058C6AAE-80D1-40D8-9C1C-2E18126A3A25}" type="slidenum">
+              <a:rPr lang="fr-FR" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹N°›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="20" name="TextBox 19"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="541870" y="790378"/>
+            <a:ext cx="609600" cy="584776"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="8000" baseline="0" dirty="0">
+                <a:ln w="3175" cmpd="sng">
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="60000"/>
+                    <a:lumOff val="40000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>“</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="22" name="TextBox 21"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8893011" y="2886556"/>
+            <a:ext cx="609600" cy="584776"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="8000" baseline="0" dirty="0">
+                <a:ln w="3175" cmpd="sng">
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="60000"/>
+                    <a:lumOff val="40000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>”</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="accent1">
+                  <a:lumMod val="60000"/>
+                  <a:lumOff val="40000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="436267413"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout12.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
+  <p:cSld name="Carte nom">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="677335" y="1931988"/>
+            <a:ext cx="8596668" cy="2595460"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="4400" b="0" cap="none"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Titre de la sous-partie</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="677335" y="4527448"/>
+            <a:ext cx="8596668" cy="1513914"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:buNone/>
+              <a:defRPr sz="1800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="75000"/>
+                    <a:lumOff val="25000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Police Verdana, espacement caractère 1,5, interligne 1,5</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{058C6AAE-80D1-40D8-9C1C-2E18126A3A25}" type="slidenum">
+              <a:rPr lang="fr-FR" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹N°›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4128554929"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout13.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
+  <p:cSld name="Carte nom citation">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="931334" y="609600"/>
+            <a:ext cx="8094134" cy="3022600"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="4400" b="0" cap="none"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Titre de la diapo</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="23" name="Text Placeholder 9"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="13" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="677332" y="4013200"/>
+            <a:ext cx="8596669" cy="514248"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="75000"/>
+                    <a:lumOff val="25000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Sous-titre</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="677335" y="4527448"/>
+            <a:ext cx="8596668" cy="1513914"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:buNone/>
+              <a:defRPr sz="1800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="50000"/>
+                    <a:lumOff val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Police Verdana, espacement caractère 1,5, interligne 1,5</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{058C6AAE-80D1-40D8-9C1C-2E18126A3A25}" type="slidenum">
+              <a:rPr lang="fr-FR" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹N°›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="24" name="TextBox 23"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="541870" y="790378"/>
+            <a:ext cx="609600" cy="584776"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="8000" baseline="0" dirty="0">
+                <a:ln w="3175" cmpd="sng">
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="60000"/>
+                    <a:lumOff val="40000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>“</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="25" name="TextBox 24"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8893011" y="2886556"/>
+            <a:ext cx="609600" cy="584776"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="8000" baseline="0" dirty="0">
+                <a:ln w="3175" cmpd="sng">
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="60000"/>
+                    <a:lumOff val="40000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>”</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2117910024"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout14.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
+  <p:cSld name="Vrai ou faux">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685799" y="609600"/>
+            <a:ext cx="8588203" cy="3022600"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="4400" b="0" cap="none"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Titre de la sous-partie</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="23" name="Text Placeholder 9"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="13" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="677332" y="4013200"/>
+            <a:ext cx="8596669" cy="514248"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Sous-titre</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="677335" y="4527448"/>
+            <a:ext cx="8596668" cy="1513914"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:buNone/>
+              <a:defRPr sz="1800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="50000"/>
+                    <a:lumOff val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="80000"/>
+              <a:buFont typeface="Wingdings 3" charset="2"/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Cliquez </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0" err="1"/>
+              <a:t>pourPolice</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t> Verdana, espacement caractère 1,5, interligne 1,5</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t> modifier les styles du texte du masque</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{058C6AAE-80D1-40D8-9C1C-2E18126A3A25}" type="slidenum">
+              <a:rPr lang="fr-FR" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹N°›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1078720605"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTx" preserve="1">
   <p:cSld name="Titre et texte vertical">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Titre 1">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title"/>
+            <p:ph type="title" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle/>
-[...16 lines deleted...]
-          </p:cNvPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Titre de la diapo</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Vertical Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" orient="vert" idx="1"/>
+            <p:ph type="body" orient="vert" idx="1" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
-          <a:lstStyle/>
+          <a:lstStyle>
+            <a:lvl2pPr>
+              <a:defRPr/>
+            </a:lvl2pPr>
+          </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="fr-FR"/>
-              <a:t>Modifier les styles du texte du masque</a:t>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Police Verdana, espacement caractère 1,5, interligne 1,5</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="fr-FR"/>
-[...88 lines deleted...]
-          </p:cNvPr>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Deuxième niveau max</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{6F519EDA-5420-4157-83B2-C92AC4E8E9DD}" type="slidenum">
+            <a:fld id="{058C6AAE-80D1-40D8-9C1C-2E18126A3A25}" type="slidenum">
               <a:rPr lang="fr-FR" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹N°›</a:t>
             </a:fld>
-            <a:endParaRPr lang="fr-FR"/>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="450497748"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2690243420"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTitleAndTx" preserve="1">
   <p:cSld name="Titre vertical et texte">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Titre vertical 1">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="2" name="Vertical Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" orient="vert"/>
+            <p:ph type="title" orient="vert" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8724900" y="365125"/>
-            <a:ext cx="2628900" cy="5811838"/>
+            <a:off x="8864821" y="609600"/>
+            <a:ext cx="1304743" cy="5251451"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="eaVert"/>
-[...17 lines deleted...]
-          </p:cNvPr>
+          <a:bodyPr vert="eaVert" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Titre de la diapo</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Vertical Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" orient="vert" idx="1"/>
+            <p:ph type="body" orient="vert" idx="1" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="838200" y="365125"/>
-            <a:ext cx="7734300" cy="5811838"/>
+            <a:off x="677335" y="609600"/>
+            <a:ext cx="8112982" cy="5251450"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
-          <a:lstStyle/>
+          <a:lstStyle>
+            <a:lvl2pPr>
+              <a:defRPr/>
+            </a:lvl2pPr>
+          </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="fr-FR"/>
-              <a:t>Modifier les styles du texte du masque</a:t>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Police Verdana, espacement caractère 1,5, interligne 1,5</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="fr-FR"/>
-[...88 lines deleted...]
-          </p:cNvPr>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Deuxième niveau max</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{6F519EDA-5420-4157-83B2-C92AC4E8E9DD}" type="slidenum">
+            <a:fld id="{058C6AAE-80D1-40D8-9C1C-2E18126A3A25}" type="slidenum">
               <a:rPr lang="fr-FR" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹N°›</a:t>
             </a:fld>
-            <a:endParaRPr lang="fr-FR"/>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2371375315"/>
-[...860 lines deleted...]
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2040708568"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1085098797"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj" preserve="1">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Titre et contenu">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Titre 1">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title"/>
+            <p:ph type="title" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
-          <a:bodyPr/>
-[...17 lines deleted...]
-          </p:cNvPr>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3600"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Titre de la diapositive</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph idx="1"/>
+            <p:ph idx="1" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr kern="1900" baseline="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl3pPr>
+              <a:defRPr/>
+            </a:lvl3pPr>
+          </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="fr-FR"/>
-              <a:t>Modifier les styles du texte du masque</a:t>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Police Verdana, espacement caractère 1,5, interligne 1,5</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="fr-FR"/>
+              <a:rPr lang="fr-FR" dirty="0"/>
               <a:t>Deuxième niveau</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="fr-FR"/>
-[...81 lines deleted...]
-          </p:cNvPr>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Troisième niveau max</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{6F519EDA-5420-4157-83B2-C92AC4E8E9DD}" type="slidenum">
+            <a:fld id="{058C6AAE-80D1-40D8-9C1C-2E18126A3A25}" type="slidenum">
               <a:rPr lang="fr-FR" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹N°›</a:t>
             </a:fld>
-            <a:endParaRPr lang="fr-FR"/>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2729641641"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1754892857"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="secHead" preserve="1">
   <p:cSld name="Titre de section">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Titre 1">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title"/>
+            <p:ph type="title" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="831850" y="1709738"/>
-            <a:ext cx="10515600" cy="2852737"/>
+            <a:off x="677335" y="2700867"/>
+            <a:ext cx="8596668" cy="1826581"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
-            <a:lvl1pPr>
-              <a:defRPr sz="6000"/>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="4000" b="0" cap="none"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="fr-FR"/>
-[...13 lines deleted...]
-          </p:cNvPr>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Titre de partie</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph type="body" idx="1" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="831850" y="4589463"/>
-            <a:ext cx="10515600" cy="1500187"/>
+            <a:off x="677335" y="4527448"/>
+            <a:ext cx="8596668" cy="860400"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr anchor="t"/>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" indent="0">
+            <a:lvl1pPr marL="0" indent="0" algn="l">
               <a:buNone/>
-              <a:defRPr sz="2400">
+              <a:defRPr sz="2000">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
-                    <a:tint val="75000"/>
+                    <a:lumMod val="50000"/>
+                    <a:lumOff val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr marL="457200" indent="0">
               <a:buNone/>
-              <a:defRPr sz="2000">
+              <a:defRPr sz="1800">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr marL="914400" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1800">
+              <a:defRPr sz="1600">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr marL="1371600" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1600">
+              <a:defRPr sz="1400">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1600">
+              <a:defRPr sz="1400">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1600">
+              <a:defRPr sz="1400">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1600">
+              <a:defRPr sz="1400">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1600">
+              <a:defRPr sz="1400">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1600">
+              <a:defRPr sz="1400">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="fr-FR"/>
-[...67 lines deleted...]
-          </p:cNvPr>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Sous-titre de la partie</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{6F519EDA-5420-4157-83B2-C92AC4E8E9DD}" type="slidenum">
+            <a:fld id="{E3F29979-364B-45C4-8C10-6C1C99CD6052}" type="slidenum">
               <a:rPr lang="fr-FR" smtClean="0"/>
               <a:t>‹N°›</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2437690941"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1474355663"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoObj" preserve="1">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Deux contenus">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Titre 1">
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Titre de la diapo</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Date Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7205133" y="6041362"/>
+            <a:ext cx="911939" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Footer Placeholder 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="677334" y="6041362"/>
+            <a:ext cx="6297612" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{058C6AAE-80D1-40D8-9C1C-2E18126A3A25}" type="slidenum">
+              <a:rPr lang="fr-FR" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹N°›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B551224C-A08D-4843-9EC8-39E2A04BA100}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DE7BC1FC-BF9C-FA2B-062C-C0B82EB07C14}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title"/>
+            <p:ph sz="half" idx="13" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="677334" y="2160589"/>
+            <a:ext cx="4734154" cy="3880772"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle/>
-[...10 lines deleted...]
-          <p:cNvPr id="3" name="Espace réservé du contenu 2">
+          <a:lstStyle>
+            <a:lvl2pPr>
+              <a:defRPr/>
+            </a:lvl2pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Police Verdana, espacement caractère 1,5, interligne 1,5</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Deuxième niveau max</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E8E86744-4E59-40E1-80B2-26638D287C39}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4A50BC7A-0D78-ABC3-2141-C5653A4D96B9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph sz="half" idx="1"/>
+            <p:ph sz="half" idx="14" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="838200" y="1825625"/>
-            <a:ext cx="5181600" cy="4351338"/>
+            <a:off x="5651900" y="2160589"/>
+            <a:ext cx="4734154" cy="3880772"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle/>
+          <a:lstStyle>
+            <a:lvl2pPr>
+              <a:defRPr/>
+            </a:lvl2pPr>
+          </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="fr-FR"/>
-              <a:t>Modifier les styles du texte du masque</a:t>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Police Verdana, espacement caractère 1,5, interligne 1,5</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="fr-FR"/>
-              <a:t>Deuxième niveau</a:t>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Deuxième niveau max</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
-            <a:r>
-[...161 lines deleted...]
-            <a:endParaRPr lang="fr-FR"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="543110969"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3341954326"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoTxTwoObj" preserve="1">
   <p:cSld name="Comparaison">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Titre 1">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title"/>
+            <p:ph type="title" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...4 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle/>
-[...16 lines deleted...]
-          </p:cNvPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Titre de la diapo</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph type="body" idx="1" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="839788" y="1681163"/>
-            <a:ext cx="5157787" cy="823912"/>
+            <a:off x="675745" y="2160983"/>
+            <a:ext cx="4968656" cy="576262"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchor="b"/>
+          <a:bodyPr anchor="b">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
-              <a:defRPr sz="2400" b="1"/>
+              <a:defRPr sz="2400" b="0"/>
             </a:lvl1pPr>
             <a:lvl2pPr marL="457200" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000" b="1"/>
             </a:lvl2pPr>
             <a:lvl3pPr marL="914400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1800" b="1"/>
             </a:lvl3pPr>
             <a:lvl4pPr marL="1371600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="fr-FR"/>
-[...13 lines deleted...]
-          </p:cNvPr>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Première idée</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Content Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph sz="half" idx="2"/>
+            <p:ph sz="half" idx="2" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="839788" y="2505075"/>
-            <a:ext cx="5157787" cy="3684588"/>
+            <a:off x="675744" y="2737245"/>
+            <a:ext cx="4968657" cy="3304117"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-          <a:lstStyle/>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl2pPr>
+              <a:defRPr/>
+            </a:lvl2pPr>
+          </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="fr-FR"/>
-              <a:t>Modifier les styles du texte du masque</a:t>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Police Verdana, espacement caractère 1,5, interligne 1,5</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="fr-FR"/>
-[...34 lines deleted...]
-          </p:cNvPr>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Deuxième niveau max</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Text Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" sz="quarter" idx="3"/>
+            <p:ph type="body" sz="quarter" idx="3" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6172200" y="1681163"/>
-            <a:ext cx="5183188" cy="823912"/>
+            <a:off x="5874589" y="2170639"/>
+            <a:ext cx="4563978" cy="576262"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchor="b"/>
+          <a:bodyPr anchor="b">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
-              <a:defRPr sz="2400" b="1"/>
+              <a:defRPr sz="2400" b="0"/>
             </a:lvl1pPr>
             <a:lvl2pPr marL="457200" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000" b="1"/>
             </a:lvl2pPr>
             <a:lvl3pPr marL="914400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1800" b="1"/>
             </a:lvl3pPr>
             <a:lvl4pPr marL="1371600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="fr-FR"/>
-[...13 lines deleted...]
-          </p:cNvPr>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Deuxième idée</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Content Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph sz="quarter" idx="4"/>
+            <p:ph sz="quarter" idx="4" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6172200" y="2505075"/>
-            <a:ext cx="5183188" cy="3684588"/>
+            <a:off x="5874589" y="2737245"/>
+            <a:ext cx="4584746" cy="3304117"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-          <a:lstStyle/>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl2pPr>
+              <a:defRPr/>
+            </a:lvl2pPr>
+          </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="fr-FR"/>
-              <a:t>Modifier les styles du texte du masque</a:t>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Police Verdana, espacement caractère 1,5, interligne 1,5</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="fr-FR"/>
-[...88 lines deleted...]
-          </p:cNvPr>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Deuxième niveau max</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Slide Number Placeholder 8"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{6F519EDA-5420-4157-83B2-C92AC4E8E9DD}" type="slidenum">
+            <a:fld id="{058C6AAE-80D1-40D8-9C1C-2E18126A3A25}" type="slidenum">
               <a:rPr lang="fr-FR" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹N°›</a:t>
             </a:fld>
-            <a:endParaRPr lang="fr-FR"/>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1853082430"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1524981606"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Titre seul">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Titre 1">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title"/>
+            <p:ph type="title" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="677334" y="609600"/>
+            <a:ext cx="8596668" cy="1320800"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle/>
-[...70 lines deleted...]
-          </p:cNvPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Titre de la diapo</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Slide Number Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{6F519EDA-5420-4157-83B2-C92AC4E8E9DD}" type="slidenum">
+            <a:fld id="{E3F29979-364B-45C4-8C10-6C1C99CD6052}" type="slidenum">
               <a:rPr lang="fr-FR" smtClean="0"/>
               <a:t>‹N°›</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="365672496"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4120957203"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="blank" preserve="1">
   <p:cSld name="Vide">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Espace réservé de la date 1">
-[...59 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{6F519EDA-5420-4157-83B2-C92AC4E8E9DD}" type="slidenum">
+            <a:fld id="{E3F29979-364B-45C4-8C10-6C1C99CD6052}" type="slidenum">
               <a:rPr lang="fr-FR" smtClean="0"/>
               <a:t>‹N°›</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2568087593"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="762243326"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="objTx" preserve="1">
   <p:cSld name="Contenu avec légende">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Titre 1">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title"/>
+            <p:ph type="title" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="839788" y="457200"/>
-            <a:ext cx="3932237" cy="1600200"/>
+            <a:off x="677334" y="1498604"/>
+            <a:ext cx="3854528" cy="1278466"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchor="b"/>
+          <a:bodyPr anchor="b">
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:defRPr sz="3200"/>
+              <a:defRPr sz="2800"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="fr-FR"/>
-[...13 lines deleted...]
-          </p:cNvPr>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Titre de la diapo</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph idx="1"/>
+            <p:ph idx="1" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5183188" y="987425"/>
-            <a:ext cx="6172200" cy="4873625"/>
+            <a:off x="4760461" y="514924"/>
+            <a:ext cx="4513541" cy="5526437"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr>
-[...1 lines deleted...]
-            </a:lvl1pPr>
             <a:lvl2pPr>
-              <a:defRPr sz="2800"/>
+              <a:defRPr/>
             </a:lvl2pPr>
-            <a:lvl3pPr>
-[...19 lines deleted...]
-            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="fr-FR"/>
-              <a:t>Modifier les styles du texte du masque</a:t>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Police Verdana, espacement caractère 1,5, interligne 1,5</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="fr-FR"/>
-[...34 lines deleted...]
-          </p:cNvPr>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Deuxième niveau max</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Text Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" sz="half" idx="2"/>
+            <p:ph type="body" sz="half" idx="2" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="839788" y="2057400"/>
-            <a:ext cx="3932237" cy="3811588"/>
+            <a:off x="677334" y="2777069"/>
+            <a:ext cx="3854528" cy="2584449"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1600"/>
+              <a:defRPr sz="1800"/>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="457200" indent="0">
+            <a:lvl2pPr marL="457063" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400"/>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="914400" indent="0">
+            <a:lvl3pPr marL="914126" indent="0">
               <a:buNone/>
               <a:defRPr sz="1200"/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1371600" indent="0">
+            <a:lvl4pPr marL="1371189" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="1828800" indent="0">
+            <a:lvl5pPr marL="1828251" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="2286000" indent="0">
+            <a:lvl6pPr marL="2285314" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="2743200" indent="0">
+            <a:lvl7pPr marL="2742377" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="3200400" indent="0">
+            <a:lvl8pPr marL="3199440" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="3657600" indent="0">
+            <a:lvl9pPr marL="3656503" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="fr-FR"/>
-[...67 lines deleted...]
-          </p:cNvPr>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Police Verdana, espacement caractère 1,5, interligne 1,5</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{6F519EDA-5420-4157-83B2-C92AC4E8E9DD}" type="slidenum">
+            <a:fld id="{058C6AAE-80D1-40D8-9C1C-2E18126A3A25}" type="slidenum">
               <a:rPr lang="fr-FR" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹N°›</a:t>
             </a:fld>
-            <a:endParaRPr lang="fr-FR"/>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="788844373"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="699803140"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="picTx" preserve="1">
   <p:cSld name="Image avec légende">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Titre 1">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title"/>
+            <p:ph type="title" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="839788" y="457200"/>
-            <a:ext cx="3932237" cy="1600200"/>
+            <a:off x="677334" y="4800600"/>
+            <a:ext cx="8596667" cy="566738"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchor="b"/>
+          <a:bodyPr anchor="b">
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr>
-              <a:defRPr sz="3200"/>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="2800" b="0"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="fr-FR"/>
-[...13 lines deleted...]
-          </p:cNvPr>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Titre de la diapo</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Picture Placeholder 2"/>
           <p:cNvSpPr>
-            <a:spLocks noGrp="1"/>
+            <a:spLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5183188" y="987425"/>
-            <a:ext cx="6172200" cy="4873625"/>
+            <a:off x="677334" y="609600"/>
+            <a:ext cx="8596668" cy="3845718"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" indent="0">
-[...66 lines deleted...]
-            <a:lvl1pPr marL="0" indent="0">
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl1pPr>
             <a:lvl2pPr marL="457200" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1400"/>
+              <a:defRPr sz="1600"/>
             </a:lvl2pPr>
             <a:lvl3pPr marL="914400" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1200"/>
+              <a:defRPr sz="1600"/>
             </a:lvl3pPr>
             <a:lvl4pPr marL="1371600" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1000"/>
+              <a:defRPr sz="1600"/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1000"/>
+              <a:defRPr sz="1600"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1000"/>
+              <a:defRPr sz="1600"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1000"/>
+              <a:defRPr sz="1600"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1000"/>
+              <a:defRPr sz="1600"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1000"/>
+              <a:defRPr sz="1600"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="fr-FR"/>
-              <a:t>Modifier les styles du texte du masque</a:t>
-[...12 lines deleted...]
-          </p:cNvPr>
+              <a:t>Cliquez sur l'icône pour ajouter une image</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Text Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="dt" sz="half" idx="10"/>
+            <p:ph type="body" sz="half" idx="2" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
-[...45 lines deleted...]
-          </p:cNvPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="677334" y="5367338"/>
+            <a:ext cx="8596667" cy="674024"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1200"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1200"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Police Verdana, espacement caractère 1,5, interligne 1,5</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{6F519EDA-5420-4157-83B2-C92AC4E8E9DD}" type="slidenum">
+            <a:fld id="{E3F29979-364B-45C4-8C10-6C1C99CD6052}" type="slidenum">
               <a:rPr lang="fr-FR" smtClean="0"/>
               <a:t>‹N°›</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3421420182"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3995035690"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
-      <p:bgRef idx="1001">
-[...1 lines deleted...]
-      </p:bgRef>
+      <p:bgPr>
+        <a:solidFill>
+          <a:schemeClr val="bg2">
+            <a:alpha val="50000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...7 lines deleted...]
-          </p:cNvPr>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="7" name="Group 6"/>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="0" y="-55418"/>
+            <a:ext cx="12192000" cy="6947065"/>
+            <a:chOff x="0" y="-55418"/>
+            <a:chExt cx="12192000" cy="6947065"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:cxnSp>
+          <p:nvCxnSpPr>
+            <p:cNvPr id="20" name="Straight Connector 19"/>
+            <p:cNvCxnSpPr>
+              <a:cxnSpLocks/>
+            </p:cNvCxnSpPr>
+            <p:nvPr/>
+          </p:nvCxnSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="10157792" y="-55418"/>
+              <a:ext cx="1127725" cy="6913418"/>
+            </a:xfrm>
+            <a:prstGeom prst="line">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:ln w="9525">
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="75000"/>
+                </a:schemeClr>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="tx1"/>
+            </a:fontRef>
+          </p:style>
+        </p:cxnSp>
+        <p:cxnSp>
+          <p:nvCxnSpPr>
+            <p:cNvPr id="21" name="Straight Connector 20"/>
+            <p:cNvCxnSpPr>
+              <a:cxnSpLocks/>
+            </p:cNvCxnSpPr>
+            <p:nvPr/>
+          </p:nvCxnSpPr>
+          <p:spPr>
+            <a:xfrm flipH="1">
+              <a:off x="9929192" y="3681413"/>
+              <a:ext cx="2259633" cy="3210234"/>
+            </a:xfrm>
+            <a:prstGeom prst="line">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:ln w="9525">
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="85000"/>
+                </a:schemeClr>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="tx1"/>
+            </a:fontRef>
+          </p:style>
+        </p:cxnSp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="22" name="Rectangle 23"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="10549247" y="-8467"/>
+              <a:ext cx="1639578" cy="6866467"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst/>
+              <a:ahLst/>
+              <a:cxnLst/>
+              <a:rect l="l" t="t" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="3007349" h="6866467">
+                  <a:moveTo>
+                    <a:pt x="2045532" y="0"/>
+                  </a:moveTo>
+                  <a:lnTo>
+                    <a:pt x="3007349" y="0"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="3007349" y="6866467"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="6866467"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="2045532" y="0"/>
+                  </a:lnTo>
+                  <a:close/>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:solidFill>
+              <a:schemeClr val="accent1">
+                <a:alpha val="30000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="3">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="2">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="23" name="Rectangle 25"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="10549247" y="-8467"/>
+              <a:ext cx="1642752" cy="6866467"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst/>
+              <a:ahLst/>
+              <a:cxnLst/>
+              <a:rect l="l" t="t" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="2573311" h="6866467">
+                  <a:moveTo>
+                    <a:pt x="0" y="0"/>
+                  </a:moveTo>
+                  <a:lnTo>
+                    <a:pt x="2573311" y="0"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="2573311" y="6866467"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1202336" y="6866467"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="0"/>
+                  </a:lnTo>
+                  <a:close/>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:solidFill>
+              <a:schemeClr val="accent1">
+                <a:alpha val="20000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="3">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="2">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="24" name="Isosceles Triangle 23"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="10737262" y="3048000"/>
+              <a:ext cx="1454738" cy="3810000"/>
+            </a:xfrm>
+            <a:prstGeom prst="triangle">
+              <a:avLst>
+                <a:gd name="adj" fmla="val 100000"/>
+              </a:avLst>
+            </a:prstGeom>
+            <a:solidFill>
+              <a:schemeClr val="accent2">
+                <a:alpha val="72000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="3">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="2">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="25" name="Rectangle 27"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="10786326" y="-8467"/>
+              <a:ext cx="1402499" cy="6866467"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst/>
+              <a:ahLst/>
+              <a:cxnLst/>
+              <a:rect l="l" t="t" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="2858013" h="6866467">
+                  <a:moveTo>
+                    <a:pt x="0" y="0"/>
+                  </a:moveTo>
+                  <a:lnTo>
+                    <a:pt x="2858013" y="0"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="2858013" y="6866467"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="2473942" y="6866467"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="0"/>
+                  </a:lnTo>
+                  <a:close/>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:solidFill>
+              <a:schemeClr val="accent2">
+                <a:lumMod val="75000"/>
+                <a:alpha val="70000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="3">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="2">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="26" name="Rectangle 28"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="10898730" y="-8467"/>
+              <a:ext cx="1290094" cy="6866467"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst/>
+              <a:ahLst/>
+              <a:cxnLst/>
+              <a:rect l="l" t="t" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="1290094" h="6858000">
+                  <a:moveTo>
+                    <a:pt x="1019735" y="0"/>
+                  </a:moveTo>
+                  <a:lnTo>
+                    <a:pt x="1290094" y="0"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1290094" y="6858000"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="6858000"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1019735" y="0"/>
+                  </a:lnTo>
+                  <a:close/>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:solidFill>
+              <a:schemeClr val="accent1">
+                <a:lumMod val="60000"/>
+                <a:lumOff val="40000"/>
+                <a:alpha val="70000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="3">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="2">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="27" name="Rectangle 29"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="11412700" y="-8467"/>
+              <a:ext cx="776124" cy="6866467"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst/>
+              <a:ahLst/>
+              <a:cxnLst/>
+              <a:rect l="l" t="t" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="1249825" h="6858000">
+                  <a:moveTo>
+                    <a:pt x="0" y="0"/>
+                  </a:moveTo>
+                  <a:lnTo>
+                    <a:pt x="1249825" y="0"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1249825" y="6858000"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1109382" y="6858000"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="0"/>
+                  </a:lnTo>
+                  <a:close/>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:solidFill>
+              <a:schemeClr val="accent1">
+                <a:alpha val="65000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="3">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="2">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="28" name="Isosceles Triangle 27"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="11412700" y="3589867"/>
+              <a:ext cx="776125" cy="3268133"/>
+            </a:xfrm>
+            <a:prstGeom prst="triangle">
+              <a:avLst>
+                <a:gd name="adj" fmla="val 100000"/>
+              </a:avLst>
+            </a:prstGeom>
+            <a:solidFill>
+              <a:schemeClr val="accent1">
+                <a:alpha val="80000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="3">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="2">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="fr-FR" dirty="0"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="29" name="Isosceles Triangle 28"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="0" y="4013200"/>
+              <a:ext cx="448733" cy="2844800"/>
+            </a:xfrm>
+            <a:prstGeom prst="triangle">
+              <a:avLst>
+                <a:gd name="adj" fmla="val 0"/>
+              </a:avLst>
+            </a:prstGeom>
+            <a:solidFill>
+              <a:schemeClr val="accent1">
+                <a:alpha val="85000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="3">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="2">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+        </p:sp>
+      </p:grpSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="838200" y="365125"/>
-            <a:ext cx="10515600" cy="1325563"/>
+            <a:off x="677334" y="257221"/>
+            <a:ext cx="9251858" cy="1320800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="fr-FR"/>
-[...13 lines deleted...]
-          </p:cNvPr>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Titre</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="838200" y="1825625"/>
-            <a:ext cx="10515600" cy="4351338"/>
+            <a:off x="677333" y="1649480"/>
+            <a:ext cx="9705659" cy="4585065"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr lvl="0"/>
-[...2 lines deleted...]
-              <a:t>Modifier les styles du texte du masque</a:t>
+            <a:pPr marL="342900" marR="0" lvl="0" indent="-342900" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="80000"/>
+              <a:buFont typeface="Wingdings 3" charset="2"/>
+              <a:buChar char=""/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Police Verdana, espacement caractère 1,5, interligne 1,5 </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="fr-FR"/>
+              <a:rPr lang="fr-FR" dirty="0"/>
               <a:t>Deuxième niveau</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="fr-FR"/>
-[...117 lines deleted...]
-          </p:cNvPr>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Troisième niveau max!</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8610600" y="6356350"/>
-            <a:ext cx="2743200" cy="365125"/>
+            <a:off x="11459092" y="6265081"/>
+            <a:ext cx="683339" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
-              <a:defRPr sz="1200">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:defRPr sz="900" b="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:fld id="{6F519EDA-5420-4157-83B2-C92AC4E8E9DD}" type="slidenum">
+            <a:fld id="{058C6AAE-80D1-40D8-9C1C-2E18126A3A25}" type="slidenum">
               <a:rPr lang="fr-FR" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹N°›</a:t>
             </a:fld>
-            <a:endParaRPr lang="fr-FR"/>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1736702341"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4289844153"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
-    <p:sldLayoutId id="2147483649" r:id="rId1"/>
-[...13 lines deleted...]
-    <p:sldLayoutId id="2147483663" r:id="rId15"/>
+    <p:sldLayoutId id="2147484048" r:id="rId1"/>
+    <p:sldLayoutId id="2147484049" r:id="rId2"/>
+    <p:sldLayoutId id="2147484050" r:id="rId3"/>
+    <p:sldLayoutId id="2147484051" r:id="rId4"/>
+    <p:sldLayoutId id="2147484052" r:id="rId5"/>
+    <p:sldLayoutId id="2147484053" r:id="rId6"/>
+    <p:sldLayoutId id="2147484054" r:id="rId7"/>
+    <p:sldLayoutId id="2147484055" r:id="rId8"/>
+    <p:sldLayoutId id="2147484056" r:id="rId9"/>
+    <p:sldLayoutId id="2147484057" r:id="rId10"/>
+    <p:sldLayoutId id="2147484058" r:id="rId11"/>
+    <p:sldLayoutId id="2147484059" r:id="rId12"/>
+    <p:sldLayoutId id="2147484060" r:id="rId13"/>
+    <p:sldLayoutId id="2147484061" r:id="rId14"/>
+    <p:sldLayoutId id="2147484062" r:id="rId15"/>
+    <p:sldLayoutId id="2147484063" r:id="rId16"/>
   </p:sldLayoutIdLst>
+  <p:hf hdr="0" ftr="0" dt="0"/>
   <p:txStyles>
     <p:titleStyle>
-      <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-[...2 lines deleted...]
-        </a:lnSpc>
+      <a:lvl1pPr algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:buNone/>
-        <a:defRPr sz="4400" kern="1200">
+        <a:defRPr sz="3600" kern="1200" spc="150" baseline="0">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:schemeClr val="accent1"/>
           </a:solidFill>
-          <a:latin typeface="+mj-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mj-cs"/>
+          <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
         </a:defRPr>
       </a:lvl1pPr>
+      <a:lvl2pPr eaLnBrk="1" hangingPunct="1">
+        <a:defRPr>
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+        </a:defRPr>
+      </a:lvl2pPr>
+      <a:lvl3pPr eaLnBrk="1" hangingPunct="1">
+        <a:defRPr>
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+        </a:defRPr>
+      </a:lvl3pPr>
+      <a:lvl4pPr eaLnBrk="1" hangingPunct="1">
+        <a:defRPr>
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+        </a:defRPr>
+      </a:lvl4pPr>
+      <a:lvl5pPr eaLnBrk="1" hangingPunct="1">
+        <a:defRPr>
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+        </a:defRPr>
+      </a:lvl5pPr>
+      <a:lvl6pPr eaLnBrk="1" hangingPunct="1">
+        <a:defRPr>
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+        </a:defRPr>
+      </a:lvl6pPr>
+      <a:lvl7pPr eaLnBrk="1" hangingPunct="1">
+        <a:defRPr>
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+        </a:defRPr>
+      </a:lvl7pPr>
+      <a:lvl8pPr eaLnBrk="1" hangingPunct="1">
+        <a:defRPr>
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+        </a:defRPr>
+      </a:lvl8pPr>
+      <a:lvl9pPr eaLnBrk="1" hangingPunct="1">
+        <a:defRPr>
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+        </a:defRPr>
+      </a:lvl9pPr>
     </p:titleStyle>
     <p:bodyStyle>
-      <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl1pPr marL="0" indent="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="150000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="1000"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr sz="2800" kern="1200">
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:schemeClr val="accent1"/>
+        </a:buClr>
+        <a:buSzPct val="80000"/>
+        <a:buFont typeface="Wingdings 3" charset="2"/>
+        <a:buNone/>
+        <a:defRPr sz="2800" kern="1200" spc="150" baseline="0">
+          <a:solidFill>
+            <a:schemeClr val="tx1">
+              <a:lumMod val="75000"/>
+              <a:lumOff val="25000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+      <a:lvl2pPr marL="742950" indent="-285750" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="150000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="1000"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:schemeClr val="accent1"/>
+        </a:buClr>
+        <a:buSzPct val="80000"/>
+        <a:buFont typeface="Wingdings 3" charset="2"/>
+        <a:buChar char=""/>
+        <a:defRPr sz="2400" kern="1200" spc="150" baseline="0">
+          <a:solidFill>
+            <a:schemeClr val="tx1">
+              <a:lumMod val="75000"/>
+              <a:lumOff val="25000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl2pPr>
+      <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="150000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="1000"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:schemeClr val="accent1"/>
+        </a:buClr>
+        <a:buSzPct val="80000"/>
+        <a:buFont typeface="Wingdings 3" charset="2"/>
+        <a:buChar char=""/>
+        <a:defRPr sz="2000" kern="1200" spc="150" baseline="0">
+          <a:solidFill>
+            <a:schemeClr val="tx1">
+              <a:lumMod val="75000"/>
+              <a:lumOff val="25000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl3pPr>
+      <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="150000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="1000"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:schemeClr val="accent1"/>
+        </a:buClr>
+        <a:buSzPct val="80000"/>
+        <a:buFont typeface="Wingdings 3" charset="2"/>
+        <a:buChar char=""/>
+        <a:defRPr sz="1200" kern="1200" spc="150" baseline="0">
+          <a:solidFill>
+            <a:schemeClr val="tx1">
+              <a:lumMod val="75000"/>
+              <a:lumOff val="25000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl4pPr>
+      <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="150000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="1000"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:schemeClr val="accent1"/>
+        </a:buClr>
+        <a:buSzPct val="80000"/>
+        <a:buFont typeface="Wingdings 3" charset="2"/>
+        <a:buChar char=""/>
+        <a:defRPr sz="1200" kern="1200" spc="150" baseline="0">
+          <a:solidFill>
+            <a:schemeClr val="tx1">
+              <a:lumMod val="75000"/>
+              <a:lumOff val="25000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl5pPr>
+      <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:spcBef>
+          <a:spcPts val="1000"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:schemeClr val="accent1"/>
+        </a:buClr>
+        <a:buSzPct val="80000"/>
+        <a:buFont typeface="Wingdings 3" charset="2"/>
+        <a:buChar char=""/>
+        <a:defRPr sz="1200" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1">
+              <a:lumMod val="75000"/>
+              <a:lumOff val="25000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl6pPr>
+      <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:spcBef>
+          <a:spcPts val="1000"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:schemeClr val="accent1"/>
+        </a:buClr>
+        <a:buSzPct val="80000"/>
+        <a:buFont typeface="Wingdings 3" charset="2"/>
+        <a:buChar char=""/>
+        <a:defRPr sz="1200" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1">
+              <a:lumMod val="75000"/>
+              <a:lumOff val="25000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl7pPr>
+      <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:spcBef>
+          <a:spcPts val="1000"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:schemeClr val="accent1"/>
+        </a:buClr>
+        <a:buSzPct val="80000"/>
+        <a:buFont typeface="Wingdings 3" charset="2"/>
+        <a:buChar char=""/>
+        <a:defRPr sz="1200" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1">
+              <a:lumMod val="75000"/>
+              <a:lumOff val="25000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl8pPr>
+      <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:spcBef>
+          <a:spcPts val="1000"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:schemeClr val="accent1"/>
+        </a:buClr>
+        <a:buSzPct val="80000"/>
+        <a:buFont typeface="Wingdings 3" charset="2"/>
+        <a:buChar char=""/>
+        <a:defRPr sz="1200" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1">
+              <a:lumMod val="75000"/>
+              <a:lumOff val="25000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl9pPr>
+    </p:bodyStyle>
+    <p:otherStyle>
+      <a:defPPr>
+        <a:defRPr lang="en-US"/>
+      </a:defPPr>
+      <a:lvl1pPr marL="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl1pPr>
-      <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-[...8 lines deleted...]
-        <a:defRPr sz="2400" kern="1200">
+      <a:lvl2pPr marL="457200" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl2pPr>
-      <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-[...8 lines deleted...]
-        <a:defRPr sz="2000" kern="1200">
+      <a:lvl3pPr marL="914400" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl3pPr>
-      <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-[...7 lines deleted...]
-        <a:buChar char="•"/>
+      <a:lvl4pPr marL="1371600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl4pPr>
-      <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-[...7 lines deleted...]
-        <a:buChar char="•"/>
+      <a:lvl5pPr marL="1828800" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl5pPr>
-      <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-[...7 lines deleted...]
-        <a:buChar char="•"/>
+      <a:lvl6pPr marL="2286000" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl6pPr>
-      <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-[...7 lines deleted...]
-        <a:buChar char="•"/>
+      <a:lvl7pPr marL="2743200" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl7pPr>
-      <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-[...7 lines deleted...]
-        <a:buChar char="•"/>
+      <a:lvl8pPr marL="3200400" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
-      <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-[...102 lines deleted...]
-      <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl9pPr marL="3657600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
+  <p:extLst>
+    <p:ext uri="{27BBF7A9-308A-43DC-89C8-2F10F3537804}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
+    </p:ext>
+  </p:extLst>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beluga.univ-grenoble-alpes.fr/permalink/33UGRENOBLE_INST/1peaf1c/alma991006990946106161" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beluga.univ-grenoble-alpes.fr/permalink/33UGRENOBLE_INST/1peaf1c/alma991007097843106161" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/mesh/68020228" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/mesh/1000082" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/mesh/1000082" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beluga.univ-grenoble-alpes.fr/permalink/33UGRENOBLE_INST/1peaf1c/alma991007097843106161" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beluga.univ-grenoble-alpes.fr/permalink/33UGRENOBLE_INST/1peaf1c/alma991006990946106161" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://idel.univ-grenoble-alpes.fr/participant/accueil/index/46" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://idel.univ-grenoble-alpes.fr/participant/accueil/index/46" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/mesh/68020228" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://idel.univ-grenoble-alpes.fr/participant/accueil/index/46" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubchem.ncbi.nlm.nih.gov/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/mesh/1000082" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openalex.org/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.svg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/mesh/1000082" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beluga.univ-grenoble-alpes.fr/discovery/search?vid=33UGRENOBLE_INST:UGrenoble" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bibliotheques.univ-grenoble-alpes.fr/fr/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eformation.univ-grenoble-alpes.fr/course/view.php?id=2551" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.legifrance.gouv.fr/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beluga.univ-grenoble-alpes.fr/permalink/33UGRENOBLE_INST/1peaf1c/alma991006990251106161" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://help.lexisnexis.com.sid2nomade-2.grenet.fr/tabula-rasa/k4c/home?lbu=FR&amp;locale=fr_FR&amp;audience=law" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bibliotheques.univ-grenoble-alpes.fr/collections/collections-numeriques/se-connecter-aux-bases-lexis-360-scifinder-n-theriaque-1288504.kjsp?RH=1549715688310" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beluga.univ-grenoble-alpes.fr/permalink/33UGRENOBLE_INST/1peaf1c/alma991007002850506161" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beluga.univ-grenoble-alpes.fr/permalink/33UGRENOBLE_INST/1peaf1c/alma991007002850706161" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/homepage.html?locale=fr" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bibliotheques.univ-grenoble-alpes.fr/se-former/les-ateliers-de-la-bu/inscription-aux-formations-zotero-bu-medecine-pharmacie-247551.kjsp?RH=1549704656816" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bibliotheques.univ-grenoble-alpes.fr/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mondiapason.ca/fichiers/OutilBibliographique/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://view.genially.com/65c33be13817160014d848ee" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bump-theses@univ-grenoble-alpes.fr" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bapso-rensbump@univ-grenoble-alpes.fr" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.univ-grenoble-alpes.fr/Form_RDV/formulaire.php" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bapso-rensbump@univ-grenoble-alpes.fr" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://idel.univ-grenoble-alpes.fr/participant/accueil/index/46" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bibliotheques.univ-grenoble-alpes.fr/medias/fichier/2023-instructions-sfs-version-web_1694589442592-pdf?ID_FICHE=1374206&amp;INLINE=FALSE" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commonchemistry.cas.org/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide32.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide33.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide34.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.univ-grenoble-alpes.fr/Form_RDV/formulaire.php" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beluga.univ-grenoble-alpes.fr/permalink/33UGRENOBLE_INST/1peaf1c/alma991007097843506161" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beluga.univ-grenoble-alpes.fr/permalink/33UGRENOBLE_INST/1peaf1c/alma991006988845706161" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beluga.univ-grenoble-alpes.fr/permalink/33UGRENOBLE_INST/1peaf1c/alma991007852035206161" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beluga.univ-grenoble-alpes.fr/permalink/33UGRENOBLE_INST/1peaf1c/alma991006988839106161" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commonchemistry.cas.org/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubservatory.zbmed.de/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ojs.eahil.eu/JEAHIL/article/view/604" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Triangle 2">
+          <p:cNvPr id="2" name="Titre 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{619634E2-7F5B-3D45-AA41-56D17B511669}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{70D02CD4-5043-DE2C-C08A-6FF1319D2063}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr/>
-[...34 lines deleted...]
-          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-[...10 lines deleted...]
-          <p:cNvPr id="4" name="Triangle 3">
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0"/>
+              <a:t>PubMed </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0" err="1"/>
+              <a:t>Medline</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0"/>
+              <a:t> et </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0" err="1"/>
+              <a:t>SciFinder</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0"/>
+              <a:t>-n</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Sous-titre 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7884F812-E37F-1841-9EF0-E1B6609A8B34}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3C33BDF4-68AB-AC04-61A8-0A7EA3C0B3F6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr/>
-[...34 lines deleted...]
-          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-[...6 lines deleted...]
-          <p:cNvPr id="5" name="Triangle 4">
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Pharmacie - Officine</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé du texte 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{533957C5-D138-424E-A162-EC0B223AD929}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A4FDE14B-F364-0FCA-B9EA-EE6914E73C7A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr/>
-[...225 lines deleted...]
-            <a:spAutoFit/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="r"/>
-[...246 lines deleted...]
-            <a:endParaRPr lang="fr-FR"/>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Service formation BUMP – vendredi 27 mars</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1640986477"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="673875791"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="2" name="Titre 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{62402C20-9D61-C68B-4DDC-79E2694F19C1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" idx="4294967295"/>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0"/>
+              <a:t>Des termes MeSH qui ne devraient pas être mentionnés</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé du contenu 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{362E659B-AC27-15D3-B26F-9C0B6FF7DF6D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="850608" y="1064300"/>
-            <a:ext cx="5372392" cy="1792655"/>
+            <a:off x="677333" y="1649480"/>
+            <a:ext cx="9808357" cy="4585065"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" spc="100" dirty="0"/>
+              <a:t>Généralement causé par les acronymes ou les termes voisins. Exemple :</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{224D4DAC-00E4-D148-FB2E-EB9C33092D8B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{058C6AAE-80D1-40D8-9C1C-2E18126A3A25}" type="slidenum">
+              <a:rPr lang="fr-FR" smtClean="0"/>
+              <a:pPr/>
+              <a:t>10</a:t>
+            </a:fld>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Image 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{937E3520-0CB3-81FB-2421-F02DB57374F8}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId2"/>
+          <a:srcRect b="53113"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="677333" y="2968347"/>
+            <a:ext cx="5097542" cy="1654927"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
-        <p:txBody>
-[...176 lines deleted...]
-      </p:cxnSp>
+      </p:pic>
       <p:grpSp>
         <p:nvGrpSpPr>
-          <p:cNvPr id="31" name="Groupe 30">
+          <p:cNvPr id="6" name="Groupe 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3AE1FF59-A804-4E44-98CD-607168B022E7}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{58CD2B81-584C-B550-37E6-16BBE3A2BA54}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="5091754" y="3577604"/>
-[...2 lines deleted...]
-            <a:chExt cx="6807854" cy="1938991"/>
+            <a:off x="677333" y="4990744"/>
+            <a:ext cx="6971153" cy="893126"/>
+            <a:chOff x="159681" y="4783834"/>
+            <a:chExt cx="6808056" cy="781977"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:pic>
           <p:nvPicPr>
-            <p:cNvPr id="17" name="Image 16">
+            <p:cNvPr id="7" name="Image 6">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{013D9281-ABE5-4CF5-A5FC-2435406F12F8}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{193A15D2-FFD3-CE22-336A-465E0431EB47}"/>
+                </a:ext>
+                <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                  <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvPicPr>
+              <a:picLocks noChangeAspect="1"/>
+            </p:cNvPicPr>
+            <p:nvPr/>
+          </p:nvPicPr>
+          <p:blipFill rotWithShape="1">
+            <a:blip r:embed="rId2"/>
+            <a:srcRect t="73147" b="10265"/>
+            <a:stretch/>
+          </p:blipFill>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="159681" y="4783834"/>
+              <a:ext cx="6808056" cy="781977"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+          </p:spPr>
+        </p:pic>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="8" name="Rectangle 7">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E3198393-99E4-4D7A-2EC0-F28B90BC6B8B}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="5058561" y="5343787"/>
+              <a:ext cx="1825286" cy="213635"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:solidFill>
+              <a:schemeClr val="bg1"/>
+            </a:solidFill>
+            <a:ln>
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:endParaRPr lang="fr-FR"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Image 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2D10A6EC-EF7A-90B0-3942-92931DB2DD3C}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7887637" y="3125858"/>
+            <a:ext cx="2663721" cy="2758012"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="523793445"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titre 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C936917-5467-AB9F-516D-75BBD40CD085}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0"/>
+              <a:t>Plusieurs termes MeSH alors qu’un meilleur terme MeSH existe</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="ZoneTexte 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B23D5167-FB05-D376-DF36-5BFED7989C04}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="556532" y="4516121"/>
+            <a:ext cx="6698847" cy="1318181"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" kern="1900" spc="100" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="75000"/>
+                    <a:lumOff val="25000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Le descripteur </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" kern="1900" spc="100" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="75000"/>
+                    <a:lumOff val="25000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Pregnancy in Adolescence semble plus pertinent : </a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" sz="2800" kern="1900" spc="100" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="75000"/>
+                  <a:lumOff val="25000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{48074233-D8A5-DCA4-5E8D-8840A81D82A3}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{058C6AAE-80D1-40D8-9C1C-2E18126A3A25}" type="slidenum">
+              <a:rPr lang="fr-FR" smtClean="0"/>
+              <a:pPr/>
+              <a:t>11</a:t>
+            </a:fld>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Image 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1CB03F3F-BE2F-CED0-738C-99BD998E8C6A}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="677334" y="1812096"/>
+            <a:ext cx="6237268" cy="2387982"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Image 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A662FBCF-5CD7-C05B-9CDC-B13DABEFFC2E}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7345144" y="1812096"/>
+            <a:ext cx="2903920" cy="2392435"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Image 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A08ADB54-FC69-2348-860F-CFFE3E3BB81F}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4436320" y="5362185"/>
+            <a:ext cx="5594742" cy="1012977"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="tx1"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1726848117"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titre 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F33C1AC7-D5C4-A1C5-88D1-3F6F63A42C33}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0"/>
+              <a:t>Un concept évident est manquant</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="ZoneTexte 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D2C44238-F271-F6B3-6910-EA722EF21E66}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3804404" y="4665694"/>
+            <a:ext cx="4583191" cy="1964512"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" kern="1900" spc="100" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="75000"/>
+                    <a:lumOff val="25000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Absence des descripteurs Gastrointestinal </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" kern="1900" spc="100" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="75000"/>
+                    <a:lumOff val="25000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Diseases</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" sz="2800" kern="1900" spc="100" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="75000"/>
+                  <a:lumOff val="25000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" kern="1900" spc="100" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="75000"/>
+                    <a:lumOff val="25000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ou </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" kern="1900" spc="100" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="75000"/>
+                    <a:lumOff val="25000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Ostomy</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" kern="1900" spc="100" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="75000"/>
+                    <a:lumOff val="25000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> par exemple</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F4AEE065-FBAD-6090-B266-4DE15F6ED151}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{058C6AAE-80D1-40D8-9C1C-2E18126A3A25}" type="slidenum">
+              <a:rPr lang="fr-FR" smtClean="0"/>
+              <a:pPr/>
+              <a:t>12</a:t>
+            </a:fld>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Image 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AE02D6D8-F184-B99C-07D8-2E52CB5FF8B2}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="677334" y="2042445"/>
+            <a:ext cx="5623563" cy="2408924"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Image 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A5E3F8F0-9601-FF4D-DAE4-533BE94EEDBD}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6989071" y="2042445"/>
+            <a:ext cx="2940121" cy="2408923"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2693007025"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titre 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A446B0E5-44F2-FDCC-9857-A21C20B4C19E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0"/>
+              <a:t>Interroger PubMed</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé du contenu 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{929DDF6B-A714-24F1-2CF0-C90308416B72}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>L’interprétation de la recherche simple de PubMed est loin d’être complètement satisfaisante.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Il est recommandé de ne pas l’utiliser pour effectuer ses équations de recherche.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{64B094F3-3D0C-DBFF-9EAF-ED7E66CF4157}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{058C6AAE-80D1-40D8-9C1C-2E18126A3A25}" type="slidenum">
+              <a:rPr lang="fr-FR" smtClean="0"/>
+              <a:pPr/>
+              <a:t>13</a:t>
+            </a:fld>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="5" name="Groupe 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1C6EF892-C52E-A606-08C2-B99C19054AD6}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="1948242" y="4728199"/>
+            <a:ext cx="6710042" cy="2011116"/>
+            <a:chOff x="292392" y="4548204"/>
+            <a:chExt cx="4376737" cy="1311784"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:pic>
+          <p:nvPicPr>
+            <p:cNvPr id="6" name="Image 5">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0F859EB3-27B9-59C7-76CE-53897BE0C707}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1"/>
             </p:cNvPicPr>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill>
-            <a:blip r:embed="rId3">
+            <a:blip r:embed="rId2"/>
+            <a:stretch>
+              <a:fillRect/>
+            </a:stretch>
+          </p:blipFill>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="292392" y="4548204"/>
+              <a:ext cx="4376737" cy="1311784"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+          </p:spPr>
+        </p:pic>
+        <p:cxnSp>
+          <p:nvCxnSpPr>
+            <p:cNvPr id="7" name="Connecteur droit 6">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F67C7B55-E577-FD66-76D8-CAEBFA7291B7}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvCxnSpPr>
+              <a:cxnSpLocks/>
+            </p:cNvCxnSpPr>
+            <p:nvPr/>
+          </p:nvCxnSpPr>
+          <p:spPr>
+            <a:xfrm flipV="1">
+              <a:off x="292392" y="4548204"/>
+              <a:ext cx="4376737" cy="1281052"/>
+            </a:xfrm>
+            <a:prstGeom prst="line">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:ln w="19050">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="tx1"/>
+            </a:fontRef>
+          </p:style>
+        </p:cxnSp>
+        <p:cxnSp>
+          <p:nvCxnSpPr>
+            <p:cNvPr id="8" name="Connecteur droit 7">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4EB9A7E3-8DA5-DC8A-7CB7-5021CADE3B9A}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvCxnSpPr>
+              <a:cxnSpLocks/>
+            </p:cNvCxnSpPr>
+            <p:nvPr/>
+          </p:nvCxnSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="292392" y="4548204"/>
+              <a:ext cx="4376737" cy="1311784"/>
+            </a:xfrm>
+            <a:prstGeom prst="line">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:ln w="19050">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="tx1"/>
+            </a:fontRef>
+          </p:style>
+        </p:cxnSp>
+      </p:grpSp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="652900594"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titre 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CFD1B65C-6788-766B-1FCA-36A1FEF7FEC8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0"/>
+              <a:t>Mobiliser les descripteurs MeSH</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé du contenu 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{782894DC-5691-5C18-8E52-830BE9E08BAC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Le MeSH (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0" err="1"/>
+              <a:t>Medical</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0" err="1"/>
+              <a:t>Subject</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0" err="1"/>
+              <a:t>Headings</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>) est le thésaurus de vocabulaire contrôlé utilisé pour indexer les articles de PubMed, il est accessible via le </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0"/>
+              <a:t>MeSH </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0" err="1"/>
+              <a:t>Database</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" b="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ABDD22C4-0E33-D3EA-FE57-8669C20EC8EE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{058C6AAE-80D1-40D8-9C1C-2E18126A3A25}" type="slidenum">
+              <a:rPr lang="fr-FR" smtClean="0"/>
+              <a:pPr/>
+              <a:t>14</a:t>
+            </a:fld>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="5" name="Groupe 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4401F450-8D7F-9606-7449-1DD504F36A11}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="2216921" y="4206197"/>
+            <a:ext cx="7712271" cy="2196584"/>
+            <a:chOff x="5091754" y="4516397"/>
+            <a:chExt cx="6807854" cy="1938991"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:pic>
+          <p:nvPicPr>
+            <p:cNvPr id="6" name="Image 5">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{940B9D15-F6E6-E26B-7B07-00975CA86F7F}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvPicPr>
+              <a:picLocks noChangeAspect="1"/>
+            </p:cNvPicPr>
+            <p:nvPr/>
+          </p:nvPicPr>
+          <p:blipFill>
+            <a:blip r:embed="rId2">
               <a:duotone>
                 <a:schemeClr val="bg2">
                   <a:shade val="45000"/>
                   <a:satMod val="135000"/>
                 </a:schemeClr>
                 <a:prstClr val="white"/>
               </a:duotone>
             </a:blip>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </p:blipFill>
           <p:spPr>
             <a:xfrm>
               <a:off x="5091754" y="4516397"/>
               <a:ext cx="6807854" cy="1938991"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
           </p:spPr>
         </p:pic>
         <p:pic>
           <p:nvPicPr>
-            <p:cNvPr id="11" name="Image 10">
+            <p:cNvPr id="7" name="Image 6">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{255A617D-9838-435F-BF12-137F7C53E090}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{46F9FA80-9D1C-7C15-F914-99183820F3F8}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1"/>
             </p:cNvPicPr>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill rotWithShape="1">
-            <a:blip r:embed="rId3"/>
+            <a:blip r:embed="rId2"/>
             <a:srcRect l="80090"/>
             <a:stretch/>
           </p:blipFill>
           <p:spPr>
             <a:xfrm>
               <a:off x="10387013" y="4516397"/>
               <a:ext cx="1355433" cy="1938991"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
           </p:spPr>
         </p:pic>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="12" name="Rectangle 11">
+            <p:cNvPr id="8" name="Rectangle 7">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{37897868-76C0-48C0-BBA6-D91017E22D13}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D3D40D9A-7DE1-6E60-C167-6832DF9C9AC7}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="10601325" y="5534025"/>
               <a:ext cx="981075" cy="219075"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="28575">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
               <a:schemeClr val="accent1">
                 <a:shade val="50000"/>
               </a:schemeClr>
             </a:lnRef>
             <a:fillRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:endParaRPr lang="fr-FR"/>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="14" name="Connecteur droit avec flèche 13">
+          <p:cNvPr id="9" name="Connecteur droit avec flèche 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8507D4EC-DE9A-4CC0-AFA4-81B6216EC8D2}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3D7F765A-0699-1EB5-ABB5-2B271D8DAAEC}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
-            <a:stCxn id="4" idx="2"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8604092" y="3456143"/>
-            <a:ext cx="2116429" cy="948875"/>
+            <a:off x="6459007" y="3690524"/>
+            <a:ext cx="1999426" cy="1564904"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="28575">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
-      <p:grpSp>
-[...276 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1927360954"/>
-[...1270 lines deleted...]
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3285187709"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1600789915"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="2" name="Titre 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FF9DC04F-DD36-FA31-07DD-1A1B32978488}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" idx="4294967295"/>
+            <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...11 lines deleted...]
-          </a:bodyPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="4000" b="1" dirty="0" err="1">
-[...69 lines deleted...]
-      </p:cxnSp>
+              <a:rPr lang="fr-FR" b="1" dirty="0"/>
+              <a:t>Des dictionnaires MeSH</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé du contenu 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1643D16B-32ED-D953-4A06-DAE3EDFEE0BB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Pour traduite du langage naturel en français vers le descripteur MeSH équivalent en anglais.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1C5CF20B-8DB2-7C31-CE52-7BEDCBF70B4D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{058C6AAE-80D1-40D8-9C1C-2E18126A3A25}" type="slidenum">
+              <a:rPr lang="fr-FR" smtClean="0"/>
+              <a:pPr/>
+              <a:t>15</a:t>
+            </a:fld>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="7" name="Image 6">
+          <p:cNvPr id="5" name="Image 4">
+            <a:hlinkClick r:id="rId2"/>
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BBB0F83E-0135-477E-9D6D-3ABFADCE5605}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{47B5EDCA-8091-4338-73BA-C7509EADE450}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3205316" y="2690430"/>
-            <a:ext cx="1671484" cy="3372395"/>
+            <a:off x="677333" y="3769567"/>
+            <a:ext cx="4129173" cy="1438954"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:sp>
-[...1 lines deleted...]
-          <p:cNvPr id="11" name="TextBox 3">
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Image 5">
+            <a:hlinkClick r:id="rId4"/>
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F096257D-8E82-4E62-B6F3-948B340C703B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{569E6FC9-C6C1-7004-7474-F871882B29CC}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
           <p:nvPr/>
-        </p:nvSpPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5341083" y="2854497"/>
-[...116 lines deleted...]
-            <a:ext cx="5779146" cy="461665"/>
+            <a:off x="5983088" y="3769567"/>
+            <a:ext cx="4165389" cy="1438953"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
-        <p:txBody>
-[...21 lines deleted...]
-      </p:sp>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1588172076"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2757039044"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="2" name="Titre 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6327852D-B31C-CBFE-9F43-C7D88150BF64}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" idx="4294967295"/>
+            <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...11 lines deleted...]
-          </a:bodyPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="4000" b="1" dirty="0" err="1">
-[...84 lines deleted...]
-          <p:cNvPr id="8" name="Rectangle 1">
+              <a:rPr lang="fr-FR" b="1" dirty="0"/>
+              <a:t>Le MeSH </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0" err="1"/>
+              <a:t>Database</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" b="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé du contenu 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DF316C82-95B7-404C-9F40-650BBCC996AF}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C28FE09A-0C64-00F2-6261-B8A8F1ACC53A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
-            <a:spLocks noChangeArrowheads="1"/>
+            <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
-          <p:nvPr/>
-[...21 lines deleted...]
-          </a:bodyPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr eaLnBrk="0" fontAlgn="base" hangingPunct="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Une page pour chaque descripteur MeSH</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" indent="-457200">
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="q"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2400" spc="300" dirty="0">
-[...383 lines deleted...]
-              </a:spcAft>
+              <a:rPr lang="fr-FR" dirty="0" err="1"/>
+              <a:t>Subheadings</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" indent="-457200">
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="q"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="fr-FR" altLang="fr-FR" sz="3200" b="1" spc="300" dirty="0">
-[...23 lines deleted...]
-              </a:spcAft>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Restrict to </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>MeSH</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> Major Topic.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" indent="-457200">
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="q"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2400" spc="300" dirty="0">
-[...173 lines deleted...]
-          <p:cNvPr id="4" name="Rectangle 3">
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Do not include </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>MeSH</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> terms found below this term in the </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>MeSH</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> hierarchy.</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{433FD9F5-10DB-484F-93EF-6F02E934E0D9}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DCF79132-03E8-F88C-9A7F-E8A2D054DCD1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr/>
-[...14 lines deleted...]
-          </a:bodyPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...16 lines deleted...]
-            </a:endParaRPr>
+            <a:fld id="{058C6AAE-80D1-40D8-9C1C-2E18126A3A25}" type="slidenum">
+              <a:rPr lang="fr-FR" smtClean="0"/>
+              <a:pPr/>
+              <a:t>16</a:t>
+            </a:fld>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2658675188"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3103076296"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Rectangle 2">
+          <p:cNvPr id="2" name="Titre 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0C76815F-FF44-4191-90B7-54AB0EE0E5E4}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4D6EDB02-0690-1654-8CFA-1EC3F77B46F3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr/>
-[...14 lines deleted...]
-          </a:bodyPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
-[...2132 lines deleted...]
-          <p:cNvPr id="7" name="Rectangle 6">
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0" err="1"/>
+              <a:t>Pharmacological</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0"/>
+              <a:t> MeSH </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0" err="1"/>
+              <a:t>terms</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" b="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé du contenu 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{433CBB81-07EE-4BAF-AE77-DDE66EABEE63}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E61D28D2-06F7-F998-A044-62C7033157D5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr/>
-[...14 lines deleted...]
-          </a:bodyPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="fr-FR" sz="3600" spc="300" dirty="0">
-[...15 lines deleted...]
-            </a:endParaRPr>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Liste des descripteurs pharmacologiques à retrouver ici : </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0">
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>https://www.ncbi.nlm.nih.gov/mesh/68020228</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" indent="-457200">
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t> médicaments et produits chimiques dans le MeSH</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Dans ce cas, il faut donc bien ajouter le tag [</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0" err="1"/>
+              <a:t>mh</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>].</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Exemple : ("Anti-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0" err="1"/>
+              <a:t>Inflammatory</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t> Agents"[</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0" err="1"/>
+              <a:t>mh</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>])</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A9638104-1EBF-286B-037C-FFE7BA8324CC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{058C6AAE-80D1-40D8-9C1C-2E18126A3A25}" type="slidenum">
+              <a:rPr lang="fr-FR" smtClean="0"/>
+              <a:pPr/>
+              <a:t>17</a:t>
+            </a:fld>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3004182935"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3108435979"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="2" name="Titre 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E0A3E5DF-9A5A-B28B-FDB4-9D2796076B3B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" idx="4294967295"/>
+            <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...11 lines deleted...]
-          </a:bodyPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="4000" b="1" dirty="0">
-[...73 lines deleted...]
-          <p:cNvPr id="3" name="Rectangle 2">
+              <a:rPr lang="fr-FR" b="1" dirty="0" err="1"/>
+              <a:t>Supplementary</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0"/>
+              <a:t> Concept</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé du contenu 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DD6CF49E-C07A-4721-84C1-A20DBF2D5DA0}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AE5402B7-65AB-B251-E8BA-53D6AFD131BA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr/>
-[...13 lines deleted...]
-            <a:spAutoFit/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
-[...21 lines deleted...]
-          <p:cNvPr id="4" name="Rectangle 3">
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Les concepts supplémentaires décrivent des substances qui ne font pas forcément partie du </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0" err="1"/>
+              <a:t>MesH</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>. Mais vous pouvez les ajouter à votre requête de recherche en utilisant le tag [</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0"/>
+              <a:t>nm</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>]. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Liste des </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0" err="1"/>
+              <a:t>Supplementary</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t> Concepts : </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0">
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>https://www.ncbi.nlm.nih.gov/mesh/1000082</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Exemple : ("</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0" err="1"/>
+              <a:t>ethacizine</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>"[</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0"/>
+              <a:t>nm</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>])</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CD494D88-5C4D-47A2-A936-4CD882F320D1}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ADEBA3B3-1D02-095E-51EA-5D772C59B645}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr/>
-[...14 lines deleted...]
-          </a:bodyPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...244 lines deleted...]
-      </p:pic>
+            <a:fld id="{058C6AAE-80D1-40D8-9C1C-2E18126A3A25}" type="slidenum">
+              <a:rPr lang="fr-FR" smtClean="0"/>
+              <a:pPr/>
+              <a:t>18</a:t>
+            </a:fld>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1298783613"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="745912293"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="2" name="Titre 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C25730E7-F57A-855D-E1A7-C5965B92217A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" idx="4294967295"/>
+            <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...7 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0" err="1"/>
+              <a:t>Pharmacological</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0"/>
+              <a:t> Actions </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0" err="1"/>
+              <a:t>Category</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" b="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé du contenu 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{25106FC1-37BB-760E-9FC2-9E6921E9B9AD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="4000" b="1" dirty="0">
-[...327 lines deleted...]
-            </a:pPr>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>En plus du thésaurus </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0" err="1"/>
+              <a:t>Mesh</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>, il est possible de rechercher une série de médicaments d’une même famille en utilisant le tag [</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0" err="1"/>
+              <a:t>pa</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>].</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Liste à retrouver ici : </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:r>
               <a:rPr lang="fr-FR" dirty="0">
-                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
-[...117 lines deleted...]
-          <p:cNvPr id="6" name="Graphique 5" descr="Graphique à barres">
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>https://www.ncbi.nlm.nih.gov/mesh/1000082</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Exemple : ("</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0" err="1"/>
+              <a:t>Cardiovascular</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t> Agents"[</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0" err="1"/>
+              <a:t>pa</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>])</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B7CC455A-EE16-4989-A96A-1C3C851F6C22}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{99BD7467-9DAD-678A-80DF-1CBEB696A55B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvPicPr>
-[...149 lines deleted...]
-      </p:pic>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{058C6AAE-80D1-40D8-9C1C-2E18126A3A25}" type="slidenum">
+              <a:rPr lang="fr-FR" smtClean="0"/>
+              <a:pPr/>
+              <a:t>19</a:t>
+            </a:fld>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="312053885"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2867383153"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="2" name="Titre 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{081687ED-C2F1-9CC7-0902-E788F38163A0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" idx="4294967295"/>
+            <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0"/>
+              <a:t>Objectifs</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé du contenu 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{79AC1124-63C7-1D4D-F160-180F87C8E6B3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="457200" indent="-457200">
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Présentation de </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0"/>
+              <a:t>PubMed</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0" err="1"/>
+              <a:t>Medline</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t> et de </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0" err="1"/>
+              <a:t>SciFinder</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0"/>
+              <a:t>-n</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" indent="-457200">
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Savoir interroger ces deux bases</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" indent="-457200">
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Lire les résultats d’une requête</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" indent="-457200">
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Optimiser ses recherches</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E099C571-4E8D-3FA1-7219-46FA3E30738B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{058C6AAE-80D1-40D8-9C1C-2E18126A3A25}" type="slidenum">
+              <a:rPr lang="fr-FR" smtClean="0"/>
+              <a:pPr/>
+              <a:t>2</a:t>
+            </a:fld>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Espace réservé pour une image  8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{67CED118-BD6A-F05F-B8E3-D4658C6467B1}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="-3743" t="7168" r="-645" b="10018"/>
+          <a:stretch/>
+        </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="939801" y="475946"/>
-            <a:ext cx="5372100" cy="1792288"/>
+            <a:off x="7722567" y="2809253"/>
+            <a:ext cx="2203509" cy="1748122"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst>
+            <a:outerShdw blurRad="292100" dist="139700" dir="2700000" algn="tl" rotWithShape="0">
+              <a:srgbClr val="333333">
+                <a:alpha val="65000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </p:spPr>
-        <p:txBody>
-[...73 lines deleted...]
-          <p:cNvSpPr txBox="1"/>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Image 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1ACC596A-CC94-9906-C90C-DBD823CF851C}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
           <p:nvPr/>
-        </p:nvSpPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="9371" t="5829" r="7419" b="7703"/>
+          <a:stretch/>
+        </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2488529" y="2731113"/>
-            <a:ext cx="5962096" cy="2862322"/>
+            <a:off x="7527366" y="4805790"/>
+            <a:ext cx="2593910" cy="1511560"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF">
+              <a:shade val="85000"/>
+            </a:srgbClr>
+          </a:solidFill>
+          <a:ln w="88900" cap="sq">
+            <a:solidFill>
+              <a:srgbClr val="FFFFFF"/>
+            </a:solidFill>
+            <a:miter lim="800000"/>
+          </a:ln>
+          <a:effectLst>
+            <a:outerShdw blurRad="55000" dist="18000" dir="5400000" algn="tl" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="40000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront"/>
+            <a:lightRig rig="twoPt" dir="t">
+              <a:rot lat="0" lon="0" rev="7200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="25400" h="19050"/>
+            <a:contourClr>
+              <a:srgbClr val="FFFFFF"/>
+            </a:contourClr>
+          </a:sp3d>
         </p:spPr>
-        <p:txBody>
-[...985 lines deleted...]
-      </p:grpSp>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3880716048"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3506593740"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="2" name="Titre 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3CCE54FA-023B-3CCB-C17C-D72856F02F73}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" idx="4294967295"/>
+            <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...7 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0"/>
+              <a:t>Les substances dans PUBMED</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé du contenu 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{930BCE4B-CFA9-F586-5C3E-375E776A99F6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="4000" b="1" dirty="0" err="1">
-[...494 lines deleted...]
-          <p:cNvPr id="6" name="Google Shape;597;p56">
+              <a:rPr lang="fr-FR" sz="3200" dirty="0"/>
+              <a:t>Il existe des substances inscrites comme descripteurs MeSH [</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3200" b="1" dirty="0" err="1"/>
+              <a:t>mh</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3200" dirty="0"/>
+              <a:t>], mais aussi des substances inscrites comme </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3200" dirty="0" err="1"/>
+              <a:t>Supplementary</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3200" dirty="0"/>
+              <a:t> Concept [</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3200" b="1" dirty="0"/>
+              <a:t>nm</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3200" dirty="0"/>
+              <a:t>] et enfin des listes de médicaments d’une même famille : </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3200" dirty="0" err="1"/>
+              <a:t>Pharmacological</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3200" dirty="0"/>
+              <a:t> Actions </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3200" dirty="0" err="1"/>
+              <a:t>Category</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3200" dirty="0"/>
+              <a:t> [</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3200" b="1" dirty="0" err="1"/>
+              <a:t>pa</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3200" dirty="0"/>
+              <a:t>]</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CAB7D444-4EAF-4CCE-A2AA-CFC1770A7325}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA267FDF-F6C2-EBED-4338-9B99D06B0B46}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvPicPr preferRelativeResize="0"/>
-[...153 lines deleted...]
-      </p:pic>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{058C6AAE-80D1-40D8-9C1C-2E18126A3A25}" type="slidenum">
+              <a:rPr lang="fr-FR" smtClean="0"/>
+              <a:pPr/>
+              <a:t>20</a:t>
+            </a:fld>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2855809584"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2745761424"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="2" name="Titre 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{463D58E9-AB73-25E7-F5E8-6FFE3B4B86ED}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" idx="4294967295"/>
+            <p:ph type="title"/>
           </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0"/>
+              <a:t>Les opérateurs booléens</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Espace réservé du contenu 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6CD5D4A3-9730-5405-1836-BD692AAC30DA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="850608" y="716571"/>
-            <a:ext cx="9568010" cy="1252055"/>
+            <a:off x="677334" y="1617063"/>
+            <a:ext cx="4298535" cy="4919252"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr>
-            <a:normAutofit/>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit fontScale="62500" lnSpcReduction="20000"/>
           </a:bodyPr>
-          <a:lstStyle/>
-[...4 lines deleted...]
-                  <a:srgbClr val="202C41"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="80000"/>
+              <a:buFont typeface="Wingdings 3" charset="2"/>
+              <a:buNone/>
+              <a:defRPr sz="2800" kern="1900" spc="150" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="75000"/>
+                    <a:lumOff val="25000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="80000"/>
+              <a:buFont typeface="Wingdings 3" charset="2"/>
+              <a:buChar char=""/>
+              <a:defRPr sz="2400" kern="1200" spc="150" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="75000"/>
+                    <a:lumOff val="25000"/>
+                  </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
-[...6 lines deleted...]
-                  <a:srgbClr val="202C41"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="80000"/>
+              <a:buFont typeface="Wingdings 3" charset="2"/>
+              <a:buChar char=""/>
+              <a:defRPr sz="2000" kern="1200" spc="150" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="75000"/>
+                    <a:lumOff val="25000"/>
+                  </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
-[...6 lines deleted...]
-                  <a:srgbClr val="202C41"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="80000"/>
+              <a:buFont typeface="Wingdings 3" charset="2"/>
+              <a:buChar char=""/>
+              <a:defRPr sz="1200" kern="1200" spc="150" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="75000"/>
+                    <a:lumOff val="25000"/>
+                  </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
-[...65 lines deleted...]
-            <a:pPr marL="285750" indent="-285750">
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
               <a:spcBef>
-                <a:spcPct val="50000"/>
+                <a:spcPts val="1000"/>
               </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:buClr>
-                <a:srgbClr val="0066A1"/>
+                <a:schemeClr val="accent1"/>
               </a:buClr>
-              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
-[...3 lines deleted...]
-              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+              <a:buSzPct val="80000"/>
+              <a:buFont typeface="Wingdings 3" charset="2"/>
+              <a:buChar char=""/>
+              <a:defRPr sz="1200" kern="1200" spc="150" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="75000"/>
+                    <a:lumOff val="25000"/>
+                  </a:schemeClr>
+                </a:solidFill>
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
-[...5 lines deleted...]
-            <a:pPr>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:spcBef>
-                <a:spcPct val="50000"/>
+                <a:spcPts val="1000"/>
               </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:buClr>
-                <a:srgbClr val="0066A1"/>
+                <a:schemeClr val="accent1"/>
               </a:buClr>
-            </a:pPr>
-[...10 lines deleted...]
-            <a:pPr lvl="1">
+              <a:buSzPct val="80000"/>
+              <a:buFont typeface="Wingdings 3" charset="2"/>
+              <a:buChar char=""/>
+              <a:defRPr sz="1200" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="75000"/>
+                    <a:lumOff val="25000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:spcBef>
-                <a:spcPct val="50000"/>
+                <a:spcPts val="1000"/>
               </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:buClr>
-                <a:srgbClr val="0066A1"/>
+                <a:schemeClr val="accent1"/>
               </a:buClr>
-            </a:pPr>
-[...10 lines deleted...]
-            <a:pPr lvl="1">
+              <a:buSzPct val="80000"/>
+              <a:buFont typeface="Wingdings 3" charset="2"/>
+              <a:buChar char=""/>
+              <a:defRPr sz="1200" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="75000"/>
+                    <a:lumOff val="25000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:spcBef>
-                <a:spcPct val="50000"/>
+                <a:spcPts val="1000"/>
               </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:buClr>
-                <a:srgbClr val="0066A1"/>
+                <a:schemeClr val="accent1"/>
               </a:buClr>
-            </a:pPr>
-[...41 lines deleted...]
-            <a:pPr marL="742950" lvl="1" indent="-285750">
+              <a:buSzPct val="80000"/>
+              <a:buFont typeface="Wingdings 3" charset="2"/>
+              <a:buChar char=""/>
+              <a:defRPr sz="1200" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="75000"/>
+                    <a:lumOff val="25000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:spcBef>
-                <a:spcPct val="50000"/>
+                <a:spcPts val="1000"/>
               </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:buClr>
-                <a:srgbClr val="0066A1"/>
+                <a:schemeClr val="accent1"/>
               </a:buClr>
-              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
-[...170 lines deleted...]
-          <p:cNvPr id="6" name="Google Shape;384;p45">
+              <a:buSzPct val="80000"/>
+              <a:buFont typeface="Wingdings 3" charset="2"/>
+              <a:buChar char=""/>
+              <a:defRPr sz="1200" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="75000"/>
+                    <a:lumOff val="25000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0"/>
+              <a:t>AND</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t> (ET) :  est utile pour restreindre une recherche. Il permet l’intersection de plusieurs éléments que l’on doit retrouver dans les articles recherchés.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" b="1" spc="100" dirty="0"/>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" spc="100" dirty="0"/>
+              <a:t> (OU) : est utile pour élargir une recherche. Il permet de réaliser la réunion de plusieurs éléments</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="100" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" b="1" spc="100" dirty="0"/>
+              <a:t>NOT</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" spc="100" dirty="0"/>
+              <a:t> (SAUF) : est utile pour restreindre spécifiquement une recherche. Il permet d'exclure les résultats liés au terme introduit.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Espace réservé du contenu 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{679FA341-AC06-4D23-8531-77481B9D9238}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{176D5525-BA63-DB1E-669C-290129724573}"/>
               </a:ext>
-            </a:extLst>
-[...307 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F097F2B2-1C6B-46A1-AC29-D45F39EE5E2B}"/>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1"/>
+            <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
-          <p:nvPr/>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId8">
+          <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="105067" y="2538826"/>
-            <a:ext cx="1132546" cy="1132546"/>
+            <a:off x="5303263" y="1617063"/>
+            <a:ext cx="4857687" cy="4675524"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...1 lines deleted...]
-          </a:prstGeom>
+          <a:ln w="38100">
+            <a:solidFill>
+              <a:schemeClr val="tx1"/>
+            </a:solidFill>
+          </a:ln>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7A5B8C04-82D1-721E-3939-7E121B2DC640}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{058C6AAE-80D1-40D8-9C1C-2E18126A3A25}" type="slidenum">
+              <a:rPr lang="fr-FR" smtClean="0"/>
+              <a:pPr/>
+              <a:t>21</a:t>
+            </a:fld>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="477177952"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2043386308"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="2" name="Titre 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{463D58E9-AB73-25E7-F5E8-6FFE3B4B86ED}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" idx="4294967295"/>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0"/>
+              <a:t>La troncature</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Espace réservé du contenu 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6B9C408B-B46A-0526-23B2-3A90EFAE4A33}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="850608" y="716571"/>
-            <a:ext cx="9568010" cy="1252055"/>
+            <a:off x="677333" y="1649481"/>
+            <a:ext cx="9705659" cy="3572000"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...1 lines deleted...]
-          </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="4000" b="1" dirty="0" err="1">
-[...199 lines deleted...]
-              <a:buSzPct val="80000"/>
+              <a:rPr lang="en-US" sz="2800" b="1" spc="100" dirty="0" err="1">
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Motiv</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" spc="100" dirty="0">
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>*</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" spc="100" dirty="0">
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> va permettre d’obtenir des résultats pour les termes: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" spc="100" dirty="0">
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>motiv</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" spc="100" dirty="0">
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ate, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" spc="100" dirty="0">
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>motiv</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" spc="100" dirty="0">
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ating, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" spc="100" dirty="0">
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>motiv</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" spc="100" dirty="0">
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ated, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" spc="100" dirty="0">
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>motiv</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" spc="100" dirty="0">
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ation</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" spc="100" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" indent="-457200">
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="v"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
-[...244 lines deleted...]
-          <p:cNvPr id="6" name="Google Shape;314;p40">
+              <a:rPr lang="fr-FR" sz="2800" spc="100" dirty="0">
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Dans PubMed utiliser les troncatures : astérisque (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" b="1" spc="100" dirty="0">
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>*</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" spc="100" dirty="0">
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>) après une suite d’au moins </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" b="1" spc="100" dirty="0">
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>quatre</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" spc="100" dirty="0">
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> caractères ; utilisable dans une expression entre guillemets.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B3951C68-058C-4E08-B213-B7A08849ED14}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7A5B8C04-82D1-721E-3939-7E121B2DC640}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvPicPr preferRelativeResize="0"/>
-[...77 lines deleted...]
-          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-[...85 lines deleted...]
-            <a:endParaRPr lang="fr-FR"/>
+            <a:fld id="{058C6AAE-80D1-40D8-9C1C-2E18126A3A25}" type="slidenum">
+              <a:rPr lang="fr-FR" smtClean="0"/>
+              <a:pPr/>
+              <a:t>22</a:t>
+            </a:fld>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4187857773"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3459199857"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titre 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{63BE9FEF-E628-E54E-A88C-C7B7C2F89AD8}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C1D52B22-51B9-CFFC-BA3C-F6B17B20BCF5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...8 lines deleted...]
-          </a:bodyPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="fr-FR" sz="4400" dirty="0">
-[...11 lines deleted...]
-          <p:cNvPr id="4" name="Rectangle 3">
+              <a:rPr lang="fr-FR" b="1" dirty="0"/>
+              <a:t>La recherche de proximité</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé du contenu 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1E963A0E-9B91-4D6E-A9A1-2903596F349B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1BDBAEA-6119-B5A2-1C6B-E0FD9E98187D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr/>
-[...34 lines deleted...]
-          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit lnSpcReduction="10000"/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-[...6 lines deleted...]
-          <p:cNvPr id="5" name="Image 4" descr="Pusheen - Choqué">
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2800" spc="100" dirty="0">
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>"</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2800" b="1" spc="100" dirty="0">
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>hip pain</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2800" spc="100" dirty="0">
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>"[</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2800" b="1" spc="100" dirty="0" err="1">
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>tiab</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2800" b="1" spc="100" dirty="0">
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>:~2</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2800" spc="100" dirty="0">
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" spc="100" dirty="0">
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>va permettre d’obtenir des résultats pour les termes </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2800" spc="100" dirty="0">
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" spc="100" dirty="0"/>
+              <a:t>hip pain</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" spc="100" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" spc="100" dirty="0"/>
+              <a:t>hip</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" spc="100" dirty="0"/>
+              <a:t>-related </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" spc="100" dirty="0"/>
+              <a:t>pain</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" spc="100" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" spc="100" dirty="0"/>
+              <a:t>hip</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" spc="100" dirty="0"/>
+              <a:t> joint </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" spc="100" dirty="0"/>
+              <a:t>pain</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" spc="100" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" spc="100" dirty="0"/>
+              <a:t>hip</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" spc="100" dirty="0"/>
+              <a:t>/groin </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" spc="100" dirty="0"/>
+              <a:t>pain</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" spc="100" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" spc="100" dirty="0"/>
+              <a:t>hip</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" spc="100" dirty="0"/>
+              <a:t> biomechanics and </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" spc="100" dirty="0"/>
+              <a:t>pain</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" spc="100" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" spc="100" dirty="0"/>
+              <a:t>pain</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" spc="100" dirty="0"/>
+              <a:t> after total </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" spc="100" dirty="0"/>
+              <a:t>hip</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" spc="100" dirty="0"/>
+              <a:t> arthroplasty, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" spc="100" dirty="0"/>
+              <a:t>pain</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" spc="100" dirty="0"/>
+              <a:t> in right </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" spc="100" dirty="0"/>
+              <a:t>hip</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" spc="100" dirty="0"/>
+              <a:t>, etc.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" indent="-457200">
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="v"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" spc="100" dirty="0">
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Dans PubMed utiliser la recherche par proximité NEAR (uniquement en [TIAB] et sans prise en compte de la troncature) sous la forme [</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2800" spc="100" dirty="0">
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>TIAB</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2800" b="1" spc="100" dirty="0">
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>:~4</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="2800" spc="100" dirty="0">
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>].</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{29D41010-3CAF-424F-99A1-62E6B1142672}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F809571-5927-BCCD-C6C0-6A43362D0228}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvPicPr>
-[...28 lines deleted...]
-      </p:pic>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{058C6AAE-80D1-40D8-9C1C-2E18126A3A25}" type="slidenum">
+              <a:rPr lang="fr-FR" smtClean="0"/>
+              <a:pPr/>
+              <a:t>23</a:t>
+            </a:fld>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4094758831"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2986666196"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="2" name="Titre 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1EB5A11C-7BB8-A19F-1620-EB68CE1974C8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0"/>
+              <a:t>Optimiser ses recherches</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé du contenu 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1C0AE42A-C62A-AACC-21D7-2C0F90DB1D20}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3938663" y="714477"/>
-            <a:ext cx="4314664" cy="2009320"/>
+            <a:off x="677333" y="1649480"/>
+            <a:ext cx="9851086" cy="4585065"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
+            <a:normAutofit fontScale="92500" lnSpcReduction="20000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Pour mener une recherche exhaustive il faut associer soi-même, avec les bons opérateurs, les descripteurs MeSH avec des termes en langage libre :</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" indent="-457200">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="q"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" spc="100" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>On recherche systématiquement en langage libre la même expression que l’entrée </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" spc="100" dirty="0" err="1">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Mesh</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" spc="100" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> dans les titres et les résumés</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" indent="-457200">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="q"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" spc="100" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>On complète l’équation avec des synonymes et des hyponymes proposés par le </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" spc="100" dirty="0" err="1">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Mesh</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" spc="100" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" spc="100" dirty="0" err="1">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Database</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" spc="100" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" spc="100" dirty="0" err="1">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>HeTOP</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" spc="100" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, le </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" spc="100" dirty="0" err="1">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Mesh</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" spc="100" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> bilingue et d’autres bases de données.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9658F2BA-84DD-BCC6-AE5D-AB4AC3E4F4B1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{058C6AAE-80D1-40D8-9C1C-2E18126A3A25}" type="slidenum">
+              <a:rPr lang="fr-FR" smtClean="0"/>
+              <a:pPr/>
+              <a:t>24</a:t>
+            </a:fld>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2666622329"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Titre 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9E62CD5D-9DB2-BDC7-E3F6-3F7A35BBF693}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" idx="4294967295"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="677334" y="-1320800"/>
+            <a:ext cx="9251858" cy="1320800"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0">
-[...125 lines deleted...]
-          <p:cNvPr id="8" name="TextBox 5">
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Premier exemple d’une équation de recherche</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Rectangle 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7B0AD93A-25E3-446A-8F71-8C388DB3FB9A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D8C81E47-B232-CC49-B3EB-8B3D9EEE5150}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
-        <p:spPr>
+        <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="3364364" y="3429000"/>
-            <a:ext cx="5472113" cy="1322734"/>
+            <a:off x="752031" y="811630"/>
+            <a:ext cx="9314916" cy="5234746"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" rtlCol="0" anchor="t">
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="63480" numCol="1" anchor="ctr" anchorCtr="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-[...42 lines deleted...]
-              </a:lnSpc>
+            <a:pPr eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="3600" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
-[...4 lines deleted...]
-            <a:endParaRPr lang="fr-FR" sz="2000" dirty="0">
+              </a:rPr>
+              <a:t>("</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="3600" spc="300" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Misoprostol</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="3600" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>"[</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="3600" spc="300" dirty="0" err="1">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>mh</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="3600" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="3600" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="3600" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="3600" spc="300" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>misoprostol </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="3600" spc="300" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>acid</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="3600" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>"[</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3600" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>nm</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="3600" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="3600" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="3600" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="3600" spc="300" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>misoprostol</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="3600" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>"[</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="3600" spc="300" dirty="0" err="1">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>tiab</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="3600" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="3600" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="3600" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="3600" spc="300" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>cytotec</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="3600" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>"[</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="3600" spc="300" dirty="0" err="1">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>tiab</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="3600" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="3600" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="3600" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="3600" spc="300" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>glefo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="3600" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>*</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="3600" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>"[</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="3600" spc="300" dirty="0" err="1">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>tiab</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="3600" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="3600" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="3600" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="3600" spc="300" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>sc 30249</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="3600" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>"[</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="3600" spc="300" dirty="0" err="1">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>tiab</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="3600" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="3600" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="3600" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="3600" spc="300" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>sc 29333</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="3600" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>"[</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="3600" spc="300" dirty="0" err="1">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>tiab</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="3600" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="3600" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="3600" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="3600" spc="300" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>sc29333</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="3600" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>"[</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="3600" spc="300" dirty="0" err="1">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>tiab</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="3600" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>]) </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="4400" b="1" spc="300" dirty="0">
+                <a:highlight>
+                  <a:srgbClr val="FFFF00"/>
+                </a:highlight>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>AND</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="3600" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="3600" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>(</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3600" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>"</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3600" spc="300" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ulcer</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3600" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>"[</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3600" spc="300" dirty="0" err="1">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>mh</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3600" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="3600" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3600" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3600" spc="300" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ulcer</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="4000" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>*</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3600" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>"[</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3600" spc="300" dirty="0" err="1">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>tiab</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3600" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>]</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="3600" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="3600" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3600" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3600" spc="300" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ulcu</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3600" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>*</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3600" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>"[</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3600" spc="300" dirty="0" err="1">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>tiab</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3600" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>]</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" altLang="fr-FR" sz="3600" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3600" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" altLang="fr-FR" sz="3600" spc="300" dirty="0">
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
-              <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
-          <a:p>
-[...29 lines deleted...]
-          <p:cNvPr id="11" name="Image 10">
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Espace réservé du numéro de diapositive 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA37E06A-6BD4-4C82-8736-DBEAFDDF3ACA}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{47C9475F-1B82-A238-4D3C-43A3CC8CB028}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvPicPr>
-[...9 lines deleted...]
-        </p:blipFill>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{E3F29979-364B-45C4-8C10-6C1C99CD6052}" type="slidenum">
+              <a:rPr lang="fr-FR" smtClean="0"/>
+              <a:t>25</a:t>
+            </a:fld>
+            <a:endParaRPr lang="fr-FR"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3570044214"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Titre 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9E62CD5D-9DB2-BDC7-E3F6-3F7A35BBF693}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" idx="4294967295"/>
+          </p:nvPr>
+        </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7161154" y="6260126"/>
-            <a:ext cx="1670898" cy="578388"/>
+            <a:off x="677334" y="-1320800"/>
+            <a:ext cx="9251858" cy="1320800"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Second exemple d’une équation de recherche</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Rectangle 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D8C81E47-B232-CC49-B3EB-8B3D9EEE5150}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="752031" y="585281"/>
+            <a:ext cx="9314916" cy="5687434"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
         </p:spPr>
-      </p:pic>
-[...2 lines deleted...]
-          <p:cNvPr id="12" name="Rectangle 11">
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="63480" numCol="1" anchor="ctr" anchorCtr="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>("</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Organ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> transplantation</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>"[</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0" err="1">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>mh</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>organ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>*</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> transplant</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>*</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>"[TIAB] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>transplant</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>*</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>organ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>*</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>"[TIAB] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>anatomical</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>*</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> gift</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>*</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>"[TIAB] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>organ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>*</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>graft</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>*</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>"[TIAB] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>graft</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>*</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>organ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>* </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>"[TIAB] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>organ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>*</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> acquisition</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>"[TIAB] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>organ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>*</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> donation</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>* </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>"[TIAB] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>structure of transplant</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>* </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>"[TIAB] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>transplant</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>*</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> tissue</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>* </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>"[TIAB])</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" b="1" dirty="0">
+                <a:highlight>
+                  <a:srgbClr val="FFFF00"/>
+                </a:highlight>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>AND</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" sz="2200" dirty="0">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>("</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Cyclosporins</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>"[</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0" err="1">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>mh</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>cyclosporin</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> G</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>"[nm] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>cyclosporin</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> A, 4-(2-butenyl)-4,4,N-trimethylthreonine(1)-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>"[nm] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>cyclosporin</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, serine(8)-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>"[nm] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>cyclosporin</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> A, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>MeAla</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>(6)-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>"[nm] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>8-(N-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>methylalanine</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>cyclosporin</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> A</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>"[nm] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>cyclosporin</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> 29</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>"[nm] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>cyclosporin</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> C</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>"[nm] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>cyclosporin</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> A, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>MeAla</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>(3)-Phe(7)-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Ser</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>(8)-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>"[nm] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>11-methylleucine </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>cyclosporin</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> A</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>"[nm] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>cyclosporin</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> H</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>"[nm] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>cyclosporin</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> A </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>synthetase</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>"[nm] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>cyclosporin</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> A </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>analog</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> B-5-49</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>"[nm] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>F-7-62 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>cyclosporin</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>"[nm] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>H-7-94 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>cyclosporin</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>"[nm] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>cyclosporin</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> O</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>"[nm] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>N-methyl-valyl-4-cyclosporin A</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>"[nm] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>(5-hydroxynorvaline)-2-cyclosporin</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>"[nm] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>tricyclic</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>cyclosporin</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> A</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>"[nm] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>cyclosporin</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> F</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>"[nm] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>cyclosporin</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> D</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>"[nm] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>cyclosporin</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>-like substance</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>"[nm] </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>cyclosporin</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>*</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>"[</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0" err="1">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>tiab</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>])</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Espace réservé du numéro de diapositive 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6FA0D851-AD3F-4605-B8D3-4AD1CAE33BE6}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{47C9475F-1B82-A238-4D3C-43A3CC8CB028}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr/>
-[...118 lines deleted...]
-            </a:r>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{E3F29979-364B-45C4-8C10-6C1C99CD6052}" type="slidenum">
+              <a:rPr lang="fr-FR" smtClean="0"/>
+              <a:t>26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1085831614"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="691594560"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titre 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6704B18C-0BAD-6B84-ACB0-BF9F8CCA851A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="677334" y="609599"/>
+            <a:ext cx="9228666" cy="6248401"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0"/>
+              <a:t>Inscription aux ateliers PubMed de la BU Médecine Pharmacie</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="fr-FR" b="1" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="fr-FR" b="1" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0">
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>ICI</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="fr-FR" b="1" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="fr-FR" b="1" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0"/>
+              <a:t>Adresse de contact au besoin :</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="fr-FR" b="1" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="fr-FR" b="1" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0">
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>bapso-rensbump@univ-grenoble-alpes.fr</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="fr-FR" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="fr-FR" dirty="0"/>
+            </a:br>
+            <a:endParaRPr lang="fr-FR" b="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé du numéro de diapositive 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7CD3E5CC-F7F9-9E78-543B-97219AFCF526}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{E3F29979-364B-45C4-8C10-6C1C99CD6052}" type="slidenum">
+              <a:rPr lang="fr-FR" smtClean="0"/>
+              <a:t>27</a:t>
+            </a:fld>
+            <a:endParaRPr lang="fr-FR"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1990710118"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide28.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titre 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{80EE3CCC-4E2D-8BAE-D00F-C4B91AF27EF0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0"/>
+              <a:t>Export pour Zotero</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé du contenu 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F263B071-AB4C-276A-A21C-5DCE034EC3F0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="677333" y="1649481"/>
+            <a:ext cx="9705659" cy="3220394"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="92500" lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Exporter l’ensemble des références d’une recherche avec :</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" indent="-457200">
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>“Sent to” </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1200150" lvl="1" indent="-457200">
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>“Citation manager” </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>pour générer un fichier .</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0" err="1"/>
+              <a:t>nbib</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t> compatible notamment avec Zotero (Fichier / Importer).</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{98E19983-7F3A-946C-9782-C39D77941BAB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{058C6AAE-80D1-40D8-9C1C-2E18126A3A25}" type="slidenum">
+              <a:rPr lang="fr-FR" smtClean="0"/>
+              <a:pPr/>
+              <a:t>28</a:t>
+            </a:fld>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="9" name="Groupe 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{31622C19-7C91-AFBB-738A-34C1D945DFAC}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="5991617" y="4327556"/>
+            <a:ext cx="3759826" cy="2388718"/>
+            <a:chOff x="5973510" y="4390931"/>
+            <a:chExt cx="3759826" cy="2388718"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:pic>
+          <p:nvPicPr>
+            <p:cNvPr id="6" name="Image 5">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D23A2BED-156A-5489-3668-44BAD66AEC78}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvPicPr>
+              <a:picLocks noChangeAspect="1"/>
+            </p:cNvPicPr>
+            <p:nvPr/>
+          </p:nvPicPr>
+          <p:blipFill>
+            <a:blip r:embed="rId2"/>
+            <a:srcRect l="-5" t="5003" r="47409"/>
+            <a:stretch/>
+          </p:blipFill>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="5973510" y="4390931"/>
+              <a:ext cx="3759826" cy="2388718"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:ln w="38100">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="75000"/>
+                  <a:lumOff val="25000"/>
+                </a:schemeClr>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+        </p:pic>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="7" name="Rectangle 6">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8E8DC7A0-4602-D600-D41F-B42D75B3BAF3}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="8955993" y="5110385"/>
+              <a:ext cx="649480" cy="273465"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="15000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:endParaRPr lang="fr-FR"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="8" name="Rectangle 7">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4D752019-006F-9681-6B0E-D5645F75296A}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="8527279" y="6420581"/>
+              <a:ext cx="975644" cy="273465"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="15000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:endParaRPr lang="fr-FR"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3856937890"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide29.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titre 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{93E34C60-1FEB-F2A5-CEA3-9C20797258E9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="6000" b="1" dirty="0"/>
+              <a:t>Scifinder-n</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé du texte 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{11A944FA-3D6E-B279-DF4E-46B3FD2FB240}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Des bases de données en Chimie</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7A6F02FA-458E-D721-5A25-D788959A5E49}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{E3F29979-364B-45C4-8C10-6C1C99CD6052}" type="slidenum">
+              <a:rPr lang="fr-FR" smtClean="0"/>
+              <a:t>29</a:t>
+            </a:fld>
+            <a:endParaRPr lang="fr-FR"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="202078575"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:grpSp>
-[...1 lines deleted...]
-          <p:cNvPr id="17" name="Google Shape;435;p48">
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titre 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{45612E35-0D1F-4896-B655-B48F9FDAD029}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{93E34C60-1FEB-F2A5-CEA3-9C20797258E9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvGrpSpPr/>
-[...169 lines deleted...]
-          <p:cNvPr id="3" name="Title 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" idx="4294967295"/>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="6000" b="1" dirty="0"/>
+              <a:t>PubMed </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="6000" b="1" dirty="0" err="1"/>
+              <a:t>Medline</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" sz="6000" b="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé du texte 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{11A944FA-3D6E-B279-DF4E-46B3FD2FB240}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Et l’équation de recherche</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7A6F02FA-458E-D721-5A25-D788959A5E49}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{E3F29979-364B-45C4-8C10-6C1C99CD6052}" type="slidenum">
+              <a:rPr lang="fr-FR" smtClean="0"/>
+              <a:t>3</a:t>
+            </a:fld>
+            <a:endParaRPr lang="fr-FR"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1552917496"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide30.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titre 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B8EF6FC5-6308-8644-4A6F-1456848657E3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0"/>
+              <a:t>Qu’est-ce que </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0" err="1"/>
+              <a:t>Scifinder</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0"/>
+              <a:t>-n ?</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé du contenu 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CC1F0644-F2F9-C606-7E84-96CB8031D067}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5221888" y="944563"/>
-            <a:ext cx="6654229" cy="1733550"/>
+            <a:off x="677334" y="1094003"/>
+            <a:ext cx="9534891" cy="5536203"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>C’est une base de données de références </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" spc="100" dirty="0"/>
+              <a:t>bibliographiques issue de la littérature scientifique autour de la Chimie et des domaines apparentés. </a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>L’accès est restreint et la base est gérée par les Chemical Abstracts Services (CAS).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0"/>
+              <a:t>SUIVRE LES INSTRUCTIONS CI-DESSOUS POUR LA CREATION D’UN COMPTE SCIFINDER-N CHEMICAL ABSTRACTS :</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0">
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>Scifinder-n Chemical abstracts </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" dirty="0"/>
+              <a:t>(PDF, 236 Ko)</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" sz="4800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C651392B-5927-5F4B-2DA3-E4020222E823}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{058C6AAE-80D1-40D8-9C1C-2E18126A3A25}" type="slidenum">
+              <a:rPr lang="fr-FR" smtClean="0"/>
+              <a:pPr/>
+              <a:t>30</a:t>
+            </a:fld>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2219222401"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide31.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titre 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C4F72CA0-98A1-94D4-2CDF-F04FC232D4E4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Le CAS </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0" err="1">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Registry</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0" err="1">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Number</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé du contenu 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B769961E-123C-0666-55A5-957DFCA16B3E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="70000" lnSpcReduction="20000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Chaque substance se voit attribuer un numéro unique de référence : le </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" b="1" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>CAS </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" b="1" dirty="0" err="1">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Registry</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" b="1" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" b="1" dirty="0" err="1">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Number</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" b="1" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>(CASRN)</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2800" dirty="0">
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Aujourd’hui c’est près de 200 millions de substances chimiques qui sont répertoriées via le </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>Common Chemistry</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Exemples :</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>56-81-5 = Glycérine</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>10043-52-4 = Chlorure de calcium</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>1310-58-3 = Hydroxyde de potassium</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>73590-58-6 = </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" dirty="0" err="1">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Omeprazole</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" sz="2800" dirty="0">
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="fr-FR" sz="2800" dirty="0">
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{12D75069-6DDD-661E-D9E3-6B8376BEF927}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{058C6AAE-80D1-40D8-9C1C-2E18126A3A25}" type="slidenum">
+              <a:rPr lang="fr-FR" smtClean="0"/>
+              <a:pPr/>
+              <a:t>31</a:t>
+            </a:fld>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1640997417"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide32.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titre 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{737B6E78-F426-D00D-081F-E2BDC02BE1A8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0"/>
+              <a:t>La recherche via Scifinder-n</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé du contenu 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0D08C874-425E-785E-B26F-7483E4A6A339}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Il existe plusieurs bases interopérables :</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" indent="-457200">
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="q"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>La base des références bibliographique (dont les brevets en texte intégral)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" indent="-457200">
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="q"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Une base sur les substances et les réactions chimiques</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" indent="-457200">
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="q"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Une base sur les vendeurs, les prix et les disponibilités des substances</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" indent="-457200">
+              <a:buFontTx/>
+              <a:buChar char="-"/>
+            </a:pPr>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BD297F1E-40ED-7322-0516-85AC5397F8F3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{058C6AAE-80D1-40D8-9C1C-2E18126A3A25}" type="slidenum">
+              <a:rPr lang="fr-FR" smtClean="0"/>
+              <a:pPr/>
+              <a:t>32</a:t>
+            </a:fld>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="112642905"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide33.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titre 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EB9403D0-DD35-CFAD-86CB-3716C55ADD8D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0"/>
+              <a:t>Spécificité de Scifinder-n</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé du contenu 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{20B5EAF4-D492-E8C4-708F-3C653D99C41F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>La recherche peut se faire en dessinant la structure moléculaire des substances recherchées.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7D7F5B1E-D6CA-2E7F-6FF4-C76157035854}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{058C6AAE-80D1-40D8-9C1C-2E18126A3A25}" type="slidenum">
+              <a:rPr lang="fr-FR" smtClean="0"/>
+              <a:pPr/>
+              <a:t>33</a:t>
+            </a:fld>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Image 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5E90A1B8-6A02-3BE4-1A1A-B61C7F9310CE}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId2"/>
+          <a:srcRect l="943" t="2515" b="4262"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2212946" y="3016985"/>
+            <a:ext cx="6634432" cy="3613221"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
         </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1193402558"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide34.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titre 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CE17B37F-47DB-4B2A-9F7C-E88C53195A3D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0"/>
+              <a:t>MERCI POUR VOTRE ATTENTION</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Sous-titre 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{56535AF7-7124-27F0-923E-B7CEC0154990}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit fontScale="90000"/>
+            <a:normAutofit fontScale="77500" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
-[...54 lines deleted...]
-              <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3200" spc="100" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>Formulaire de demande de rendez-vous avec un bibliothécaire</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" sz="3200" spc="100" dirty="0">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
-        </p:txBody>
-[...4 lines deleted...]
-          <p:cNvSpPr txBox="1"/>
+          <a:p>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Espace réservé du texte 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E14CD7DF-B002-8AFC-2693-97FE012CD282}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="92500" lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>bapso-rensbump@univ-grenoble-alpes.fr</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>04 76 74 85 14</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Image 5" descr="CC BY NC NA">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8264B2C1-AD14-CFA3-CED2-ABF2416E7C5B}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
           <p:nvPr/>
-        </p:nvSpPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5747894" y="3429000"/>
-            <a:ext cx="5044225" cy="1964640"/>
+            <a:off x="1127017" y="6389311"/>
+            <a:ext cx="1271127" cy="440006"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
         </p:spPr>
-        <p:txBody>
-[...251 lines deleted...]
-          <p:cNvPr id="10" name="Google Shape;439;p48">
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Rectangle 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4B7D8E2D-DD7A-424D-A439-1EABECF9D1FD}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BF51AEEC-5E56-0745-64DA-150D669533A1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvGrpSpPr/>
+          <p:cNvSpPr/>
           <p:nvPr/>
-        </p:nvGrpSpPr>
-        <p:grpSpPr>
+        </p:nvSpPr>
+        <p:spPr>
           <a:xfrm>
-            <a:off x="-16925" y="-67100"/>
-[...2 lines deleted...]
-            <a:chExt cx="3368874" cy="4831951"/>
+            <a:off x="2398144" y="6389311"/>
+            <a:ext cx="6763110" cy="461665"/>
           </a:xfrm>
-        </p:grpSpPr>
-[...246 lines deleted...]
-      </p:grpSp>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1200" spc="100" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="75000"/>
+                    <a:lumOff val="25000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sont autorisées la diffusion et la réutilisation de ce support sous réserve d’en citer les auteurs et uniquement à des fins non commerciales.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3807121981"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="110690097"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:cxnSp>
-[...38 lines deleted...]
-          <p:cNvPr id="3" name="Rectangle 2">
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titre 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{131E6C78-58E8-4037-A23C-62463DAA416F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B8EF6FC5-6308-8644-4A6F-1456848657E3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr/>
-[...14 lines deleted...]
-          </a:bodyPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" b="1" dirty="0" err="1">
-[...69 lines deleted...]
-          <p:cNvPr id="9" name="Title 1">
+              <a:rPr lang="fr-FR" b="1" dirty="0"/>
+              <a:t>Qu’est-ce que PubMed ?</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé du contenu 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{428DE75F-0C1A-49FA-A51D-2A1E9057712E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CC1F0644-F2F9-C606-7E84-96CB8031D067}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr txBox="1">
-            <a:spLocks/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
-          <p:nvPr/>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="939800" y="475946"/>
-            <a:ext cx="9230359" cy="1792288"/>
+            <a:off x="677334" y="1094003"/>
+            <a:ext cx="9534891" cy="5536203"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...1 lines deleted...]
-          </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit/>
+            <a:normAutofit fontScale="92500" lnSpcReduction="20000"/>
           </a:bodyPr>
-          <a:lstStyle>
-            <a:lvl1pPr algn="l" defTabSz="914377" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>C’est la base de données de </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0"/>
+              <a:t>référence</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t> pour des recherches en médecine et sciences de la santé. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Sa consultation est libre et gratuite.</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" sz="1100" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" indent="-457200">
               <a:lnSpc>
-                <a:spcPct val="90000"/>
+                <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPct val="0"/>
+                <a:spcPts val="1000"/>
               </a:spcBef>
-              <a:buNone/>
-[...27 lines deleted...]
-          <p:cNvPr id="6" name="TextBox 3">
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="80000"/>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="q"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" b="1" kern="1900" spc="150" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="75000"/>
+                    <a:lumOff val="25000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Medline</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" kern="1900" spc="150" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="75000"/>
+                    <a:lumOff val="25000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> est le nom de la base de données produite et gérée par la NLM (National Library of </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" kern="1900" spc="150" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="75000"/>
+                    <a:lumOff val="25000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Medicine</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" kern="1900" spc="150" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="75000"/>
+                    <a:lumOff val="25000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>). </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" indent="-457200">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="80000"/>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="q"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" b="1" kern="1900" spc="150" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="75000"/>
+                    <a:lumOff val="25000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>PubMed</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" kern="1900" spc="150" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="75000"/>
+                    <a:lumOff val="25000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> (Public Access to </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" kern="1900" spc="150" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="75000"/>
+                    <a:lumOff val="25000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Medline</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" kern="1900" spc="150" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="75000"/>
+                    <a:lumOff val="25000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>) est le nom de l'interface qui permet de consulter </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" kern="1900" spc="150" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="75000"/>
+                    <a:lumOff val="25000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Medline</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" kern="1900" spc="150" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="75000"/>
+                    <a:lumOff val="25000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Une base exclusivement anglophone et qui s’interroge donc en anglais et en utilisant le thésaurus </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0"/>
+              <a:t>MeSH</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B24CF66C-B628-44FB-A93D-330BEE60F41E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C651392B-5927-5F4B-2DA3-E4020222E823}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr txBox="1"/>
-[...15 lines deleted...]
-          </a:bodyPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="285750" lvl="1" indent="-285750" algn="just">
-[...362 lines deleted...]
-      </p:pic>
+            <a:fld id="{058C6AAE-80D1-40D8-9C1C-2E18126A3A25}" type="slidenum">
+              <a:rPr lang="fr-FR" smtClean="0"/>
+              <a:pPr/>
+              <a:t>4</a:t>
+            </a:fld>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="95678720"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="874599148"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="2" name="Titre 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9615E810-E056-5735-E01D-D782AD1174AE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" idx="4294967295"/>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0"/>
+              <a:t>Risques encourus par PubMed</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé du contenu 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{95C4912D-EC73-79A1-153E-EF984240F732}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="850607" y="505226"/>
-            <a:ext cx="5372392" cy="1792655"/>
+            <a:off x="677333" y="1649480"/>
+            <a:ext cx="9774174" cy="4585065"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="85000" lnSpcReduction="20000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Depuis son arrivée au pouvoir, l’administration Trump, par le biais du </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0" err="1"/>
+              <a:t>Department</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t> of </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0" err="1"/>
+              <a:t>Government</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0" err="1"/>
+              <a:t>Efficiency</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>, s’attaque aux principales institutions de recherche du pays. C’est le cas des National Institutes of </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0" err="1"/>
+              <a:t>Health</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t> (NIH) qui soutiennent et financent directement la recherche en sciences biomédicales et en santé via notamment la National Library of </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0" err="1"/>
+              <a:t>Medicine</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t> (NLM).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1085850" lvl="1" indent="-342900">
+              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
+              <a:buChar char="Þ"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" spc="100" dirty="0"/>
+              <a:t>Risque de dégradation, d’empoisonnement (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" spc="100" dirty="0">
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>https://pubservatory.zbmed.de/</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" spc="100" dirty="0"/>
+              <a:t>)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1085850" lvl="1" indent="-342900">
+              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
+              <a:buChar char="Þ"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" spc="100" dirty="0"/>
+              <a:t>Risque de disparition de cet outil </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Rectangle 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{687EAA38-BB03-C56E-97AB-FC5F22EE0DD6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="677333" y="6430151"/>
+            <a:ext cx="7751036" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr>
-[...140 lines deleted...]
-        <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
-[...16 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="fr-FR" sz="1000" dirty="0"/>
+              <a:t>Bibliographie : </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1000" dirty="0" err="1"/>
+              <a:t>Sidre</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1000" dirty="0"/>
+              <a:t> C.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1000" i="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0" err="1">
-[...38 lines deleted...]
-          <p:cNvPr id="7" name="Accolade ouvrante 6">
+              <a:rPr lang="fr-FR" sz="1000" dirty="0"/>
+              <a:t>PubMed sous l’administration Trump – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1000" dirty="0" err="1"/>
+              <a:t>FormaBib</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1000" dirty="0"/>
+              <a:t> IDF. [En ligne]. 2025 [cité le 16 mai 2025].</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1000" dirty="0"/>
+              <a:t>Disponible à l’adresse : http://philtyprod.com/testUP/pubmed-sous-ladministration-trump/</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E96178BD-C97E-4844-A230-8B06DF4BEBE5}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{23A436E5-D496-10C9-ACF2-77E66DD3B5FB}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr/>
-[...35 lines deleted...]
-          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-[...440 lines deleted...]
-            </a:r>
+            <a:fld id="{058C6AAE-80D1-40D8-9C1C-2E18126A3A25}" type="slidenum">
+              <a:rPr lang="fr-FR" smtClean="0"/>
+              <a:pPr/>
+              <a:t>5</a:t>
+            </a:fld>
             <a:endParaRPr lang="fr-FR" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3840173097"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3875070762"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="2" name="Titre 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{82705103-B8F4-2AB6-0DEF-276FEC27E400}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" idx="4294967295"/>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0"/>
+              <a:t>PubMed.ai</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé du contenu 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A70D0006-0D61-B521-7D63-75924B8E8F07}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="783496" y="393181"/>
-            <a:ext cx="5372392" cy="1792655"/>
+            <a:off x="538385" y="1649480"/>
+            <a:ext cx="9784935" cy="4585065"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...1 lines deleted...]
-          </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...71 lines deleted...]
-          <p:cNvPr id="15" name="Groupe 14">
+            <a:pPr marL="457200" indent="-457200">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="q"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" spc="100" dirty="0"/>
+              <a:t>Utilisation du nom de PubMed sans l’autorisation </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" indent="-457200">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="q"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" spc="100" dirty="0"/>
+              <a:t>Harry Blackwood se présente comme développeur de pubmed.ai, et dont le nom et la photo génériques, et la fréquence quotidienne de publications d’articles longs sur des sujets de santé tous différents sans exception, laissent à penser qu’il s’agit d’un faux profil, généré par IA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2D7E202C-BB18-4E9C-9EAC-1B216EEBAF54}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0836EC70-6F8C-B473-7CCA-8919C1D7C86A}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvGrpSpPr/>
-[...289 lines deleted...]
-          <p:cNvPr id="16" name="ZoneTexte 15">
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{058C6AAE-80D1-40D8-9C1C-2E18126A3A25}" type="slidenum">
+              <a:rPr lang="fr-FR" smtClean="0"/>
+              <a:pPr/>
+              <a:t>6</a:t>
+            </a:fld>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Graphique 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C7373636-8B0C-4CA4-9B4A-441565A3E86A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9F02F8E3-79E1-AA24-DB3D-8A1428266171}"/>
               </a:ext>
-            </a:extLst>
-[...104 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5F35344A-4091-49F2-8AB7-5B32F2503A83}"/>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill rotWithShape="1">
-[...16 lines deleted...]
-          <p:cNvPr id="17" name="Google Shape;440;p48">
+        <p:blipFill>
+          <a:blip r:embed="rId2">
             <a:extLst>
-              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C42521AE-B63A-4ADF-8428-0EEF65A7D09B}"/>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
               </a:ext>
             </a:extLst>
-          </p:cNvPr>
-[...5 lines deleted...]
-            <a:alphaModFix/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6984645" y="224357"/>
-            <a:ext cx="1303678" cy="1017582"/>
+            <a:off x="5358191" y="102403"/>
+            <a:ext cx="1475618" cy="1475618"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...9 lines deleted...]
-          </a:effectLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3128201398"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="650846393"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="2" name="Titre 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{82705103-B8F4-2AB6-0DEF-276FEC27E400}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" idx="4294967295"/>
+            <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...11 lines deleted...]
-          </a:bodyPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="4000" b="1" dirty="0">
-[...70 lines deleted...]
-          <p:cNvPr id="3" name="Image 2">
+              <a:rPr lang="fr-FR" b="1" dirty="0"/>
+              <a:t>PubMed.ai et Harry Blackwood</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé du contenu 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{625CA66B-FF75-444B-95EA-30497D2DA0C3}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A70D0006-0D61-B521-7D63-75924B8E8F07}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvPicPr>
-[...9 lines deleted...]
-        </p:blipFill>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="197321" y="2705777"/>
-            <a:ext cx="1719070" cy="3939537"/>
+            <a:off x="538385" y="1230594"/>
+            <a:ext cx="9784935" cy="5003951"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...1 lines deleted...]
-          </a:prstGeom>
         </p:spPr>
-      </p:pic>
-[...2 lines deleted...]
-          <p:cNvPr id="4" name="Image 3">
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="85000" lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" spc="100" dirty="0"/>
+              <a:t>Sources d’inquiétude supplémentaire, on découvre en parcourant les archives en ligne d’Harry Blackwood :</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" indent="-457200">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="q"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" spc="100" dirty="0"/>
+              <a:t>Qu’il a participé au lancement quelques mois avant pubmed.ai d’un autre outil qui s’appelle </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" spc="100" dirty="0" err="1"/>
+              <a:t>Scifocus</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" spc="100" dirty="0"/>
+              <a:t> (https://www.scifocus.ai/), très similaire à pubmed.ai sans spécialisation en médecine, et tout aussi opaque (aucune info sur les fondateurs, etc.).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" indent="-457200">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="q"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" spc="100" dirty="0"/>
+              <a:t>Qu’avant cela, en 2024, il se dédiait essentiellement au tarot divinatoire, avec la même fréquence d’un article par jour, ce qui laisse planer un certain doute sur sa spécialisation en médecine.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CAD71B3E-B75C-46C6-B219-C495C88A245C}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0836EC70-6F8C-B473-7CCA-8919C1D7C86A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvPicPr>
-[...245 lines deleted...]
-          </a:bodyPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...501 lines deleted...]
-      </p:pic>
+            <a:fld id="{058C6AAE-80D1-40D8-9C1C-2E18126A3A25}" type="slidenum">
+              <a:rPr lang="fr-FR" smtClean="0"/>
+              <a:pPr/>
+              <a:t>7</a:t>
+            </a:fld>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="776817772"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="255100172"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:pic>
-[...1 lines deleted...]
-          <p:cNvPr id="4" name="Image 3">
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titre 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7E39CB3B-0025-41C4-86A8-C994AD04FCD7}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{21C6EF7D-D007-AACD-3D34-96D393FA7840}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvPicPr>
-[...74 lines deleted...]
-          <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" idx="4294967295"/>
+            <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...7 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0"/>
+              <a:t>Indexation automatisée dans </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0" err="1"/>
+              <a:t>Medline</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" b="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé du contenu 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2EEB157E-F29C-B6B3-8517-424D0E3D0793}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="4000" b="1" dirty="0">
-[...14 lines deleted...]
-          <p:cNvPr id="7" name="Straight Connector 4">
+              <a:rPr lang="fr-FR" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="549E39"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Indexation</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t> : analyse, identification et renseignement du contenu d’un document dans sa </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0"/>
+              <a:t>notice </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>bibliographique. Il s’agit de repérer les thèmes et postulats principaux afin d’en faciliter l’accès au public. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" indent="-457200">
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="v"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Depuis avril 2022, passage à une indexation via un </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0"/>
+              <a:t>algorithme automatisé </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>(MTIX) dans PubMed. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FB62E987-AC1B-4CB7-B08D-68DF361F1EBF}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4D49664D-A6D8-0FE1-0A13-E38BA564AB35}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvCxnSpPr>
-[...133 lines deleted...]
-          </a:bodyPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...882 lines deleted...]
-      </p:pic>
+            <a:fld id="{058C6AAE-80D1-40D8-9C1C-2E18126A3A25}" type="slidenum">
+              <a:rPr lang="fr-FR" smtClean="0"/>
+              <a:pPr/>
+              <a:t>8</a:t>
+            </a:fld>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3415221744"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2663279101"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="2" name="Titre 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6EDDC442-3895-0D8D-6B50-23D0B15DB80D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" idx="4294967295"/>
+            <p:ph type="title"/>
           </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0"/>
+              <a:t>Résultats inquiétants</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé du contenu 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FFF185D5-3C99-0823-B2D4-69F837AAD8BC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3600" dirty="0"/>
+              <a:t>Sur 711 références analysées il a été identifié 334 références, soit </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3600" b="1" dirty="0"/>
+              <a:t>47%,</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3600" dirty="0"/>
+              <a:t> comportant au moins un problème d’indexation MeSH.</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" sz="2400" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Rectangle 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9C7F807F-DDAF-36EE-32D0-5BF172AA64E9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="850608" y="772732"/>
-            <a:ext cx="9568010" cy="1493951"/>
+            <a:off x="677333" y="5634380"/>
+            <a:ext cx="8990176" cy="1200329"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr>
-[...139 lines deleted...]
-        <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
-[...17 lines deleted...]
-          <p:cNvPr id="8" name="TextBox 3">
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Amar-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0" err="1"/>
+              <a:t>Zifkin</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t> A, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0" err="1"/>
+              <a:t>Ekmekjian</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t> T, Paquet V, Landry T. Brief Communication – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0" err="1"/>
+              <a:t>concerning</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0" err="1"/>
+              <a:t>algorithmic</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0" err="1"/>
+              <a:t>indexing</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t> in MEDLINE. J </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0" err="1"/>
+              <a:t>Eur</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t> Assoc </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0" err="1"/>
+              <a:t>Health</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t> Info </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0" err="1"/>
+              <a:t>Libr</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t> [Internet]. 2024 Mar. 17 [</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0" err="1"/>
+              <a:t>cited</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t> 2024 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0" err="1"/>
+              <a:t>Jul</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>. 22];20(1):18-21. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Lien : </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0">
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>https://ojs.eahil.eu/JEAHIL/article/view/604</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D674F7AA-0A99-49F7-85A1-DD661325B900}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1FEFCE0-AC77-2582-A6A2-DF124C040749}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr txBox="1"/>
-[...15 lines deleted...]
-          </a:bodyPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...166 lines deleted...]
-      </p:pic>
+            <a:fld id="{058C6AAE-80D1-40D8-9C1C-2E18126A3A25}" type="slidenum">
+              <a:rPr lang="fr-FR" smtClean="0"/>
+              <a:pPr/>
+              <a:t>9</a:t>
+            </a:fld>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3011591404"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1517786577"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Facette">
+  <a:themeElements>
+    <a:clrScheme name="Vert">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="455F51"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="E3DED1"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="549E39"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="8AB833"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="C0CF3A"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="029676"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="4AB5C4"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="0989B1"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="6B9F25"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="BA6906"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="MyD-BAPSO-RGAA">
+      <a:majorFont>
+        <a:latin typeface="Verdana"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Verdana"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Facette">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="65000"/>
+                <a:lumMod val="110000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="88000">
+              <a:schemeClr val="phClr">
+                <a:tint val="90000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="96000"/>
+                <a:lumMod val="100000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="78000">
+              <a:schemeClr val="phClr">
+                <a:shade val="94000"/>
+                <a:lumMod val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="12700" cap="rnd" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="19050" cap="rnd" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="rnd" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="38100" dist="25400" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="50800" dist="38100" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="tl"/>
+          </a:scene3d>
+          <a:sp3d prstMaterial="plastic">
+            <a:bevelT w="0" h="0"/>
+          </a:sp3d>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="90000"/>
+                <a:lumMod val="104000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="94000">
+              <a:schemeClr val="phClr">
+                <a:shade val="96000"/>
+                <a:lumMod val="82000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="90000"/>
+                <a:lumMod val="110000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="94000"/>
+                <a:lumMod val="96000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="100000" b="100000"/>
+          </a:path>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults>
+    <a:txDef>
+      <a:spPr>
+        <a:noFill/>
+      </a:spPr>
+      <a:bodyPr wrap="square" rtlCol="0">
+        <a:spAutoFit/>
+      </a:bodyPr>
+      <a:lstStyle>
+        <a:defPPr algn="l">
+          <a:lnSpc>
+            <a:spcPct val="150000"/>
+          </a:lnSpc>
+          <a:defRPr spc="150" dirty="0" smtClean="0">
+            <a:solidFill>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="75000"/>
+                <a:lumOff val="25000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:defRPr>
+        </a:defPPr>
+      </a:lstStyle>
+    </a:txDef>
+  </a:objectDefaults>
+  <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Facet" id="{C0C680CD-088A-49FC-A102-D699147F32B2}" vid="{CFBC31BA-B70F-4F30-BCAA-4F3011E16C4D}"/>
+    </a:ext>
+  </a:extLst>
+</a:theme>
+</file>
+
+<file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -23977,51 +16305,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -24088,65 +16416,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -24167,419 +16495,154 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
-[...294 lines deleted...]
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Facet</Template>
   <TotalTime></TotalTime>
-  <Words>1816</Words>
+  <Words>1901</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Grand écran</PresentationFormat>
-  <Paragraphs>254</Paragraphs>
-[...1 lines deleted...]
-  <Notes>20</Notes>
+  <Paragraphs>159</Paragraphs>
+  <Slides>34</Slides>
+  <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Polices utilisées</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>9</vt:i4>
+        <vt:i4>7</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Thème</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titres des diapositives</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>24</vt:i4>
+        <vt:i4>34</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="34" baseType="lpstr">
+    <vt:vector size="42" baseType="lpstr">
+      <vt:lpstr>Aptos</vt:lpstr>
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
-      <vt:lpstr>Calibri Light</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>Montserrat</vt:lpstr>
       <vt:lpstr>Symbol</vt:lpstr>
-      <vt:lpstr>Times New Roman</vt:lpstr>
       <vt:lpstr>Verdana</vt:lpstr>
       <vt:lpstr>Wingdings</vt:lpstr>
-      <vt:lpstr>Thème Office</vt:lpstr>
-[...10 lines deleted...]
-      <vt:lpstr>Pharmacological Action TERM - MeSH</vt:lpstr>
+      <vt:lpstr>Wingdings 3</vt:lpstr>
+      <vt:lpstr>Facette</vt:lpstr>
+      <vt:lpstr>PubMed Medline et SciFinder-n</vt:lpstr>
+      <vt:lpstr>Objectifs</vt:lpstr>
+      <vt:lpstr>PubMed Medline</vt:lpstr>
+      <vt:lpstr>Qu’est-ce que PubMed ?</vt:lpstr>
+      <vt:lpstr>Risques encourus par PubMed</vt:lpstr>
+      <vt:lpstr>PubMed.ai</vt:lpstr>
+      <vt:lpstr>PubMed.ai et Harry Blackwood</vt:lpstr>
+      <vt:lpstr>Indexation automatisée dans Medline</vt:lpstr>
+      <vt:lpstr>Résultats inquiétants</vt:lpstr>
+      <vt:lpstr>Des termes MeSH qui ne devraient pas être mentionnés</vt:lpstr>
+      <vt:lpstr>Plusieurs termes MeSH alors qu’un meilleur terme MeSH existe</vt:lpstr>
+      <vt:lpstr>Un concept évident est manquant</vt:lpstr>
+      <vt:lpstr>Interroger PubMed</vt:lpstr>
+      <vt:lpstr>Mobiliser les descripteurs MeSH</vt:lpstr>
+      <vt:lpstr>Des dictionnaires MeSH</vt:lpstr>
+      <vt:lpstr>Le MeSH Database</vt:lpstr>
+      <vt:lpstr>Pharmacological MeSH terms</vt:lpstr>
       <vt:lpstr>Supplementary Concept</vt:lpstr>
       <vt:lpstr>Pharmacological Actions Category</vt:lpstr>
-      <vt:lpstr>En résumé</vt:lpstr>
-[...9 lines deleted...]
-      <vt:lpstr>Merci !  A bientôt !</vt:lpstr>
+      <vt:lpstr>Les substances dans PUBMED</vt:lpstr>
+      <vt:lpstr>Les opérateurs booléens</vt:lpstr>
+      <vt:lpstr>La troncature</vt:lpstr>
+      <vt:lpstr>La recherche de proximité</vt:lpstr>
+      <vt:lpstr>Optimiser ses recherches</vt:lpstr>
+      <vt:lpstr>Premier exemple d’une équation de recherche</vt:lpstr>
+      <vt:lpstr>Second exemple d’une équation de recherche</vt:lpstr>
+      <vt:lpstr>Inscription aux ateliers PubMed de la BU Médecine Pharmacie  ICI  Adresse de contact au besoin :  bapso-rensbump@univ-grenoble-alpes.fr  </vt:lpstr>
+      <vt:lpstr>Export pour Zotero</vt:lpstr>
+      <vt:lpstr>Scifinder-n</vt:lpstr>
+      <vt:lpstr>Qu’est-ce que Scifinder-n ?</vt:lpstr>
+      <vt:lpstr>Le CAS Registry Number</vt:lpstr>
+      <vt:lpstr>La recherche via Scifinder-n</vt:lpstr>
+      <vt:lpstr>Spécificité de Scifinder-n</vt:lpstr>
+      <vt:lpstr>MERCI POUR VOTRE ATTENTION</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
+  <Company>Universite Grenoble Alpes</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Présentation PowerPoint</dc:title>
-  <dc:creator>LEO TOMASI</dc:creator>
+  <dc:title/>
+  <dc:creator>MYRIAM DUMARCHEZ</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>