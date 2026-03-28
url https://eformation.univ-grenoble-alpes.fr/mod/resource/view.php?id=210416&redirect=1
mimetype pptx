--- v0 (2025-10-22)
+++ v1 (2026-03-28)
@@ -1,813 +1,796 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="emf" ContentType="image/x-emf"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="mkv" ContentType="video/unknown"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/handoutMasters/handoutMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.handoutMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-[...22 lines deleted...]
-  <Override PartName="/ppt/notesSlides/notesSlide27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
-<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
+<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showSpecialPlsOnTitleSld="0" saveSubsetFonts="1">
   <p:sldMasterIdLst>
-    <p:sldMasterId id="2147483648" r:id="rId1"/>
+    <p:sldMasterId id="2147483660" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId29"/>
+    <p:notesMasterId r:id="rId31"/>
   </p:notesMasterIdLst>
   <p:handoutMasterIdLst>
-    <p:handoutMasterId r:id="rId30"/>
+    <p:handoutMasterId r:id="rId32"/>
   </p:handoutMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="447" r:id="rId2"/>
-[...25 lines deleted...]
-    <p:sldId id="356" r:id="rId28"/>
+    <p:sldId id="258" r:id="rId2"/>
+    <p:sldId id="264" r:id="rId3"/>
+    <p:sldId id="265" r:id="rId4"/>
+    <p:sldId id="257" r:id="rId5"/>
+    <p:sldId id="493" r:id="rId6"/>
+    <p:sldId id="259" r:id="rId7"/>
+    <p:sldId id="266" r:id="rId8"/>
+    <p:sldId id="260" r:id="rId9"/>
+    <p:sldId id="267" r:id="rId10"/>
+    <p:sldId id="269" r:id="rId11"/>
+    <p:sldId id="263" r:id="rId12"/>
+    <p:sldId id="270" r:id="rId13"/>
+    <p:sldId id="271" r:id="rId14"/>
+    <p:sldId id="272" r:id="rId15"/>
+    <p:sldId id="273" r:id="rId16"/>
+    <p:sldId id="274" r:id="rId17"/>
+    <p:sldId id="275" r:id="rId18"/>
+    <p:sldId id="276" r:id="rId19"/>
+    <p:sldId id="277" r:id="rId20"/>
+    <p:sldId id="278" r:id="rId21"/>
+    <p:sldId id="279" r:id="rId22"/>
+    <p:sldId id="494" r:id="rId23"/>
+    <p:sldId id="281" r:id="rId24"/>
+    <p:sldId id="282" r:id="rId25"/>
+    <p:sldId id="280" r:id="rId26"/>
+    <p:sldId id="452" r:id="rId27"/>
+    <p:sldId id="491" r:id="rId28"/>
+    <p:sldId id="489" r:id="rId29"/>
+    <p:sldId id="492" r:id="rId30"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
-  <p:notesSz cx="9926638" cy="6797675"/>
+  <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
-    <a:defPPr>
-      <a:defRPr lang="en-US"/>
+    <a:defPPr rtl="0">
+      <a:defRPr lang="fr-FR"/>
     </a:defPPr>
-    <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+    <a:lvl1pPr marL="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
-    <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+    <a:lvl2pPr marL="457200" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl2pPr>
-    <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+    <a:lvl3pPr marL="914400" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl3pPr>
-    <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+    <a:lvl4pPr marL="1371600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl4pPr>
-    <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+    <a:lvl5pPr marL="1828800" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl5pPr>
-    <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+    <a:lvl6pPr marL="2286000" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl6pPr>
-    <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+    <a:lvl7pPr marL="2743200" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl7pPr>
-    <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+    <a:lvl8pPr marL="3200400" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
-    <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+    <a:lvl9pPr marL="3657600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
-      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
-[...10 lines deleted...]
-      </p15:sldGuideLst>
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
     <p:ext uri="{2D200454-40CA-4A62-9FC3-DE9A4176ACB9}">
       <p15:notesGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:showPr showNarration="1">
     <p:present/>
     <p:sldAll/>
     <p:penClr>
       <a:prstClr val="red"/>
     </p:penClr>
     <p:extLst>
       <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
         <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
           <a:srgbClr val="FF0000"/>
         </p14:laserClr>
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:clrMru>
-    <a:srgbClr val="6699FF"/>
-[...8 lines deleted...]
-    <a:srgbClr val="FFFFFF"/>
+    <a:srgbClr val="F1612B"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
-    <p:restoredLeft sz="14253" autoAdjust="0"/>
-    <p:restoredTop sz="85146" autoAdjust="0"/>
+    <p:restoredLeft sz="15000" autoAdjust="0"/>
+    <p:restoredTop sz="94604" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="97" d="100"/>
-          <a:sy n="97" d="100"/>
+          <a:sx n="106" d="100"/>
+          <a:sy n="106" d="100"/>
         </p:scale>
-        <p:origin x="1152" y="90"/>
+        <p:origin x="792" y="96"/>
       </p:cViewPr>
-      <p:guideLst>
-[...2 lines deleted...]
-      </p:guideLst>
+      <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:notesViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="73" d="100"/>
-          <a:sy n="73" d="100"/>
+          <a:sx n="86" d="100"/>
+          <a:sy n="86" d="100"/>
         </p:scale>
-        <p:origin x="1950" y="72"/>
+        <p:origin x="3114" y="72"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:notesViewPr>
-  <p:gridSpacing cx="76200" cy="76200"/>
+  <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/_rels/handoutMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/handoutMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:handoutMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Header Placeholder 1"/>
+          <p:cNvPr id="2" name="Espace réservé de l’en-tête 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D86C3D2F-5A05-4596-A225-FC1456570104}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="hdr" sz="quarter"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="1"/>
-            <a:ext cx="4301543" cy="341064"/>
+            <a:off x="0" y="0"/>
+            <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
+            <a:pPr rtl="0"/>
+            <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Date Placeholder 2"/>
+          <p:cNvPr id="3" name="Espace réservé de la date 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F39C051B-F26C-4470-B56C-092B4E1C4CFB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5622798" y="1"/>
-            <a:ext cx="4301543" cy="341064"/>
+            <a:off x="3884613" y="0"/>
+            <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:fld id="{DEEA3395-8C3A-443D-9A9C-FB66915EFAAC}" type="datetime1">
+            <a:pPr rtl="0"/>
+            <a:fld id="{A544D08C-6708-4F0E-92EF-B56FC3A3E2A2}" type="datetime1">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>17/02/2025</a:t>
+              <a:t>13/03/2026</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Footer Placeholder 3"/>
+          <p:cNvPr id="4" name="Espace réservé du pied de page 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CD59DB8B-3A1C-4291-8A97-C19C5D31C36E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="6456612"/>
-            <a:ext cx="4301543" cy="341063"/>
+            <a:off x="0" y="8685213"/>
+            <a:ext cx="2971800" cy="458787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
+            <a:pPr rtl="0"/>
+            <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Slide Number Placeholder 4"/>
+          <p:cNvPr id="5" name="Espace réservé du numéro de diapositive 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9E6310B9-42FE-4FE9-8C0B-5C7382DBB0EE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5622798" y="6456612"/>
-            <a:ext cx="4301543" cy="341063"/>
+            <a:off x="3884613" y="8685213"/>
+            <a:ext cx="2971800" cy="458787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:fld id="{074CE229-B20A-4164-A8E2-E3E534164474}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
+            <a:pPr rtl="0"/>
+            <a:fld id="{DEFCFFF0-B784-4FE7-8A38-F89DE294F830}" type="slidenum">
+              <a:rPr lang="fr-FR" smtClean="0"/>
               <a:t>‹N°›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="13531957"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2101566935"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
-  <p:hf/>
+  <p:hf hdr="0" ftr="0" dt="0"/>
 </p:handoutMaster>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Header Placeholder 1"/>
+          <p:cNvPr id="2" name="Espace réservé de l’en-tête 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="hdr" sz="quarter"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="1"/>
-            <a:ext cx="4301543" cy="341064"/>
+            <a:off x="0" y="0"/>
+            <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
+            <a:pPr rtl="0"/>
+            <a:endParaRPr lang="fr-FR" noProof="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Date Placeholder 2"/>
+          <p:cNvPr id="3" name="Espace réservé de la date 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5622798" y="1"/>
-            <a:ext cx="4301543" cy="341064"/>
+            <a:off x="3884613" y="0"/>
+            <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:fld id="{B41A67F8-8095-4D64-944D-2135600995D8}" type="datetime1">
-[...1 lines deleted...]
-              <a:t>17/02/2025</a:t>
+            <a:pPr rtl="0"/>
+            <a:fld id="{19D22EB0-DA63-41C7-AB10-E116F5D52AD0}" type="datetime1">
+              <a:rPr lang="fr-FR" noProof="0" smtClean="0"/>
+              <a:t>13/03/2026</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="fr-FR" noProof="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
+          <p:cNvPr id="4" name="Espace réservé de l’image des diapositives 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2924175" y="849313"/>
-            <a:ext cx="4078288" cy="2293937"/>
+            <a:off x="685800" y="1143000"/>
+            <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:solidFill>
               <a:prstClr val="black"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-US"/>
+            <a:pPr rtl="0"/>
+            <a:endParaRPr lang="fr-FR" noProof="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Notes Placeholder 4"/>
+          <p:cNvPr id="5" name="Espace réservé des commentaires 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="992664" y="3271381"/>
-            <a:ext cx="7941310" cy="2676585"/>
+            <a:off x="685800" y="4400550"/>
+            <a:ext cx="5486400" cy="3600450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr lvl="0"/>
-[...30 lines deleted...]
-              <a:t>Fifth level</a:t>
+            <a:pPr lvl="0" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Modifiez les styles du texte</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Deuxième niveau</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Troisième niveau</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Quatrième niveau</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Cinquième niveau</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Footer Placeholder 5"/>
+          <p:cNvPr id="6" name="Espace réservé du pied de page 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="6456612"/>
-            <a:ext cx="4301543" cy="341063"/>
+            <a:off x="0" y="8685213"/>
+            <a:ext cx="2971800" cy="458787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
+            <a:pPr rtl="0"/>
+            <a:endParaRPr lang="fr-FR" noProof="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
+          <p:cNvPr id="7" name="Espace réservé du numéro de diapositive 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5622798" y="6456612"/>
-            <a:ext cx="4301543" cy="341063"/>
+            <a:off x="3884613" y="8685213"/>
+            <a:ext cx="2971800" cy="458787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:fld id="{588AB5DC-3C00-4937-9CE4-4DA4D5B61534}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
+            <a:pPr rtl="0"/>
+            <a:fld id="{998C672F-171E-46DC-915C-C7BCF99F5C42}" type="slidenum">
+              <a:rPr lang="fr-FR" noProof="0" smtClean="0"/>
               <a:t>‹N°›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="fr-FR" noProof="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2399081798"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1958498067"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
-  <p:hf/>
+  <p:hf hdr="0" ftr="0" dt="0"/>
   <p:notesStyle>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl2pPr>
     <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
@@ -860,1981 +843,224 @@
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
-[...39 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide26.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
-[...30 lines deleted...]
-<file path=ppt/notesSlides/_rels/notesSlide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide27.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
-[...23 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Espace réservé de l'image des diapositives 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Espace réservé des notes 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="fr-FR" dirty="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>NB : Penser à noter les questions des étudiants</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{588AB5DC-3C00-4937-9CE4-4DA4D5B61534}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1</a:t>
+              <a:t>26</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé de la date 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8C52B027-1D2C-49A9-ACE2-B8CD2A1368B6}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F0A3FE8-D5F0-48CE-9A1F-339A2C8FB896}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{16851F87-2A90-4741-8416-2E2011E08F29}" type="datetime1">
+            <a:fld id="{D4A8BB53-E3D7-49F5-885C-62BE6E190DB0}" type="datetime1">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>17/02/2025</a:t>
+              <a:t>13/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Espace réservé du pied de page 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4421AD0B-4FAA-4611-B96F-2286B89752BD}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4AA84222-E283-42DF-93B5-5EA61F6AD228}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>pharmacie-officine 2022-sea1</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Espace réservé de l'en-tête 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0F308AEC-D75A-4AF0-980B-C56EB1A746AA}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7D5E6CB2-697F-41D0-8DCA-4271A764F4C1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="hdr" sz="quarter"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>BUMP</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3471417915"/>
-[...1663 lines deleted...]
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1684395089"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1993532051"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2844,608 +1070,101 @@
           <p:cNvPr id="2" name="Espace réservé de l'image des diapositives 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Espace réservé des notes 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="fr-FR" b="1" i="1" dirty="0"/>
+            <a:endParaRPr lang="fr-FR" i="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{588AB5DC-3C00-4937-9CE4-4DA4D5B61534}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>2</a:t>
-[...506 lines deleted...]
-              <a:t>22</a:t>
+              <a:t>27</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé de la date 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{82746DFA-18B6-4691-AB46-D1B90D540432}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{050BB5B1-394A-4717-8A2B-0B84C0FCC172}" type="datetime1">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>17/02/2025</a:t>
+              <a:t>13/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Espace réservé du pied de page 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DF6D1E4F-7196-4500-8E4F-8F58C507C91C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -3466,904 +1185,51 @@
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="hdr" sz="quarter"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>BUMP</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="14985211"/>
-[...852 lines deleted...]
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1781375802"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2320271367"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -4373,10805 +1239,20069 @@
           <p:cNvPr id="2" name="Espace réservé de l'image des diapositives 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Espace réservé des notes 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="fr-FR" dirty="0"/>
+            <a:endParaRPr lang="fr-FR" i="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{588AB5DC-3C00-4937-9CE4-4DA4D5B61534}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>3</a:t>
+              <a:t>28</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé de la date 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{432F239C-DA95-4B02-B7A8-5AEBDD987C93}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{52696CF2-0A64-4E4A-A99A-01C12733B50B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{E73D59B6-2665-4DC7-8B81-B5CE7188614A}" type="datetime1">
+            <a:fld id="{8959B162-7181-4927-B8F7-458D5E3A3A75}" type="datetime1">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>17/02/2025</a:t>
+              <a:t>13/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Espace réservé du pied de page 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2430ECB1-1723-4898-A0E3-8675EC9E2F2F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F9EAD77B-3FC4-49C7-89E0-CA141827B129}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>pharmacie-officine 2022-sea1</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Espace réservé de l'en-tête 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B5CB6F70-DA19-450D-8C97-73C47D7B5FC8}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BD0C79C9-BD9E-4447-B80F-6C1F766CBCEA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="hdr" sz="quarter"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>BUMP</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3841649867"/>
-[...1030 lines deleted...]
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3763832660"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4257480500"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
+<file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
-  <p:cSld name="84_Custom Layout">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" type="title" preserve="1">
+  <p:cSld name="Diapositive de titre">
     <p:bg>
       <p:bgPr>
         <a:solidFill>
-          <a:srgbClr val="202C41"/>
+          <a:schemeClr val="accent1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Picture Placeholder 7"/>
-[...5 lines deleted...]
-          </p:nvPr>
+          <p:cNvPr id="11" name="Forme libre 6">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
         </p:nvSpPr>
-        <p:spPr>
+        <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="533638" y="2888237"/>
-            <a:ext cx="4793594" cy="3969763"/>
+            <a:off x="3557016" y="630936"/>
+            <a:ext cx="5235575" cy="5229225"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
-            <a:gdLst>
-[...274 lines deleted...]
-            </a:gdLst>
+            <a:gdLst/>
             <a:ahLst/>
-            <a:cxnLst>
-[...19 lines deleted...]
-            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:cxnLst/>
+            <a:rect l="0" t="0" r="r" b="b"/>
             <a:pathLst>
-              <a:path w="4793594" h="3969763">
+              <a:path w="3298" h="3294">
                 <a:moveTo>
-                  <a:pt x="1037" y="0"/>
+                  <a:pt x="1649" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
-                  <a:pt x="2492736" y="1"/>
-[...16 lines deleted...]
-                </a:cubicBezTo>
+                  <a:pt x="1681" y="3"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1712" y="11"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1742" y="23"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1773" y="38"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1802" y="55"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1832" y="73"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1862" y="89"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1892" y="105"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1921" y="117"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1953" y="125"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1984" y="129"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2017" y="129"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2051" y="127"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2085" y="123"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2119" y="118"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2153" y="114"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2187" y="111"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2219" y="112"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2250" y="116"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2280" y="125"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2305" y="138"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2329" y="155"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2350" y="175"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2371" y="198"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2390" y="222"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2409" y="247"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2428" y="272"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2447" y="296"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2467" y="319"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2490" y="339"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2512" y="357"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2537" y="371"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2564" y="383"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2593" y="393"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2623" y="402"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2653" y="410"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2684" y="418"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2713" y="427"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2742" y="437"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2769" y="449"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2793" y="464"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2815" y="482"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2833" y="504"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2848" y="528"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2860" y="555"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2870" y="584"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2879" y="613"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2887" y="644"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2895" y="674"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2904" y="704"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2914" y="733"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2926" y="760"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2940" y="785"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2958" y="807"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2978" y="830"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3001" y="850"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3025" y="869"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3051" y="888"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3076" y="907"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3100" y="926"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3123" y="947"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3143" y="968"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3160" y="992"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3173" y="1017"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3182" y="1047"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3186" y="1078"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3187" y="1110"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3184" y="1144"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3180" y="1178"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3175" y="1212"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3171" y="1246"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3169" y="1280"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3169" y="1313"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3173" y="1344"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3181" y="1375"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3193" y="1404"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3209" y="1434"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3225" y="1464"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3243" y="1494"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3260" y="1523"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3275" y="1554"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3287" y="1584"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3295" y="1615"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3298" y="1647"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3295" y="1679"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3287" y="1710"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3275" y="1740"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3260" y="1771"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3243" y="1800"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3225" y="1830"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3209" y="1860"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3193" y="1890"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3181" y="1919"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3173" y="1950"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3169" y="1981"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3169" y="2014"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3171" y="2048"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3175" y="2082"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3180" y="2116"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3184" y="2150"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3187" y="2184"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3186" y="2216"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3182" y="2247"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3173" y="2277"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3160" y="2302"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3143" y="2326"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3123" y="2347"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3100" y="2368"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3076" y="2387"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3051" y="2406"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3025" y="2425"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3001" y="2444"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2978" y="2464"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2958" y="2487"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2940" y="2509"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2926" y="2534"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2914" y="2561"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2904" y="2590"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2895" y="2620"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2887" y="2650"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2879" y="2681"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2870" y="2710"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2860" y="2739"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2848" y="2766"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2833" y="2790"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2815" y="2812"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2793" y="2830"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2769" y="2845"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2742" y="2857"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2713" y="2867"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2684" y="2876"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2653" y="2884"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2623" y="2892"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2593" y="2901"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2564" y="2911"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2537" y="2923"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2512" y="2937"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2490" y="2955"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2467" y="2975"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2447" y="2998"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2428" y="3022"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2409" y="3047"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2390" y="3072"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2371" y="3096"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2350" y="3119"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2329" y="3139"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2305" y="3156"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2280" y="3169"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2250" y="3178"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2219" y="3182"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2187" y="3183"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2153" y="3180"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2119" y="3176"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2085" y="3171"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2051" y="3167"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2017" y="3165"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1984" y="3165"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1953" y="3169"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1921" y="3177"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1892" y="3189"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1862" y="3205"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1832" y="3221"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1802" y="3239"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1773" y="3256"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1742" y="3271"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1712" y="3283"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1681" y="3291"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1649" y="3294"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1617" y="3291"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1586" y="3283"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1556" y="3271"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1525" y="3256"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1496" y="3239"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1466" y="3221"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1436" y="3205"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1406" y="3189"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1376" y="3177"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1345" y="3169"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1314" y="3165"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1281" y="3165"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1247" y="3167"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1213" y="3171"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1179" y="3176"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1145" y="3180"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1111" y="3183"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1079" y="3182"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1048" y="3178"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1018" y="3169"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="993" y="3156"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="969" y="3139"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="948" y="3119"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="927" y="3096"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="908" y="3072"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="889" y="3047"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="870" y="3022"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="851" y="2998"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="831" y="2975"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="808" y="2955"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="786" y="2937"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="761" y="2923"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="734" y="2911"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="705" y="2901"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="675" y="2892"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="645" y="2884"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="614" y="2876"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="585" y="2867"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="556" y="2857"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="529" y="2845"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="505" y="2830"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="483" y="2812"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="465" y="2790"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="450" y="2766"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="438" y="2739"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="428" y="2710"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="419" y="2681"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="411" y="2650"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="403" y="2620"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="394" y="2590"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="384" y="2561"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="372" y="2534"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="358" y="2509"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="340" y="2487"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="320" y="2464"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="297" y="2444"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="272" y="2425"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="247" y="2406"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="222" y="2387"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="198" y="2368"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="175" y="2347"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="155" y="2326"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="138" y="2302"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="125" y="2277"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="116" y="2247"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="112" y="2216"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="111" y="2184"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="114" y="2150"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="118" y="2116"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="123" y="2082"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="127" y="2048"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="129" y="2014"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="129" y="1981"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="125" y="1950"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="117" y="1919"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="105" y="1890"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="90" y="1860"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="73" y="1830"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="55" y="1800"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="38" y="1771"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="23" y="1740"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="11" y="1710"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3" y="1679"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1647"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3" y="1615"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="11" y="1584"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="23" y="1554"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="38" y="1523"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="55" y="1494"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="73" y="1464"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="90" y="1434"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="105" y="1404"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="117" y="1375"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="125" y="1344"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="129" y="1313"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="129" y="1280"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="127" y="1246"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="123" y="1212"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="118" y="1178"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="114" y="1144"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="111" y="1110"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="112" y="1078"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="116" y="1047"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="125" y="1017"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="138" y="992"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="155" y="968"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="175" y="947"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="198" y="926"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="222" y="907"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="247" y="888"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="272" y="869"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="297" y="850"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="320" y="830"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="340" y="807"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="358" y="785"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="372" y="760"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="384" y="733"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="394" y="704"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="403" y="674"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="411" y="644"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="419" y="613"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="428" y="584"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="438" y="555"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="450" y="528"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="465" y="504"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="483" y="482"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="505" y="464"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="529" y="449"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="556" y="437"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="585" y="427"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="614" y="418"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="645" y="410"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="675" y="402"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="705" y="393"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="734" y="383"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="761" y="371"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="786" y="357"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="808" y="339"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="831" y="319"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="851" y="296"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="870" y="272"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="889" y="247"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="908" y="222"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="927" y="198"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="948" y="175"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="969" y="155"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="993" y="138"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1018" y="125"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1048" y="116"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1079" y="112"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1111" y="111"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1145" y="114"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1179" y="118"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1213" y="123"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1247" y="127"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1281" y="129"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1314" y="129"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1345" y="125"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1376" y="117"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1406" y="105"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1436" y="89"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1466" y="73"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1496" y="55"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1525" y="38"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1556" y="23"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1586" y="11"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1617" y="3"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1649" y="0"/>
+                </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
-            <a:schemeClr val="bg1">
-[...1 lines deleted...]
-            </a:schemeClr>
+            <a:schemeClr val="bg2"/>
           </a:solidFill>
+          <a:ln w="0">
+            <a:noFill/>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titre 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1078523" y="1098388"/>
+            <a:ext cx="10318418" cy="4394988"/>
+          </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr>
+          <a:bodyPr rtlCol="0" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr sz="10000" spc="800" baseline="0"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0" dirty="0"/>
+              <a:t>Modifiez le style du titre</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Sous-titre 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2215045" y="5532309"/>
+            <a:ext cx="8045373" cy="742279"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="t">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" indent="0">
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:buNone/>
-              <a:defRPr sz="1500"/>
+              <a:defRPr sz="2000" b="1" i="0" cap="all" spc="400" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0" dirty="0"/>
+              <a:t>Modifiez le style des sous-titres du masque</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé de la date 3">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1078523" y="6375679"/>
+            <a:ext cx="2329722" cy="348462"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr lang="en-US"/>
+            <a:pPr rtl="0"/>
+            <a:fld id="{A7F88B12-95A0-4C6C-94FC-EE0993022866}" type="datetime1">
+              <a:rPr lang="fr-FR" noProof="0" smtClean="0"/>
+              <a:t>13/03/2026</a:t>
+            </a:fld>
+            <a:endParaRPr lang="fr-FR" noProof="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Espace réservé du pied de page 4">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4180332" y="6375679"/>
+            <a:ext cx="4114800" cy="345796"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:endParaRPr lang="fr-FR" noProof="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Espace réservé du numéro de diapositive 5">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9067218" y="6375679"/>
+            <a:ext cx="2329723" cy="345796"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:fld id="{299DD5A9-4EF1-497E-92EF-2D23CF305E03}" type="slidenum">
+              <a:rPr lang="fr-FR" noProof="0" smtClean="0"/>
+              <a:t>‹N°›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="fr-FR" noProof="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Image 1"/>
+          <p:cNvPr id="8" name="Image 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{795F833A-1979-79CB-0B1A-4E2F854F8106}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2" cstate="print">
+          <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="9071172" y="558196"/>
-            <a:ext cx="2217216" cy="1111853"/>
+            <a:off x="0" y="0"/>
+            <a:ext cx="611621" cy="339450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3174378095"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2405246122"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="102_Custom Layout">
+<file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" type="vertTx" preserve="1">
+  <p:cSld name="Titre et texte vertical">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="11" name="Picture Placeholder 7"/>
+          <p:cNvPr id="2" name="Titre 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="pic" sz="quarter" idx="10"/>
+            <p:ph type="title"/>
           </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Modifiez le style du titre</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé du texte vertical 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" orient="vert" idx="1" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr vert="eaVert" rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Modifiez les styles du texte du masque</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Deuxième niveau</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Troisième niveau</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Quatrième niveau</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Cinquième niveau</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé de la date 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:fld id="{036B114A-D546-49ED-A392-9247EC2BCFEE}" type="datetime1">
+              <a:rPr lang="fr-FR" noProof="0" smtClean="0"/>
+              <a:t>13/03/2026</a:t>
+            </a:fld>
+            <a:endParaRPr lang="fr-FR" noProof="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Espace réservé du pied de page 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:endParaRPr lang="fr-FR" noProof="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Espace réservé du numéro de diapositive 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:fld id="{299DD5A9-4EF1-497E-92EF-2D23CF305E03}" type="slidenum">
+              <a:rPr lang="fr-FR" noProof="0" smtClean="0"/>
+              <a:t>‹N°›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="fr-FR" noProof="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Rectangle 11" title="bordure du bord gauche">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FDF3C7CA-CFF9-E30C-26AF-6E6B39D0975B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
-            <a:ext cx="5856515" cy="6858000"/>
+            <a:ext cx="283464" cy="6858000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
-            <a:schemeClr val="bg1">
-[...146 lines deleted...]
-            <a:srgbClr val="202C41"/>
+            <a:schemeClr val="accent3"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
-        <p:txBody>
-[...6 lines deleted...]
-        </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="15" name="Title Placeholder 1"/>
-[...5 lines deleted...]
-          </p:nvPr>
+          <p:cNvPr id="8" name="Rectangle 11" title="bordure du bord gauche">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4D3FCCB4-F174-445B-76CA-B3A3213E3CC4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3938667" y="1699080"/>
-[...41 lines deleted...]
-            <a:ext cx="3015347" cy="4622800"/>
+            <a:off x="11934825" y="0"/>
+            <a:ext cx="283464" cy="6858000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
-            <a:schemeClr val="bg1">
-[...103 lines deleted...]
-            <a:srgbClr val="E74610"/>
+            <a:schemeClr val="accent1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Image 8" descr="Une image contenant texte, Police, logo, Graphique&#10;&#10;Description générée automatiquement">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D7A1C725-782C-16D3-6CF8-419B02E98FAD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="283464" y="509"/>
+            <a:ext cx="611621" cy="339450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="162219164"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" type="vertTitleAndTx" preserve="1">
+  <p:cSld name="Titre vertical et texte">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titre vertical 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" orient="vert"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10066321" y="382386"/>
+            <a:ext cx="1492132" cy="5600404"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:bodyPr vert="eaVert" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="en-US" sz="1800"/>
+            <a:pPr rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Modifiez le style du titre</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="12" name="Rectangle 11"/>
+          <p:cNvPr id="3" name="Espace réservé du texte vertical 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" orient="vert" idx="1" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1257300" y="382385"/>
+            <a:ext cx="8392585" cy="5600405"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="eaVert" rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Modifiez les styles du texte du masque</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Deuxième niveau</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Troisième niveau</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Quatrième niveau</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Cinquième niveau</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé de la date 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:fld id="{95CCE2BB-A911-40D2-A101-1B2B7B2CF9F5}" type="datetime1">
+              <a:rPr lang="fr-FR" noProof="0" smtClean="0"/>
+              <a:t>13/03/2026</a:t>
+            </a:fld>
+            <a:endParaRPr lang="fr-FR" noProof="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Espace réservé du pied de page 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:endParaRPr lang="fr-FR" noProof="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Espace réservé du numéro de diapositive 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:fld id="{299DD5A9-4EF1-497E-92EF-2D23CF305E03}" type="slidenum">
+              <a:rPr lang="fr-FR" noProof="0" smtClean="0"/>
+              <a:t>‹N°›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="fr-FR" noProof="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Rectangle 11" title="bordure du bord gauche">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CB16F977-60B9-E2DB-8D02-E42E902CEE24}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="250371" y="228600"/>
-            <a:ext cx="11691259" cy="6400800"/>
+            <a:off x="0" y="0"/>
+            <a:ext cx="283464" cy="6858000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
-            <a:srgbClr val="202C41"/>
+            <a:schemeClr val="accent2"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
-        <p:txBody>
-[...6 lines deleted...]
-        </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="8" name="Title Placeholder 1"/>
-[...5 lines deleted...]
-          </p:nvPr>
+          <p:cNvPr id="8" name="Rectangle 11" title="bordure du bord gauche">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FF4F7FB2-6E50-A293-876C-9487446A1E87}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1536700" y="2374900"/>
-            <a:ext cx="3733800" cy="1917700"/>
+            <a:off x="11934825" y="0"/>
+            <a:ext cx="283464" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Image 8" descr="Une image contenant texte, Police, logo, Graphique&#10;&#10;Description générée automatiquement">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0EEA2D23-7D2B-744E-01DC-5E33AD7D5A7E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="283464" y="0"/>
+            <a:ext cx="611621" cy="339450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
-        <p:txBody>
-[...20 lines deleted...]
-      </p:sp>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1112741394"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3383596440"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="19_Custom Layout">
+<file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" type="obj" preserve="1">
+  <p:cSld name="Titre et contenu">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Picture Placeholder 7"/>
+          <p:cNvPr id="2" name="Titre 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="pic" sz="quarter" idx="10"/>
+            <p:ph type="title"/>
           </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Modifiez le style du titre</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé du contenu 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Modifiez les styles du texte du masque</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Deuxième niveau</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Troisième niveau</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Quatrième niveau</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Cinquième niveau</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé de la date 3">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:fld id="{DB027BBF-7C45-41CC-B5B3-891AE6BFE0FC}" type="datetime1">
+              <a:rPr lang="fr-FR" noProof="0" smtClean="0"/>
+              <a:t>13/03/2026</a:t>
+            </a:fld>
+            <a:endParaRPr lang="fr-FR" noProof="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Espace réservé du pied de page 4">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:endParaRPr lang="fr-FR" noProof="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Espace réservé du numéro de diapositive 5">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:fld id="{299DD5A9-4EF1-497E-92EF-2D23CF305E03}" type="slidenum">
+              <a:rPr lang="fr-FR" noProof="0" smtClean="0"/>
+              <a:t>‹N°›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="fr-FR" noProof="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Rectangle 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{323FA274-0CFF-BA81-4454-67033CA807B4}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5228493" y="1617787"/>
-            <a:ext cx="3540368" cy="5240215"/>
+            <a:off x="0" y="0"/>
+            <a:ext cx="283464" cy="6858000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
-            <a:schemeClr val="bg1">
-              <a:lumMod val="95000"/>
+            <a:schemeClr val="accent3"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
             </a:schemeClr>
-          </a:solidFill>
-[...14 lines deleted...]
-        </p:txBody>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Title Placeholder 1"/>
-[...5 lines deleted...]
-          </p:nvPr>
+          <p:cNvPr id="8" name="Rectangle 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E808CEA2-49C7-B1AD-DCF7-2D84EFE17001}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1612901" y="1045586"/>
-            <a:ext cx="4248640" cy="2383413"/>
+            <a:off x="11934825" y="0"/>
+            <a:ext cx="283464" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="10" name="Image 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E5E00D75-58A4-62C3-A50E-AA519AE17799}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="283464" y="0"/>
+            <a:ext cx="611621" cy="339450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
-        <p:txBody>
-[...127 lines deleted...]
-      </p:sp>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1234916032"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2869611996"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
-[...76 lines deleted...]
-  <p:cSld>
+<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" type="secHead" preserve="1">
+  <p:cSld name="En-tête de section">
     <p:bg>
-      <p:bgRef idx="1001">
-[...1 lines deleted...]
-      </p:bgRef>
+      <p:bgPr>
+        <a:solidFill>
+          <a:schemeClr val="accent3"/>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titre 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3242929" y="1073888"/>
+            <a:ext cx="8187071" cy="4064627"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="b">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="8400" spc="800" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Modifiez le style du titre</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé du texte 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3242930" y="5159781"/>
+            <a:ext cx="7017488" cy="951135"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr sz="2000" b="1" i="0" cap="all" spc="400" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Modifiez les styles du texte du masque</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé de la date 3">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3236546" y="6375679"/>
+            <a:ext cx="1493947" cy="348462"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:fld id="{9097915A-F311-4567-A3AC-75C910D8C4B2}" type="datetime1">
+              <a:rPr lang="fr-FR" noProof="0" smtClean="0"/>
+              <a:t>13/03/2026</a:t>
+            </a:fld>
+            <a:endParaRPr lang="fr-FR" noProof="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Espace réservé du pied de page 4">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5279064" y="6375679"/>
+            <a:ext cx="4114800" cy="345796"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:endParaRPr lang="fr-FR" noProof="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Espace réservé du numéro de diapositive 5">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9942434" y="6375679"/>
+            <a:ext cx="1487566" cy="345796"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:fld id="{299DD5A9-4EF1-497E-92EF-2D23CF305E03}" type="slidenum">
+              <a:rPr lang="fr-FR" noProof="0" smtClean="0"/>
+              <a:t>‹N°›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="fr-FR" noProof="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="7" name="Groupe 6">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="2814638" cy="6858000"/>
+            <a:chOff x="0" y="0"/>
+            <a:chExt cx="2814638" cy="6858000"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="11" name="Forme libre 6" title="Bordure festonnée gauche"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="0" y="0"/>
+              <a:ext cx="2814638" cy="6858000"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst/>
+              <a:ahLst/>
+              <a:cxnLst/>
+              <a:rect l="0" t="0" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="1773" h="4320">
+                  <a:moveTo>
+                    <a:pt x="0" y="0"/>
+                  </a:moveTo>
+                  <a:lnTo>
+                    <a:pt x="891" y="0"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="906" y="56"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="921" y="111"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="938" y="165"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="957" y="217"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="980" y="266"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1007" y="312"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1036" y="351"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1069" y="387"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1105" y="422"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1145" y="456"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1185" y="487"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1227" y="520"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1270" y="551"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1311" y="584"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1352" y="617"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1390" y="651"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1425" y="687"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1456" y="725"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1484" y="765"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1505" y="808"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1521" y="856"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1530" y="907"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1534" y="960"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1534" y="1013"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1530" y="1068"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1523" y="1125"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1515" y="1181"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1508" y="1237"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1501" y="1293"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1496" y="1350"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1494" y="1405"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1497" y="1458"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1504" y="1511"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1517" y="1560"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1535" y="1610"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1557" y="1659"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1583" y="1708"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1611" y="1757"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1640" y="1807"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1669" y="1855"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1696" y="1905"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1721" y="1954"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1742" y="2006"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1759" y="2057"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1769" y="2108"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1773" y="2160"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1769" y="2212"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1759" y="2263"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1742" y="2314"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1721" y="2366"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1696" y="2415"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1669" y="2465"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1640" y="2513"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1611" y="2563"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1583" y="2612"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1557" y="2661"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1535" y="2710"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1517" y="2760"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1504" y="2809"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1497" y="2862"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1494" y="2915"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1496" y="2970"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1501" y="3027"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1508" y="3083"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1515" y="3139"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1523" y="3195"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1530" y="3252"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1534" y="3307"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1534" y="3360"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1530" y="3413"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1521" y="3464"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1505" y="3512"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1484" y="3555"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1456" y="3595"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1425" y="3633"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1390" y="3669"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1352" y="3703"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1311" y="3736"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1270" y="3769"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1227" y="3800"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1185" y="3833"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1145" y="3864"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1105" y="3898"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1069" y="3933"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1036" y="3969"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1007" y="4008"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="980" y="4054"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="957" y="4103"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="938" y="4155"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="921" y="4209"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="906" y="4264"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="891" y="4320"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="4320"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="0"/>
+                  </a:lnTo>
+                  <a:close/>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:solidFill>
+              <a:schemeClr val="tx2"/>
+            </a:solidFill>
+            <a:ln w="0">
+              <a:noFill/>
+              <a:prstDash val="solid"/>
+              <a:round/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a:ln>
+          </p:spPr>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="16" name="Forme libre 11" title="ligne festonnée gauche"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="874382" y="0"/>
+              <a:ext cx="1646238" cy="6858000"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst/>
+              <a:ahLst/>
+              <a:cxnLst/>
+              <a:rect l="0" t="0" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="1037" h="4320">
+                  <a:moveTo>
+                    <a:pt x="0" y="0"/>
+                  </a:moveTo>
+                  <a:lnTo>
+                    <a:pt x="171" y="0"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="188" y="55"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="204" y="110"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="220" y="166"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="234" y="223"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="251" y="278"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="269" y="331"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="292" y="381"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="319" y="427"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="349" y="466"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="382" y="503"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="420" y="537"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="460" y="571"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="502" y="603"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="544" y="635"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="587" y="668"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="628" y="700"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="667" y="734"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="703" y="771"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="736" y="808"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="763" y="848"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="786" y="893"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="800" y="937"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="809" y="986"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="813" y="1034"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="812" y="1085"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="808" y="1136"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="803" y="1189"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="796" y="1242"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="788" y="1295"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="782" y="1348"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="778" y="1401"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="775" y="1452"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="778" y="1502"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="784" y="1551"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="797" y="1602"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="817" y="1652"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="841" y="1702"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="868" y="1752"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="896" y="1801"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="926" y="1851"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="953" y="1901"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="980" y="1952"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1003" y="2003"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1021" y="2054"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1031" y="2106"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1037" y="2160"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1031" y="2214"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1021" y="2266"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1003" y="2317"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="980" y="2368"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="953" y="2419"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="926" y="2469"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="896" y="2519"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="868" y="2568"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="841" y="2618"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="817" y="2668"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="797" y="2718"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="784" y="2769"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="778" y="2818"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="775" y="2868"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="778" y="2919"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="782" y="2972"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="788" y="3025"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="796" y="3078"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="803" y="3131"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="808" y="3184"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="812" y="3235"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="813" y="3286"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="809" y="3334"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="800" y="3383"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="786" y="3427"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="763" y="3472"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="736" y="3512"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="703" y="3549"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="667" y="3586"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="628" y="3620"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="587" y="3652"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="544" y="3685"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="502" y="3717"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="460" y="3749"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="420" y="3783"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="382" y="3817"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="349" y="3854"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="319" y="3893"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="292" y="3939"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="269" y="3989"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="251" y="4042"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="234" y="4097"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="220" y="4154"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="204" y="4210"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="188" y="4265"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="171" y="4320"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="4320"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="17" y="4278"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="33" y="4232"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="46" y="4183"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="60" y="4131"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="75" y="4075"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="90" y="4019"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="109" y="3964"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="129" y="3909"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="156" y="3855"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="186" y="3804"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="222" y="3756"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="261" y="3713"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="303" y="3672"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="348" y="3634"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="392" y="3599"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="438" y="3565"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="482" y="3531"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="523" y="3499"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="561" y="3466"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="594" y="3434"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="620" y="3400"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="638" y="3367"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="647" y="3336"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="652" y="3302"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="654" y="3265"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="651" y="3224"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="647" y="3181"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="642" y="3137"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="637" y="3091"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="626" y="3021"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="620" y="2952"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="616" y="2881"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="618" y="2809"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="628" y="2737"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="642" y="2681"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="661" y="2626"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="685" y="2574"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="711" y="2521"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="739" y="2472"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="767" y="2423"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="791" y="2381"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="813" y="2342"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="834" y="2303"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="851" y="2265"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="864" y="2228"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="873" y="2194"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="876" y="2160"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="873" y="2126"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="864" y="2092"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="851" y="2055"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="834" y="2017"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="813" y="1978"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="791" y="1939"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="767" y="1897"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="739" y="1848"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="711" y="1799"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="685" y="1746"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="661" y="1694"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="642" y="1639"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="628" y="1583"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="618" y="1511"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="616" y="1439"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="620" y="1368"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="626" y="1299"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="637" y="1229"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="642" y="1183"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="647" y="1139"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="651" y="1096"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="654" y="1055"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="652" y="1018"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="647" y="984"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="638" y="953"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="620" y="920"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="594" y="886"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="561" y="854"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="523" y="822"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="482" y="789"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="438" y="755"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="392" y="721"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="348" y="686"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="303" y="648"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="261" y="607"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="222" y="564"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="186" y="516"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="156" y="465"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="129" y="411"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="109" y="356"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="90" y="301"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="75" y="245"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="60" y="189"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="46" y="137"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="33" y="88"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="17" y="42"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="0"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="0"/>
+                  </a:lnTo>
+                  <a:close/>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:ln w="0">
+              <a:noFill/>
+              <a:prstDash val="solid"/>
+              <a:round/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a:ln>
+          </p:spPr>
+        </p:sp>
+      </p:grpSp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Image 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FDD06DDB-1A66-3721-4612-E05FE63BC9F1}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="611621" cy="339450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2215256800"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="513194428"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:overrideClrMapping bg1="dk1" tx1="lt1" bg2="dk2" tx2="lt2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" type="twoObj" preserve="1">
+  <p:cSld name="Deux contenus">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titre 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Modifiez le style du titre</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé du contenu 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="1" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1257300" y="2286000"/>
+            <a:ext cx="4800600" cy="3619500"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Modifiez les styles du texte du masque</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Deuxième niveau</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Troisième niveau</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Quatrième niveau</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Cinquième niveau</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé du contenu 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="2" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6647796" y="2286000"/>
+            <a:ext cx="4800600" cy="3619500"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0" dirty="0"/>
+              <a:t>Modifiez les styles du texte du masque</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0" dirty="0"/>
+              <a:t>Deuxième niveau</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0" dirty="0"/>
+              <a:t>Troisième niveau</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0" dirty="0"/>
+              <a:t>Quatrième niveau</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0" dirty="0"/>
+              <a:t>Cinquième niveau</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Espace réservé de la date 4">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:fld id="{2D640E40-881F-4FE3-A3AF-F1B4D4A10595}" type="datetime1">
+              <a:rPr lang="fr-FR" noProof="0" smtClean="0"/>
+              <a:t>13/03/2026</a:t>
+            </a:fld>
+            <a:endParaRPr lang="fr-FR" noProof="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Espace réservé du pied de page 5">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:endParaRPr lang="fr-FR" noProof="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Espace réservé du numéro de diapositive 6">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:fld id="{299DD5A9-4EF1-497E-92EF-2D23CF305E03}" type="slidenum">
+              <a:rPr lang="fr-FR" noProof="0" smtClean="0"/>
+              <a:t>‹N°›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="fr-FR" noProof="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Rectangle 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{465D9C17-EBA7-28D6-FAE2-8F1250AC8D80}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="666750" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent3"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Image 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BC9F7577-2314-D70B-B6CB-919F583BDF22}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="676275" y="6919"/>
+            <a:ext cx="611621" cy="339450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2700274406"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
+    </p:ext>
+  </p:extLst>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" type="twoTxTwoObj" preserve="1">
+  <p:cSld name="Comparaison">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titre 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1252728" y="381000"/>
+            <a:ext cx="10172700" cy="1493517"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Modifiez le style du titre</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé du texte 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1251678" y="2199633"/>
+            <a:ext cx="4800600" cy="632529"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="b">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr sz="1900" b="1" cap="all" spc="200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1900" b="1"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1800" b="1"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Modifiez les styles du texte du masque</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé du contenu 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="2" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1257300" y="2909102"/>
+            <a:ext cx="4800600" cy="2996398"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Modifiez les styles du texte du masque</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Deuxième niveau</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Troisième niveau</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Quatrième niveau</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Cinquième niveau</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Espace réservé du texte 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="3" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6633864" y="2199633"/>
+            <a:ext cx="4800600" cy="632529"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="b">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr sz="1900" b="1" cap="all" spc="200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1900" b="1"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1800" b="1"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Modifiez les styles du texte du masque</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Espace réservé du contenu 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="4" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6633864" y="2909102"/>
+            <a:ext cx="4800600" cy="2996398"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Modifiez les styles du texte du masque</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Deuxième niveau</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Troisième niveau</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Quatrième niveau</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Cinquième niveau</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Espace réservé de la date 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:fld id="{AE651A25-E86F-486F-A171-A177E2CF2493}" type="datetime1">
+              <a:rPr lang="fr-FR" noProof="0" smtClean="0"/>
+              <a:t>13/03/2026</a:t>
+            </a:fld>
+            <a:endParaRPr lang="fr-FR" noProof="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Espace réservé du pied de page 7"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:endParaRPr lang="fr-FR" noProof="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Espace réservé du numéro de diapositive 8"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:fld id="{299DD5A9-4EF1-497E-92EF-2D23CF305E03}" type="slidenum">
+              <a:rPr lang="fr-FR" noProof="0" smtClean="0"/>
+              <a:t>‹N°›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="fr-FR" noProof="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Rectangle 12" title="bordure du bord gauche">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{826CEFA0-A950-3186-5499-4003EF4D5680}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="666750" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent2"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="11" name="Image 10" descr="Une image contenant texte, Police, logo, Graphique&#10;&#10;Description générée automatiquement">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B426E3BD-0D80-8A97-7793-DA35657C7177}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="666750" y="0"/>
+            <a:ext cx="611621" cy="339450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="558323575"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
+    </p:ext>
+  </p:extLst>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" type="titleOnly" preserve="1">
+  <p:cSld name="Titre uniquement">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titre 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Modifiez le style du titre</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé de la date 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:fld id="{241C2221-4076-4134-9937-BC0DC8CC1799}" type="datetime1">
+              <a:rPr lang="fr-FR" noProof="0" smtClean="0"/>
+              <a:t>13/03/2026</a:t>
+            </a:fld>
+            <a:endParaRPr lang="fr-FR" noProof="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé du pied de page 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:endParaRPr lang="fr-FR" noProof="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Espace réservé du numéro de diapositive 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:fld id="{299DD5A9-4EF1-497E-92EF-2D23CF305E03}" type="slidenum">
+              <a:rPr lang="fr-FR" noProof="0" smtClean="0"/>
+              <a:t>‹N°›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="fr-FR" noProof="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Rectangle 12" title="bordure du bord gauche">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{19FC89CF-5373-6C86-EB0F-D4AD177B72CA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="666750" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent3"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Image 6" descr="Une image contenant texte, Police, logo, Graphique&#10;&#10;Description générée automatiquement">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6F8CE220-493F-4DB1-192C-E39EB96B8890}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="666750" y="0"/>
+            <a:ext cx="611621" cy="339450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2849935235"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" type="blank" preserve="1">
+  <p:cSld name="Vide">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Espace réservé de la date 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:fld id="{E053701A-16CE-476C-B0B2-B4BB9C494CCC}" type="datetime1">
+              <a:rPr lang="fr-FR" noProof="0" smtClean="0"/>
+              <a:t>13/03/2026</a:t>
+            </a:fld>
+            <a:endParaRPr lang="fr-FR" noProof="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé du pied de page 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:endParaRPr lang="fr-FR" noProof="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:fld id="{299DD5A9-4EF1-497E-92EF-2D23CF305E03}" type="slidenum">
+              <a:rPr lang="fr-FR" noProof="0" smtClean="0"/>
+              <a:t>‹N°›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="fr-FR" noProof="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Rectangle 12" title="bordure du bord gauche">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{81C34798-049E-D301-453E-06168428A855}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="666750" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent2"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Image 5" descr="Une image contenant texte, Police, logo, Graphique&#10;&#10;Description générée automatiquement">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{311DA140-9709-17F0-07E0-33977785445F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="0"/>
+            <a:ext cx="611621" cy="339450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="616351968"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" type="objTx" preserve="1">
+  <p:cSld name="Contenu avec légende">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="17" name="Forme libre 11" title="forme d’arrière-plan festonnée droite"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="7389812" y="0"/>
+            <a:ext cx="4802188" cy="6858000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="0" t="0" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="3025" h="4320">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="3025" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3025" y="4320"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="4320"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3" y="4278"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="8" y="4243"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="14" y="4210"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="24" y="4183"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="34" y="4156"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="46" y="4133"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="58" y="4109"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="69" y="4087"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="80" y="4062"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="90" y="4036"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="99" y="4007"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="106" y="3976"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="111" y="3938"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="113" y="3895"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="111" y="3851"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="106" y="3815"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="99" y="3782"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="90" y="3752"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="80" y="3726"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="68" y="3702"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="56" y="3679"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="44" y="3655"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="33" y="3630"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="22" y="3604"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="13" y="3575"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="7" y="3542"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1" y="3504"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="3461"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1" y="3418"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="7" y="3380"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="13" y="3347"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="22" y="3319"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="33" y="3292"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="44" y="3267"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="56" y="3244"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="68" y="3222"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="80" y="3197"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="90" y="3171"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="99" y="3142"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="106" y="3109"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="111" y="3071"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="113" y="3028"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="111" y="2985"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="106" y="2947"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="99" y="2914"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="90" y="2885"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="80" y="2858"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="68" y="2834"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="44" y="2787"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="33" y="2763"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="22" y="2736"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="13" y="2707"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="7" y="2674"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1" y="2637"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="2593"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1" y="2550"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="7" y="2512"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="13" y="2479"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="22" y="2451"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="33" y="2424"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="44" y="2401"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="68" y="2354"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="80" y="2329"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="90" y="2303"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="99" y="2274"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="106" y="2241"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="111" y="2203"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="113" y="2159"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="111" y="2117"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="106" y="2079"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="99" y="2046"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="90" y="2017"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="80" y="1991"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="68" y="1966"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="56" y="1943"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="44" y="1919"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="33" y="1896"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="22" y="1869"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="13" y="1841"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="7" y="1807"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1" y="1770"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1727"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1" y="1683"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="7" y="1646"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="13" y="1613"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="22" y="1583"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="33" y="1557"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="44" y="1533"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="56" y="1509"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="68" y="1486"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="80" y="1461"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="90" y="1435"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="99" y="1406"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="106" y="1373"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="111" y="1335"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="113" y="1292"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="111" y="1249"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="106" y="1211"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="99" y="1178"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="90" y="1149"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="80" y="1123"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="68" y="1098"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="56" y="1076"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="44" y="1053"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="33" y="1028"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="22" y="1001"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="13" y="973"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="7" y="940"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1" y="902"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="859"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1" y="816"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="7" y="778"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="13" y="745"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="22" y="716"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="33" y="690"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="44" y="665"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="56" y="641"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="68" y="618"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="80" y="594"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="90" y="568"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="99" y="538"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="106" y="505"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="111" y="469"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="113" y="424"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="111" y="382"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="106" y="344"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="99" y="313"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="90" y="284"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="80" y="258"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="69" y="233"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="58" y="211"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="46" y="187"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="34" y="164"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="24" y="137"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="14" y="110"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="8" y="77"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3" y="42"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="0"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent3"/>
+          </a:solidFill>
+          <a:ln w="0">
+            <a:noFill/>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titre 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8337884" y="457199"/>
+            <a:ext cx="3092115" cy="1196671"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="b">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:defRPr sz="1900" b="1" i="0" cap="all" spc="300" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Modifiez le style du titre</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé du contenu 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="765051" y="920377"/>
+            <a:ext cx="6158418" cy="4985124"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3200"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr sz="2800"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr sz="2400"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr sz="2000"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr sz="2000"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr>
+              <a:defRPr sz="2000"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr>
+              <a:defRPr sz="2000"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr>
+              <a:defRPr sz="2000"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr>
+              <a:defRPr sz="2000"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Modifiez les styles du texte du masque</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Deuxième niveau</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Troisième niveau</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Quatrième niveau</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Cinquième niveau</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé du texte 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="half" idx="2" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8337885" y="1741336"/>
+            <a:ext cx="3092115" cy="4164164"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1200"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="1600" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg2"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1200"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Modifiez les styles du texte du masque</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Espace réservé de la date 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="765051" y="6375679"/>
+            <a:ext cx="1233355" cy="348462"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:fld id="{B946CB89-214B-4B23-B90C-4BFEFF6150A5}" type="datetime1">
+              <a:rPr lang="fr-FR" noProof="0" smtClean="0"/>
+              <a:t>13/03/2026</a:t>
+            </a:fld>
+            <a:endParaRPr lang="fr-FR" noProof="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Espace réservé du pied de page 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2103620" y="6375679"/>
+            <a:ext cx="3482179" cy="345796"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:endParaRPr lang="fr-FR" noProof="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Espace réservé du numéro de diapositive 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5691014" y="6375679"/>
+            <a:ext cx="1232456" cy="345796"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:fld id="{299DD5A9-4EF1-497E-92EF-2D23CF305E03}" type="slidenum">
+              <a:rPr lang="fr-FR" noProof="0" smtClean="0"/>
+              <a:t>‹N°›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="fr-FR" noProof="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Rectangle 7" title="bordure du bord gauche"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="283464" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent2"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Image 8" descr="Une image contenant texte, Police, logo, Graphique&#10;&#10;Description générée automatiquement">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{82C4B899-0589-05B9-7F27-3A005BBA45A4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="283464" y="0"/>
+            <a:ext cx="611621" cy="339450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1988637214"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="696">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" type="picTx" preserve="1">
+  <p:cSld name="Image avec légende">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé d’image 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" idx="1" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="283464" y="0"/>
+            <a:ext cx="7355585" cy="6857999"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="t"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2800"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2400"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Cliquez sur l’icône pour ajouter une image</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Forme libre 11" title="forme d’arrière-plan festonnée droite"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="7389812" y="0"/>
+            <a:ext cx="4802188" cy="6858000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="0" t="0" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="3025" h="4320">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="3025" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3025" y="4320"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="4320"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3" y="4278"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="8" y="4243"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="14" y="4210"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="24" y="4183"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="34" y="4156"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="46" y="4133"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="58" y="4109"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="69" y="4087"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="80" y="4062"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="90" y="4036"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="99" y="4007"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="106" y="3976"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="111" y="3938"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="113" y="3895"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="111" y="3851"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="106" y="3815"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="99" y="3782"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="90" y="3752"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="80" y="3726"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="68" y="3702"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="56" y="3679"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="44" y="3655"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="33" y="3630"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="22" y="3604"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="13" y="3575"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="7" y="3542"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1" y="3504"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="3461"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1" y="3418"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="7" y="3380"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="13" y="3347"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="22" y="3319"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="33" y="3292"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="44" y="3267"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="56" y="3244"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="68" y="3222"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="80" y="3197"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="90" y="3171"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="99" y="3142"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="106" y="3109"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="111" y="3071"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="113" y="3028"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="111" y="2985"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="106" y="2947"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="99" y="2914"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="90" y="2885"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="80" y="2858"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="68" y="2834"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="44" y="2787"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="33" y="2763"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="22" y="2736"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="13" y="2707"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="7" y="2674"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1" y="2637"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="2593"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1" y="2550"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="7" y="2512"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="13" y="2479"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="22" y="2451"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="33" y="2424"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="44" y="2401"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="68" y="2354"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="80" y="2329"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="90" y="2303"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="99" y="2274"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="106" y="2241"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="111" y="2203"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="113" y="2159"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="111" y="2117"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="106" y="2079"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="99" y="2046"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="90" y="2017"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="80" y="1991"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="68" y="1966"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="56" y="1943"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="44" y="1919"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="33" y="1896"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="22" y="1869"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="13" y="1841"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="7" y="1807"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1" y="1770"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1727"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1" y="1683"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="7" y="1646"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="13" y="1613"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="22" y="1583"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="33" y="1557"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="44" y="1533"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="56" y="1509"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="68" y="1486"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="80" y="1461"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="90" y="1435"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="99" y="1406"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="106" y="1373"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="111" y="1335"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="113" y="1292"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="111" y="1249"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="106" y="1211"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="99" y="1178"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="90" y="1149"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="80" y="1123"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="68" y="1098"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="56" y="1076"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="44" y="1053"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="33" y="1028"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="22" y="1001"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="13" y="973"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="7" y="940"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1" y="902"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="859"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1" y="816"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="7" y="778"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="13" y="745"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="22" y="716"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="33" y="690"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="44" y="665"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="56" y="641"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="68" y="618"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="80" y="594"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="90" y="568"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="99" y="538"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="106" y="505"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="111" y="469"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="113" y="424"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="111" y="382"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="106" y="344"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="99" y="313"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="90" y="284"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="80" y="258"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="69" y="233"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="58" y="211"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="46" y="187"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="34" y="164"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="24" y="137"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="14" y="110"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="8" y="77"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3" y="42"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="0"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent3"/>
+          </a:solidFill>
+          <a:ln w="0">
+            <a:noFill/>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Rectangle 11" title="bordure du bord gauche"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="283464" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent2"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titre 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8337883" y="457200"/>
+            <a:ext cx="3092117" cy="1196670"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="b">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:defRPr sz="1900" b="1" i="0" spc="300" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Modifiez le style du titre</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé du texte 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="half" idx="2" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8337883" y="1741336"/>
+            <a:ext cx="3092117" cy="4164164"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1200"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="1600" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg2"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1200"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0"/>
+              <a:t>Modifiez les styles du texte du masque</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Espace réservé de la date 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="765950" y="6375679"/>
+            <a:ext cx="1232456" cy="348462"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:fld id="{3EC482EA-51D7-4FE9-9C91-53D056E913F0}" type="datetime1">
+              <a:rPr lang="fr-FR" noProof="0" smtClean="0"/>
+              <a:t>13/03/2026</a:t>
+            </a:fld>
+            <a:endParaRPr lang="fr-FR" noProof="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Espace réservé du pied de page 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2103621" y="6375679"/>
+            <a:ext cx="3482178" cy="345796"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:endParaRPr lang="fr-FR" noProof="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Espace réservé du numéro de diapositive 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5687568" y="6375679"/>
+            <a:ext cx="1234440" cy="345796"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:fld id="{299DD5A9-4EF1-497E-92EF-2D23CF305E03}" type="slidenum">
+              <a:rPr lang="fr-FR" noProof="0" smtClean="0"/>
+              <a:t>‹N°›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="fr-FR" noProof="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="Image 7" descr="Une image contenant texte, Police, logo, Graphique&#10;&#10;Description générée automatiquement">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FEC88796-7003-D7E1-105D-D01A0ED7CB94}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="283464" y="0"/>
+            <a:ext cx="611621" cy="339450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="753837667"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:schemeClr val="bg2"/>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Espace réservé du titre 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1251678" y="382385"/>
+            <a:ext cx="10178322" cy="1492132"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0" dirty="0"/>
+              <a:t>Modifiez le style du titre</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé du texte 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1251678" y="2286001"/>
+            <a:ext cx="10178322" cy="3593591"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0" dirty="0"/>
+              <a:t>Modifiez les styles du texte du masque</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0" dirty="0"/>
+              <a:t>Deuxième niveau</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0" dirty="0"/>
+              <a:t>Troisième niveau</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0" dirty="0"/>
+              <a:t>Quatrième niveau</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4" rtl="0"/>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0" dirty="0"/>
+              <a:t>Cinquième niveau</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé de la date 3">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1251678" y="6375679"/>
+            <a:ext cx="2329722" cy="348462"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:fld id="{3C849524-CEF7-40F3-8F6E-0360F06F564C}" type="datetime1">
+              <a:rPr lang="fr-FR" noProof="0" smtClean="0"/>
+              <a:t>13/03/2026</a:t>
+            </a:fld>
+            <a:endParaRPr lang="fr-FR" noProof="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Espace réservé du pied de page 4">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="3"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4038600" y="6375679"/>
+            <a:ext cx="4114800" cy="345796"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:endParaRPr lang="fr-FR" noProof="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Espace réservé du numéro de diapositive 5">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8610601" y="6375679"/>
+            <a:ext cx="2819399" cy="345796"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:fld id="{299DD5A9-4EF1-497E-92EF-2D23CF305E03}" type="slidenum">
+              <a:rPr lang="fr-FR" noProof="0" smtClean="0"/>
+              <a:t>‹N°›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="fr-FR" noProof="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Rectangle 11">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11908536" y="0"/>
+            <a:ext cx="283464" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Rectangle 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C97127E1-8B80-3E14-8A7C-CC2F5EDDE929}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="283464" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent3"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="10" name="Image 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1CBF6D63-4EFE-22B3-9D14-16B2F20C8693}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId13">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="283464" y="0"/>
+            <a:ext cx="611621" cy="339450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2818072044"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
-    <p:sldLayoutId id="2147483737" r:id="rId1"/>
-[...4 lines deleted...]
-    <p:sldLayoutId id="2147483740" r:id="rId6"/>
+    <p:sldLayoutId id="2147483661" r:id="rId1"/>
+    <p:sldLayoutId id="2147483662" r:id="rId2"/>
+    <p:sldLayoutId id="2147483663" r:id="rId3"/>
+    <p:sldLayoutId id="2147483664" r:id="rId4"/>
+    <p:sldLayoutId id="2147483665" r:id="rId5"/>
+    <p:sldLayoutId id="2147483666" r:id="rId6"/>
+    <p:sldLayoutId id="2147483667" r:id="rId7"/>
+    <p:sldLayoutId id="2147483668" r:id="rId8"/>
+    <p:sldLayoutId id="2147483669" r:id="rId9"/>
+    <p:sldLayoutId id="2147483670" r:id="rId10"/>
+    <p:sldLayoutId id="2147483671" r:id="rId11"/>
   </p:sldLayoutIdLst>
   <p:hf hdr="0" ftr="0" dt="0"/>
   <p:txStyles>
     <p:titleStyle>
-      <a:lvl1pPr algn="l" defTabSz="914377" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:buNone/>
-        <a:defRPr sz="4400" kern="1200">
+        <a:defRPr sz="5100" b="1" kern="1200" cap="all" spc="200" baseline="0">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:schemeClr val="tx2"/>
           </a:solidFill>
-          <a:latin typeface="+mj-lt"/>
+          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
           <a:ea typeface="+mj-ea"/>
-          <a:cs typeface="+mj-cs"/>
+          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
         </a:defRPr>
       </a:lvl1pPr>
     </p:titleStyle>
     <p:bodyStyle>
-      <a:lvl1pPr marL="228594" indent="-228594" algn="l" defTabSz="914377" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="150000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="1000"/>
+          <a:spcPts val="700"/>
         </a:spcBef>
+        <a:buClr>
+          <a:schemeClr val="tx2"/>
+        </a:buClr>
         <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
         <a:buChar char="•"/>
-        <a:defRPr sz="2800" kern="1200">
+        <a:defRPr sz="2000" kern="1200" spc="100" baseline="0">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:schemeClr val="tx1">
+              <a:lumMod val="65000"/>
+              <a:lumOff val="35000"/>
+            </a:schemeClr>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
+          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
           <a:ea typeface="+mn-ea"/>
-          <a:cs typeface="+mn-cs"/>
+          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
         </a:defRPr>
       </a:lvl1pPr>
-      <a:lvl2pPr marL="685783" indent="-228594" algn="l" defTabSz="914377" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="150000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="500"/>
+          <a:spcPts val="700"/>
         </a:spcBef>
+        <a:buClr>
+          <a:schemeClr val="tx2"/>
+        </a:buClr>
+        <a:buFont typeface="Gill Sans MT" panose="020B0502020104020203" pitchFamily="34" charset="0"/>
+        <a:buChar char="–"/>
+        <a:defRPr sz="1800" kern="1200" spc="100" baseline="0">
+          <a:solidFill>
+            <a:schemeClr val="tx1">
+              <a:lumMod val="65000"/>
+              <a:lumOff val="35000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl2pPr>
+      <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="150000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="700"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:schemeClr val="tx2"/>
+        </a:buClr>
         <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
         <a:buChar char="•"/>
-        <a:defRPr sz="2400" kern="1200">
+        <a:defRPr sz="1600" kern="1200" spc="100" baseline="0">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:schemeClr val="tx1">
+              <a:lumMod val="65000"/>
+              <a:lumOff val="35000"/>
+            </a:schemeClr>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
+          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
           <a:ea typeface="+mn-ea"/>
-          <a:cs typeface="+mn-cs"/>
+          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
         </a:defRPr>
-      </a:lvl2pPr>
-      <a:lvl3pPr marL="1142971" indent="-228594" algn="l" defTabSz="914377" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      </a:lvl3pPr>
+      <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="150000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="500"/>
+          <a:spcPts val="700"/>
         </a:spcBef>
+        <a:buClr>
+          <a:schemeClr val="tx2"/>
+        </a:buClr>
+        <a:buFont typeface="Gill Sans MT" panose="020B0502020104020203" pitchFamily="34" charset="0"/>
+        <a:buChar char="–"/>
+        <a:defRPr sz="1400" kern="1200" spc="100" baseline="0">
+          <a:solidFill>
+            <a:schemeClr val="tx1">
+              <a:lumMod val="65000"/>
+              <a:lumOff val="35000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl4pPr>
+      <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="150000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="700"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:schemeClr val="tx2"/>
+        </a:buClr>
         <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
         <a:buChar char="•"/>
-        <a:defRPr sz="2000" kern="1200">
+        <a:defRPr sz="1400" kern="1200" spc="100" baseline="0">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:schemeClr val="tx1">
+              <a:lumMod val="65000"/>
+              <a:lumOff val="35000"/>
+            </a:schemeClr>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
+          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
           <a:ea typeface="+mn-ea"/>
-          <a:cs typeface="+mn-cs"/>
+          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
         </a:defRPr>
-      </a:lvl3pPr>
-      <a:lvl4pPr marL="1600160" indent="-228594" algn="l" defTabSz="914377" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      </a:lvl5pPr>
+      <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="110000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="500"/>
+          <a:spcPts val="700"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr sz="1800" kern="1200">
+        <a:buClr>
+          <a:schemeClr val="tx2"/>
+        </a:buClr>
+        <a:buFont typeface="Gill Sans MT" panose="020B0502020104020203" pitchFamily="34" charset="0"/>
+        <a:buChar char="–"/>
+        <a:defRPr sz="1400" kern="1200">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
-[...35 lines deleted...]
-            <a:schemeClr val="tx1"/>
+            <a:schemeClr val="tx1">
+              <a:lumMod val="65000"/>
+              <a:lumOff val="35000"/>
+            </a:schemeClr>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl6pPr>
-      <a:lvl7pPr marL="2971726" indent="-228594" algn="l" defTabSz="914377" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="110000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="500"/>
+          <a:spcPts val="700"/>
         </a:spcBef>
+        <a:buClr>
+          <a:schemeClr val="tx2"/>
+        </a:buClr>
         <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
         <a:buChar char="•"/>
-        <a:defRPr sz="1800" kern="1200">
+        <a:defRPr sz="1400" kern="1200">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:schemeClr val="tx1">
+              <a:lumMod val="65000"/>
+              <a:lumOff val="35000"/>
+            </a:schemeClr>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl7pPr>
-      <a:lvl8pPr marL="3428914" indent="-228594" algn="l" defTabSz="914377" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="110000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="500"/>
+          <a:spcPts val="700"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr sz="1800" kern="1200">
+        <a:buClr>
+          <a:schemeClr val="tx2"/>
+        </a:buClr>
+        <a:buFont typeface="Gill Sans MT" panose="020B0502020104020203" pitchFamily="34" charset="0"/>
+        <a:buChar char="–"/>
+        <a:defRPr sz="1400" kern="1200" baseline="0">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:schemeClr val="tx1">
+              <a:lumMod val="65000"/>
+              <a:lumOff val="35000"/>
+            </a:schemeClr>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
-      <a:lvl9pPr marL="3886103" indent="-228594" algn="l" defTabSz="914377" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="110000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="500"/>
+          <a:spcPts val="700"/>
         </a:spcBef>
+        <a:buClr>
+          <a:schemeClr val="tx2"/>
+        </a:buClr>
         <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
         <a:buChar char="•"/>
-        <a:defRPr sz="1800" kern="1200">
+        <a:defRPr sz="1400" kern="1200" baseline="0">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:schemeClr val="tx1">
+              <a:lumMod val="65000"/>
+              <a:lumOff val="35000"/>
+            </a:schemeClr>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:bodyStyle>
     <p:otherStyle>
       <a:defPPr>
         <a:defRPr lang="en-US"/>
       </a:defPPr>
-      <a:lvl1pPr marL="0" algn="l" defTabSz="914377" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl1pPr>
-      <a:lvl2pPr marL="457189" algn="l" defTabSz="914377" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl2pPr>
-      <a:lvl3pPr marL="914377" algn="l" defTabSz="914377" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl3pPr>
-      <a:lvl4pPr marL="1371566" algn="l" defTabSz="914377" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl4pPr>
-      <a:lvl5pPr marL="1828754" algn="l" defTabSz="914377" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl5pPr>
-      <a:lvl6pPr marL="2285943" algn="l" defTabSz="914377" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl6pPr>
-      <a:lvl7pPr marL="2743131" algn="l" defTabSz="914377" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl7pPr>
-      <a:lvl8pPr marL="3200320" algn="l" defTabSz="914377" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
-      <a:lvl9pPr marL="3657509" algn="l" defTabSz="914377" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
+  <p:extLst>
+    <p:ext uri="{27BBF7A9-308A-43DC-89C8-2F10F3537804}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" pos="792">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="2" pos="7200">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="3" orient="horz" pos="4008">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="4" orient="horz" pos="1440">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="5" orient="horz" pos="3720">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="6" orient="horz" pos="240">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bibliotheques.univ-grenoble-alpes.fr/services/faire-venir-un-document-peb--176109.kjsp?RH=2413488552338845" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sudoc.abes.fr/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beluga.univ-grenoble-alpes.fr/discovery/jfulldisplay?context=L&amp;vid=33UGRENOBLE_INST:UGrenoble&amp;tab=jsearch_slot&amp;docid=alma991006641179106161" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beluga.univ-grenoble-alpes.fr/discovery/jfulldisplay?context=L&amp;vid=33UGRENOBLE_INST:UGrenoble&amp;tab=jsearch_slot&amp;docid=alma991006640850306161" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beluga.univ-grenoble-alpes.fr/discovery/jfulldisplay?context=L&amp;vid=33UGRENOBLE_INST:UGrenoble&amp;tab=jsearch_slot&amp;docid=alma991006640987606161" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beluga.univ-grenoble-alpes.fr/discovery/search?vid=33UGRENOBLE_INST:UGrenoble" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slide17.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slide20.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/video" Target="../media/media1.mkv"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2007/relationships/media" Target="../media/media1.mkv"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clickandread.inist.fr/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beluga.univ-grenoble-alpes.fr/permalink/33UGRENOBLE_INST/1peaf1c/alma991006990251306161" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://elsevierresources.com/ckmeded/home/contenus-et-ressources-en-francais/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beluga.univ-grenoble-alpes.fr/permalink/33UGRENOBLE_INST/1peaf1c/alma991006988845206161" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www-techniques-ingenieur-fr.sid2nomade-2.grenet.fr/base-documentaire/biomedical-pharma-th15/medicaments-et-produits-pharmaceutiques-ti598/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beluga.univ-grenoble-alpes.fr/permalink/33UGRENOBLE_INST/1peaf1c/alma991006990251306161" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beluga.univ-grenoble-alpes.fr/permalink/33UGRENOBLE_INST/1svt170/alma991007947817506161" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beluga.univ-grenoble-alpes.fr/permalink/33UGRENOBLE_INST/1peaf1c/alma991006988848206161" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bapso-rensbump@univ-grenoble-alpes.fr" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beluga.univ-grenoble-alpes.fr/permalink/33UGRENOBLE_INST/1svt170/alma991007947810606161" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beluga.univ-grenoble-alpes.fr/permalink/33UGRENOBLE_INST/1peaf1c/alma991007097843106161" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hetop.eu/hetop/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beluga.univ-grenoble-alpes.fr/permalink/33UGRENOBLE_INST/1peaf1c/alma991006990946306161" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bapso-rensbump@univ-grenoble-alpes.fr" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beluga.univ-grenoble-alpes.fr/permalink/33UGRENOBLE_INST/1svt170/alma991007947812006161" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beluga.univ-grenoble-alpes.fr/permalink/33UGRENOBLE_INST/1peaf1c/alma991006990946306161" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beluga.univ-grenoble-alpes.fr/permalink/33UGRENOBLE_INST/1svt170/alma991007947810406161" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beluga.univ-grenoble-alpes.fr/permalink/33UGRENOBLE_INST/1svt170/alma991007947814606161" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beluga.univ-grenoble-alpes.fr/permalink/33UGRENOBLE_INST/1peaf1c/alma991006990946306161" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beluga.univ-grenoble-alpes.fr/permalink/33UGRENOBLE_INST/1vb34gl/alma990000700490306161" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beluga.univ-grenoble-alpes.fr/permalink/33UGRENOBLE_INST/1vb34gl/alma991006605987306161" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beluga.univ-grenoble-alpes.fr/permalink/33UGRENOBLE_INST/1vb34gl/alma990000765030306161" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beluga.univ-grenoble-alpes.fr/permalink/33UGRENOBLE_INST/1svt170/alma991007947806506161" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beluga.univ-grenoble-alpes.fr/permalink/33UGRENOBLE_INST/1peaf1c/alma991006990950606161" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beluga.univ-grenoble-alpes.fr/permalink/33UGRENOBLE_INST/1peaf1c/alma991006988846206161" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beluga.univ-grenoble-alpes.fr/permalink/33UGRENOBLE_INST/1peaf1c/alma991006988948306161" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dart-europe.org/basic-search.php" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beluga.univ-grenoble-alpes.fr/permalink/33UGRENOBLE_INST/1peaf1c/alma991006988843306161" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beluga.univ-grenoble-alpes.fr/permalink/33UGRENOBLE_INST/1vb34gl/alma990000765030306161" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beluga.univ-grenoble-alpes.fr/permalink/33UGRENOBLE_INST/1svt170/alma991007947806506161" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beluga.univ-grenoble-alpes.fr/permalink/33UGRENOBLE_INST/1vb34gl/alma990000700490306161" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beluga.univ-grenoble-alpes.fr/permalink/33UGRENOBLE_INST/1vb34gl/alma991006605987306161" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www-sciencedirect-com.sidnomade-1.grenet.fr/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www-tandfonline-com.sidnomade-1.grenet.fr/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link-springer-com.gaelnomade-1.grenet.fr/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary-wiley-com.sidnomade-1.grenet.fr/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beluga.univ-grenoble-alpes.fr/permalink/33UGRENOBLE_INST/1vb34gl/alma990000765030306161" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beluga.univ-grenoble-alpes.fr/permalink/33UGRENOBLE_INST/1svt170/alma991007947806506161" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beluga.univ-grenoble-alpes.fr/permalink/33UGRENOBLE_INST/1vb34gl/alma990000700490306161" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beluga.univ-grenoble-alpes.fr/permalink/33UGRENOBLE_INST/1vb34gl/alma991006605987306161" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beluga.univ-grenoble-alpes.fr/permalink/33UGRENOBLE_INST/1vb34gl/alma991007097843506161" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openalex.org/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beluga.univ-grenoble-alpes.fr/permalink/33UGRENOBLE_INST/1vb34gl/alma991006988839106161" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beluga.univ-grenoble-alpes.fr/permalink/33UGRENOBLE_INST/1vb34gl/alma991006990251106161" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beluga.univ-grenoble-alpes.fr/permalink/33UGRENOBLE_INST/1vb34gl/alma991006988845706161" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.istex.fr/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dumas.ccsd.cnrs.fr/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tandfonline.com/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://origin-scifinder-cas-org.gaelnomade-1.grenet.fr/registration/index.html?corpKey=461033D3-86F3-F00A-1149-96AC4A0263E5" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide25.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bibliotheques.univ-grenoble-alpes.fr/medias/fichier/2023-instructions-sfs-version-web_1694589442592-pdf?ID_FICHE=1374206&amp;INLINE=FALSE" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bibliotheques.univ-grenoble-alpes.fr/collections/collections-numeriques/extensions-click-and-read-et-ezproxy-1288485.kjsp?RH=1549715688310" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide26.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide27.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bapso-rensbump@univ-grenoble-alpes.fr" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beluga.univ-grenoble-alpes.fr/discovery/search?vid=33UGRENOBLE_INST:UGrenoble" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bapso-rensbump@univ-grenoble-alpes.fr" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bu.univ-grenoble-alpes.fr/Form_RDV/formulaire.php" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.emf"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sos-data@univ-grenoble-alpes.fr" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://view.genial.ly/65c33be13817160014d848ee" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bibliotheques.univ-grenoble-alpes.fr/se-former/auto-formation/definition-du-plagiat-670812.kjsp?RH=1549642464956" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bibliotheques.univ-grenoble-alpes.fr/se-former/auto-formation/comment-citer-et-rediger-sa-bibliographie--670818.kjsp?RH=1549707901827" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sos-data@univ-grenoble-alpes.fr" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://view.genial.ly/65c33be13817160014d848ee" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bibliotheques.univ-grenoble-alpes.fr/se-former/auto-formation/auto-formation-1044648.kjsp?RH=1549707901827" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mondiapason.ca/preparer/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bibliotheques.univ-grenoble-alpes.fr/se-former/les-ateliers-de-la-bu/zotero-459444.kjsp?RH=1549706967580" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bibliotheques.univ-grenoble-alpes.fr/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bibliotheques.univ-grenoble-alpes.fr/se-former/les-formations-en-sante/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bibliotheques.univ-grenoble-alpes.fr/services/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bibliotheques.univ-grenoble-alpes.fr/bibliotheques/bu-medecine-pharmacie/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bibliotheques.univ-grenoble-alpes.fr/catalogue/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beluga.univ-grenoble-alpes.fr/discovery/search?vid=33UGRENOBLE_INST:UGrenoble" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sudoc.abes.fr/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bibliotheques.univ-grenoble-alpes.fr/services/faire-venir-un-document-peb--176109.kjsp?RH=2413488552338845" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zotero.org/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bibliotheques.univ-grenoble-alpes.fr/se-former/les-ateliers-de-la-bu/zotero-459444.kjsp?RH=1549706967580" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Triangle 2">
+          <p:cNvPr id="2" name="Titre 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{619634E2-7F5B-3D45-AA41-56D17B511669}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BB82C249-ABF4-16B2-2779-EFC552830266}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr/>
-          <p:nvPr/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...29 lines deleted...]
-        </p:style>
+        <p:spPr/>
         <p:txBody>
-          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="fr-FR"/>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Formation à la recherche documentaire</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Triangle 3">
+          <p:cNvPr id="3" name="Sous-titre 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7884F812-E37F-1841-9EF0-E1B6609A8B34}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C9577D33-15F5-702D-37B4-05B6B39021D0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr/>
-          <p:nvPr/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...29 lines deleted...]
-        </p:style>
+        <p:spPr/>
         <p:txBody>
-          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="fr-FR"/>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Service formation </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0" err="1"/>
+              <a:t>bump</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t> 2025-2026</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...430 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1640986477"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2417690547"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:pic>
-[...1 lines deleted...]
-          <p:cNvPr id="15" name="Image 14">
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titre 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A16F4F22-2A3F-4CE8-9773-3EAB091A6126}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A6DB79B-998A-41E7-FA99-E50252D43325}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvPicPr>
-[...27 lines deleted...]
-          <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" idx="4294967295"/>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>La recherche documentaire</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé du contenu 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{14083556-E029-9197-2873-AFC3298A2D49}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="877705" y="666316"/>
-            <a:ext cx="5503430" cy="1053659"/>
+            <a:off x="2746142" y="1608149"/>
+            <a:ext cx="8831574" cy="4922505"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...1 lines deleted...]
-          </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit fontScale="90000"/>
+            <a:normAutofit fontScale="70000" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...3 lines deleted...]
-                </a:solidFill>
+            <a:pPr marL="0" lvl="1" indent="0" algn="just">
+              <a:buClr>
+                <a:srgbClr val="0066A1"/>
+              </a:buClr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3200" b="1" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>SUDOC : S</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3200" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>ystème </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3200" b="1" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>U</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3200" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>niversitaire de </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3200" b="1" dirty="0" err="1">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>DOC</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3200" dirty="0" err="1">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>umentation</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" sz="3200" dirty="0">
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="1" algn="just">
+              <a:buClr>
+                <a:srgbClr val="0066A1"/>
+              </a:buClr>
+            </a:pPr>
+            <a:endParaRPr lang="fr-FR" sz="1600" dirty="0">
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="1" algn="just">
+              <a:buClr>
+                <a:srgbClr val="0066A1"/>
+              </a:buClr>
+            </a:pPr>
+            <a:endParaRPr lang="fr-FR" sz="2000" dirty="0">
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="1" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="0066A1"/>
+              </a:buClr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2900" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Les documents </a:t>
-[...5 lines deleted...]
-                </a:solidFill>
+              <a:t>Utile pour </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2900" b="1" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>imprimés</a:t>
-[...5 lines deleted...]
-                </a:solidFill>
+              <a:t>élargir ses recherches.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="0066A1"/>
+              </a:buClr>
+            </a:pPr>
+            <a:endParaRPr lang="fr-FR" sz="2900" b="1" spc="300" dirty="0">
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" lvl="1" indent="-285750">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2900" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> à la BUMP</a:t>
-[...68 lines deleted...]
-            <a:pPr>
+              <a:t>Documents disponibles dans d’autres universités</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" lvl="1" indent="-285750">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="fr-FR" sz="2000" spc="300" dirty="0">
+              <a:rPr lang="fr-FR" sz="2900" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>-&gt; Se repérer dans les collections</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+              <a:t>Thèses soutenues dans les universités françaises (lien vers le PDF si disponible) + DUMAS</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" lvl="1" indent="-285750">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2900" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-            </a:br>
-[...1 lines deleted...]
-              <a:rPr lang="fr-FR" sz="1200" spc="300" dirty="0">
+              <a:t>Utile pour repérer un potentiel directeur de thèse</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" lvl="1" indent="-285750">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2900" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>  </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+              <a:t>En lien avec le service du </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2900" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId3"/>
               </a:rPr>
-            </a:br>
-[...106 lines deleted...]
-            <a:endParaRPr lang="fr-FR" sz="1050" dirty="0"/>
+              <a:t>PEB (Prêt de documents entre bibliothèques)</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" sz="2900" spc="300" dirty="0">
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...1 lines deleted...]
-          <p:cNvPr id="17" name="Rectangle 16">
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="4" name="Groupe 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{989F804F-A4F1-442C-860C-E40AED04DE09}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{906E704B-C33C-2EEF-BC31-5B64DAA457EE}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr/>
+          <p:cNvGrpSpPr/>
           <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="684252" y="1608149"/>
+            <a:ext cx="1737526" cy="4646570"/>
+            <a:chOff x="684252" y="1608149"/>
+            <a:chExt cx="1737526" cy="4646570"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="9" name="Rectangle 8">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BB370E34-BBD3-4F28-65B4-FEBAC0FA3EFE}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="1608149"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Introduction</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="10" name="Rectangle 9">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F1A79A0B-52E3-3F1D-2E3E-F7221BE0222E}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="2498448"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>1</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="11" name="Rectangle 10">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{12D3BEE7-281C-0338-DAD6-6C63A3A7EF3E}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="3377293"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="19050">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" b="1" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="accent2"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie 2</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="12" name="Rectangle 11">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CB6F0E93-281C-018F-EB89-7982DCA0363B}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="4488483"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1">
+                      <a:lumMod val="65000"/>
+                      <a:lumOff val="35000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie 3</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="13" name="Rectangle 12">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0D9CF63F-1ED8-E1B9-BC06-A8479412A4BA}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="686712" y="5375874"/>
+              <a:ext cx="1735066" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1">
+                      <a:lumMod val="65000"/>
+                      <a:lumOff val="35000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>BONUS</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Espace réservé du numéro de diapositive 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA7EA43B-D29F-008F-52E9-FD2DCFFCB17A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...29 lines deleted...]
-        </p:style>
+        <p:spPr/>
         <p:txBody>
-          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="fr-FR"/>
+            <a:pPr rtl="0"/>
+            <a:fld id="{299DD5A9-4EF1-497E-92EF-2D23CF305E03}" type="slidenum">
+              <a:rPr lang="fr-FR" noProof="0" smtClean="0"/>
+              <a:t>10</a:t>
+            </a:fld>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0" dirty="0"/>
+              <a:t>/27</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="20354953"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="149424032"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="2" name="Titre 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A6DB79B-998A-41E7-FA99-E50252D43325}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" idx="4294967295"/>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>La recherche documentaire</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé du contenu 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{14083556-E029-9197-2873-AFC3298A2D49}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="877705" y="666316"/>
-            <a:ext cx="5503430" cy="1053659"/>
+            <a:off x="2783941" y="1608149"/>
+            <a:ext cx="8519311" cy="4455696"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...1 lines deleted...]
-          </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit fontScale="90000"/>
+            <a:normAutofit fontScale="85000" lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...3 lines deleted...]
-                </a:solidFill>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>BELUGA</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t> : </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>B</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>ibliothèque </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>E</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>n </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>L</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>igne de l’</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>UGA</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" sz="2800" b="1" spc="300" dirty="0">
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="fr-FR" sz="2800" b="1" spc="300" dirty="0">
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Les documents </a:t>
-[...5 lines deleted...]
-                </a:solidFill>
+              <a:t>Outil de découverte du réseau des bibliothèques de l’Université Grenoble Alpes : signale l’ensemble de la documentation accessible aux étudiants UGA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+            </a:pPr>
+            <a:endParaRPr lang="fr-FR" sz="2200" spc="300" dirty="0">
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="v"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" b="1" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>imprimés</a:t>
-[...5 lines deleted...]
-                </a:solidFill>
+              <a:t> S’identifier </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2200" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> à la BUMP</a:t>
+              <a:t>impérativement pour bénéficier des abonnements souscrits</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:cxnSp>
-[...38 lines deleted...]
-          <p:cNvPr id="14" name="Rectangle 13">
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="4" name="Groupe 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BFA6A458-AF66-46BE-9B2A-F7A921217877}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5E5710DF-1FD7-AF42-B4FF-B1C53B5DDA00}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr/>
+          <p:cNvGrpSpPr/>
           <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="684252" y="1608149"/>
+            <a:ext cx="1737526" cy="4646570"/>
+            <a:chOff x="684252" y="1608149"/>
+            <a:chExt cx="1737526" cy="4646570"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="5" name="Rectangle 4">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{82B6829E-5C2E-4D65-4466-A52CAD1308C8}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="1608149"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Introduction</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="6" name="Rectangle 5">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{33139322-A433-FE7A-B8A4-BA297762E8FC}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="2498448"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>1</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="9" name="Rectangle 8">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{23089552-89E6-05EF-E9B3-583D286EE7ED}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="3377293"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="19050">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" b="1" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="accent2"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie 2</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="10" name="Rectangle 9">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A31C6D93-4D8B-899D-78D9-975569731B83}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="4488483"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1">
+                      <a:lumMod val="65000"/>
+                      <a:lumOff val="35000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie 3</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="11" name="Rectangle 10">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{871FBFCE-2749-3A1C-37A5-681A758E8760}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="686712" y="5375874"/>
+              <a:ext cx="1735066" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1">
+                      <a:lumMod val="65000"/>
+                      <a:lumOff val="35000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>BONUS</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Espace réservé du numéro de diapositive 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{72061D8E-B745-2DD2-3391-5D114ADDB50F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...7 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
-          <a:bodyPr wrap="square">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
-[...422 lines deleted...]
-              <a:t>Côté Jardin cote PB 151</a:t>
+            <a:pPr rtl="0"/>
+            <a:fld id="{299DD5A9-4EF1-497E-92EF-2D23CF305E03}" type="slidenum">
+              <a:rPr lang="fr-FR" noProof="0" smtClean="0"/>
+              <a:t>11</a:t>
+            </a:fld>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0" dirty="0"/>
+              <a:t>/27</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1604042067"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3878607984"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="2" name="Titre 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A6DB79B-998A-41E7-FA99-E50252D43325}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" idx="4294967295"/>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>La recherche documentaire</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé du contenu 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{14083556-E029-9197-2873-AFC3298A2D49}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="850608" y="631065"/>
-            <a:ext cx="9939274" cy="1640187"/>
+            <a:off x="2910689" y="1608149"/>
+            <a:ext cx="8519311" cy="3977839"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...1 lines deleted...]
-          </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit/>
+            <a:normAutofit fontScale="92500" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...3 lines deleted...]
-                </a:solidFill>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>A savoir sur les ressources et</a:t>
-[...5 lines deleted...]
-                </a:solidFill>
+              <a:t>Les documents </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" b="1" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-            </a:br>
-[...4 lines deleted...]
-                </a:solidFill>
+              <a:t>imprimés </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>collections numériques</a:t>
-[...63 lines deleted...]
-            <a:pPr marL="342900" indent="-342900">
+              <a:t>à la BUMP</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
               <a:buClr>
                 <a:srgbClr val="E74610"/>
               </a:buClr>
-              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:buChar char="•"/>
+              <a:buNone/>
             </a:pPr>
-            <a:r>
-              <a:rPr lang="fr-FR" sz="2400" b="1" spc="300" dirty="0">
+            <a:endParaRPr lang="fr-FR" sz="2800" b="1" spc="300" dirty="0">
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Accès toujours depuis BELUGA</a:t>
-[...3 lines deleted...]
-            <a:pPr marL="342900" indent="-342900">
+              <a:t>Se repérer dans les collections</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+            </a:pPr>
+            <a:endParaRPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Deux types de classification à la BUMP : </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
               <a:buClr>
                 <a:srgbClr val="E74610"/>
               </a:buClr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
-              <a:buChar char="§"/>
+              <a:buChar char="v"/>
             </a:pPr>
-            <a:endParaRPr lang="fr-FR" sz="2400" b="1" dirty="0">
-[...42 lines deleted...]
-            <a:pPr lvl="1">
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> Dewey </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
               <a:buClr>
                 <a:srgbClr val="E74610"/>
               </a:buClr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
-              <a:buChar char="Ø"/>
+              <a:buChar char="v"/>
             </a:pPr>
-            <a:endParaRPr lang="fr-FR" sz="2000" dirty="0">
-[...3 lines deleted...]
-            </a:endParaRPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> NLM </a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...1 lines deleted...]
-          <p:cNvPr id="7" name="Image 6">
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="4" name="Groupe 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{41D5AC30-5E1D-4131-A2C5-85A869D979B5}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{480D8A4B-2A4E-168A-BFDE-F4BD081539B0}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvPicPr>
-[...1 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvGrpSpPr/>
           <p:nvPr/>
-        </p:nvPicPr>
-[...5 lines deleted...]
-        <p:spPr>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
           <a:xfrm>
-            <a:off x="2025445" y="2865876"/>
-            <a:ext cx="6613192" cy="3859670"/>
+            <a:off x="684252" y="1608149"/>
+            <a:ext cx="1737526" cy="4646570"/>
+            <a:chOff x="684252" y="1608149"/>
+            <a:chExt cx="1737526" cy="4646570"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...3 lines deleted...]
-      </p:pic>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="5" name="Rectangle 4">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{36899E5F-D421-F241-3837-37C6C99491C6}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="1608149"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Introduction</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="6" name="Rectangle 5">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B35538D4-2633-3CCC-0DE8-FD4A169F1014}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="2498448"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>1</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="9" name="Rectangle 8">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C4A0A2A9-AAF3-3E5D-2214-A8CC80C99041}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="3377293"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="19050">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" b="1" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="accent2"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie 2</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="10" name="Rectangle 9">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B29DCED8-A615-5F4D-06B8-9ED693773949}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="4488483"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1">
+                      <a:lumMod val="65000"/>
+                      <a:lumOff val="35000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie 3</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="11" name="Rectangle 10">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{810025E1-50CB-4A35-4DF2-2F4ADC09619C}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="686712" y="5375874"/>
+              <a:ext cx="1735066" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1">
+                      <a:lumMod val="65000"/>
+                      <a:lumOff val="35000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>BONUS</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="ZoneTexte 2">
+          <p:cNvPr id="12" name="Espace réservé du numéro de diapositive 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7EA83BDE-5166-420A-BCF8-252B379A25D8}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7CDC84EC-023A-A8AF-E2FA-EEBD10D971A8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr txBox="1"/>
-          <p:nvPr/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...8 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
-          <a:bodyPr wrap="square" rtlCol="0">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
-[...103 lines deleted...]
-            <a:endParaRPr lang="fr-FR"/>
+            <a:pPr rtl="0"/>
+            <a:fld id="{299DD5A9-4EF1-497E-92EF-2D23CF305E03}" type="slidenum">
+              <a:rPr lang="fr-FR" noProof="0" smtClean="0"/>
+              <a:t>12</a:t>
+            </a:fld>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0" dirty="0"/>
+              <a:t>/27</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="409574509"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3900440732"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="2" name="Titre 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A6DB79B-998A-41E7-FA99-E50252D43325}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" idx="4294967295"/>
+            <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...7 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
-          <a:bodyPr>
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="4000" b="1" dirty="0">
-[...28 lines deleted...]
-              <a:t>collections numériques</a:t>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>La recherche documentaire</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:cxnSp>
-[...4 lines deleted...]
-          </p:cNvCxnSpPr>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="4" name="Groupe 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{18FA2C96-95D4-C337-FE42-5E38F71D098D}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
           <p:nvPr/>
-        </p:nvCxnSpPr>
-        <p:spPr>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
           <a:xfrm>
-            <a:off x="939801" y="2161809"/>
-            <a:ext cx="478972" cy="0"/>
+            <a:off x="2997749" y="1268205"/>
+            <a:ext cx="3921501" cy="5398904"/>
+            <a:chOff x="6852498" y="37702"/>
+            <a:chExt cx="4926548" cy="6782596"/>
           </a:xfrm>
-          <a:prstGeom prst="line">
-[...22 lines deleted...]
-      </p:cxnSp>
+        </p:grpSpPr>
+        <p:pic>
+          <p:nvPicPr>
+            <p:cNvPr id="5" name="Image 4">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6C7C91AD-B4DD-7BA0-CD30-122C72C454C2}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvPicPr>
+              <a:picLocks noChangeAspect="1"/>
+            </p:cNvPicPr>
+            <p:nvPr/>
+          </p:nvPicPr>
+          <p:blipFill rotWithShape="1">
+            <a:blip r:embed="rId2">
+              <a:extLst>
+                <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                </a:ext>
+              </a:extLst>
+            </a:blip>
+            <a:srcRect l="6199" t="7742" r="6603" b="7384"/>
+            <a:stretch/>
+          </p:blipFill>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="6852498" y="37702"/>
+              <a:ext cx="4926548" cy="6782596"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+          </p:spPr>
+        </p:pic>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="6" name="Rectangle 5">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C4826463-C52A-6ABE-4F5D-406186DC0F2B}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="10953135" y="1199535"/>
+              <a:ext cx="825911" cy="1484671"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="38100">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:endParaRPr lang="fr-FR"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="9" name="Rectangle 8">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CF287BFD-B4DB-50BB-C847-28A188EF9BEE}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="7665126" y="1928192"/>
+              <a:ext cx="318667" cy="1212574"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="38100">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:endParaRPr lang="fr-FR"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="TextBox 3"/>
+          <p:cNvPr id="13" name="ZoneTexte 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E5CD29C7-DED1-EBC8-67B9-AB23489C4B8D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="226142" y="2271252"/>
-            <a:ext cx="11809245" cy="5693866"/>
+            <a:off x="7138657" y="3505992"/>
+            <a:ext cx="4570004" cy="923330"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" rtlCol="0" anchor="t">
+          <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="342900" indent="-342900">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:pPr marL="0" indent="0">
               <a:buClr>
                 <a:srgbClr val="E74610"/>
               </a:buClr>
-              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
-              <a:buChar char="§"/>
+              <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="fr-FR" sz="2400" b="1" spc="300" dirty="0">
+              <a:rPr lang="fr-FR" sz="1800" b="1" spc="300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Encyclopédies et répertoires spécialisés : rappels</a:t>
-[...6 lines deleted...]
-              </a:lnSpc>
+              <a:t>WB</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1800" spc="300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> : Thérapeutique</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="fr-FR" sz="1800" spc="300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1800" b="1" spc="300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>QV</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1800" spc="300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> : Pharmacologie</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
               <a:buClr>
                 <a:srgbClr val="E74610"/>
               </a:buClr>
+              <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="fr-FR" sz="2400" b="1" spc="300" dirty="0">
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" spc="300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>QV 735 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" spc="300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>: Conseil à l’officine</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" sz="1800" spc="300" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:schemeClr>
+              </a:solidFill>
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
-          <a:p>
-[...196 lines deleted...]
-            </a:endParaRPr>
+        </p:txBody>
+      </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="3" name="Groupe 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A7A17DC-E4B1-8619-C008-40D06F06F732}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="684252" y="1608149"/>
+            <a:ext cx="1737526" cy="4646570"/>
+            <a:chOff x="684252" y="1608149"/>
+            <a:chExt cx="1737526" cy="4646570"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="10" name="Rectangle 9">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DFCD0B98-D733-A0FD-8A23-AC0130EA9327}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="1608149"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Introduction</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="11" name="Rectangle 10">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DDE3F21C-4EEF-C68E-2F2F-7335F353B9CE}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="2498448"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>1</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="12" name="Rectangle 11">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F3A2D62D-9AF6-2751-6E1C-68C58C275E8F}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="3377293"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="19050">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" b="1" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="accent2"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie 2</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="18" name="Rectangle 17">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{147D3C08-7C5D-E9E2-6FDD-C6A25855F36E}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="4488483"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1">
+                      <a:lumMod val="65000"/>
+                      <a:lumOff val="35000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie 3</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="19" name="Rectangle 18">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{78FDEA64-7EFC-9156-25BD-22D96C1A4A00}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="686712" y="5375874"/>
+              <a:ext cx="1735066" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1">
+                      <a:lumMod val="65000"/>
+                      <a:lumOff val="35000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>BONUS</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="20" name="Espace réservé du numéro de diapositive 19">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A711EC01-28C5-6316-7C3F-B86E6F44AD6F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:fld id="{299DD5A9-4EF1-497E-92EF-2D23CF305E03}" type="slidenum">
+              <a:rPr lang="fr-FR" noProof="0" smtClean="0"/>
+              <a:t>13</a:t>
+            </a:fld>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0" dirty="0"/>
+              <a:t>/27</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1826311710"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3140115959"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:cxnSp>
-[...35 lines deleted...]
-      </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="9" name="Rectangle 8">
+          <p:cNvPr id="2" name="Titre 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A8B0AE4A-562C-46D5-A042-8D1E1B88CA25}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A6DB79B-998A-41E7-FA99-E50252D43325}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>La recherche documentaire</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Rectangle 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D57CFD74-A4F9-F357-9D8A-2B2013D3A461}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6549089" y="1020810"/>
-            <a:ext cx="4157472" cy="646331"/>
+            <a:off x="2536626" y="1608149"/>
+            <a:ext cx="9460800" cy="4826321"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...1 lines deleted...]
-                <a:latin typeface="Domine" panose="020B0604020202020204" charset="0"/>
+            <a:pPr marL="285750" indent="-285750">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:schemeClr val="accent2"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2600" b="1" spc="300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Installer </a:t>
-[...3 lines deleted...]
-                <a:latin typeface="Domine" panose="020B0604020202020204" charset="0"/>
+              <a:t>Revues papier </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2600" spc="300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Click&amp;Read</a:t>
-[...3 lines deleted...]
-                <a:latin typeface="Domine" panose="020B0604020202020204" charset="0"/>
+              <a:t>avec abonnements en cours</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="fr-FR" sz="2600" spc="300" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:schemeClr val="accent2"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="v"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" b="1" spc="300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> pour bénéficier des accès aux abonnements de la BU</a:t>
-[...2 lines deleted...]
-              <a:effectLst/>
+              <a:t>Le Moniteur des pharmacies	 </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:schemeClr val="accent2"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="v"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" b="1" spc="300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Quotidien du pharmacien</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" sz="1050" b="1" spc="300" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:schemeClr val="accent2"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="v"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" b="1" spc="300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>La lettre du pharmacologue</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:schemeClr val="accent2"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="v"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" b="1" spc="300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Pharma</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" sz="1400" b="1" spc="300" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="00B0F0"/>
+              </a:solidFill>
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:schemeClr val="accent2"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="v"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" b="1" spc="300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Pharmaceutiques</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:schemeClr val="accent2"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="v"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" b="1" spc="300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Le Pharmacien de France</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="fr-FR" sz="1050" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1050" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>	</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" sz="2600" spc="300" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...2 lines deleted...]
-            <a:hlinkClick r:id="rId5"/>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="4" name="Groupe 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DCE08BFD-DD9E-46A0-9DAE-E108E9EDCEE7}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9C96EED1-6CF0-13EE-9948-AC40CDA3D544}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvPicPr>
-[...1 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvGrpSpPr/>
           <p:nvPr/>
-        </p:nvPicPr>
-[...13 lines deleted...]
-        <p:spPr bwMode="auto">
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
           <a:xfrm>
-            <a:off x="9644248" y="4452411"/>
-            <a:ext cx="2124625" cy="1582629"/>
+            <a:off x="684252" y="1608149"/>
+            <a:ext cx="1737526" cy="4646570"/>
+            <a:chOff x="684252" y="1608149"/>
+            <a:chExt cx="1737526" cy="4646570"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...13 lines deleted...]
-      </p:pic>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="5" name="Rectangle 4">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B0D6656C-EA10-86D6-4C0D-3CFA9D3C3190}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="1608149"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Introduction</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="6" name="Rectangle 5">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0B7145E2-8D8E-4175-9C6E-ACAE927E7A4D}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="2498448"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>1</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="9" name="Rectangle 8">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5C8F0CB4-E586-8D73-F3E4-61208D282525}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="3377293"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="19050">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" b="1" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="accent2"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie 2</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="10" name="Rectangle 9">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A35CAF0A-EC8F-27DF-BA04-C3B5A30DD9C7}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="4488483"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1">
+                      <a:lumMod val="65000"/>
+                      <a:lumOff val="35000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie 3</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="11" name="Rectangle 10">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{11A44E5C-DD13-EF85-BCC2-A0C736CC6536}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="686712" y="5375874"/>
+              <a:ext cx="1735066" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1">
+                      <a:lumMod val="65000"/>
+                      <a:lumOff val="35000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>BONUS</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="11" name="Rectangle 10">
+          <p:cNvPr id="12" name="Espace réservé du numéro de diapositive 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EBF75407-5308-488A-9F21-09B06BA536AC}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A6D149DF-236E-ABBA-8814-2C2747337318}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr/>
-          <p:nvPr/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...7 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
-          <a:bodyPr wrap="none">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...100 lines deleted...]
-              <a:t>Click &amp; Read</a:t>
+            <a:pPr rtl="0"/>
+            <a:fld id="{299DD5A9-4EF1-497E-92EF-2D23CF305E03}" type="slidenum">
+              <a:rPr lang="fr-FR" noProof="0" smtClean="0"/>
+              <a:t>14</a:t>
+            </a:fld>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0" dirty="0"/>
+              <a:t>/27</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2253152200"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="180599400"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...133 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...8 lines deleted...]
-        </p:nvSpPr>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="7" name="Groupe 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5D68B747-5E19-7193-FA81-21C3B4A7298D}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="684252" y="1608149"/>
+            <a:ext cx="1746071" cy="4646570"/>
+            <a:chOff x="684252" y="1608149"/>
+            <a:chExt cx="1746071" cy="4646570"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="8" name="Rectangle 7">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0389BF5F-524B-7087-ED50-3E7078430553}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="1608149"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Introduction</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="14" name="Rectangle 13">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A7648913-1F25-2EF2-3606-36F7A9CC818C}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="2498448"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>1</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="15" name="Rectangle 14">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E5366896-87A0-22C7-0275-D308F59501ED}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="3377293"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie 2</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="16" name="Rectangle 15">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0C6534F3-9B8D-417C-8E2C-1203F9472FF3}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="4264684"/>
+              <a:ext cx="1746071" cy="870299"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="19050">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" b="1" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="accent2"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie 3</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="17" name="Rectangle 16">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{80BF5709-415A-F2DD-3C19-91C4CAB1034C}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="686712" y="5375874"/>
+              <a:ext cx="1735066" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1">
+                      <a:lumMod val="65000"/>
+                      <a:lumOff val="35000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>BONUS</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Image 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3717A076-3CAB-37C7-2EC1-DE48CB0004D2}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId2"/>
+          <a:srcRect b="2455"/>
+          <a:stretch/>
+        </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="850608" y="620956"/>
-            <a:ext cx="9424768" cy="1194920"/>
+            <a:off x="2675297" y="1598646"/>
+            <a:ext cx="8922191" cy="5207275"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
-        <p:txBody>
-[...33 lines deleted...]
-          </p:cNvCxnSpPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Rectangle 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DFE65623-1B9F-2878-D2A8-A33936E6ADB2}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
           <p:nvPr/>
-        </p:nvCxnSpPr>
+        </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="998290" y="1876583"/>
-            <a:ext cx="403705" cy="0"/>
+            <a:off x="7369521" y="1657458"/>
+            <a:ext cx="516047" cy="434117"/>
           </a:xfrm>
-          <a:prstGeom prst="line">
+          <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:ln w="28575">
+          <a:noFill/>
+          <a:ln w="38100">
             <a:solidFill>
-              <a:srgbClr val="E74610"/>
+              <a:srgbClr val="FF0000"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
-          <a:lnRef idx="1">
-            <a:schemeClr val="accent1"/>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
           </a:lnRef>
-          <a:fillRef idx="0">
+          <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
-            <a:schemeClr val="tx1"/>
+            <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
-      </p:cxnSp>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="fr-FR"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="TextBox 3"/>
-[...1 lines deleted...]
-          <p:nvPr/>
+          <p:cNvPr id="11" name="Titre 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C35F1ECF-BF1D-CADF-7C8C-69DF27455733}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="850608" y="2138759"/>
-            <a:ext cx="10147950" cy="4190891"/>
+            <a:off x="1251678" y="382385"/>
+            <a:ext cx="10178322" cy="1492132"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...2 lines deleted...]
-          <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" rtlCol="0" anchor="t">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="109537">
-[...271 lines deleted...]
-          <a:p>
             <a:r>
               <a:rPr lang="fr-FR" dirty="0"/>
-              <a:t> </a:t>
-[...5 lines deleted...]
-            </a:endParaRPr>
+              <a:t>Les bases de données</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...2 lines deleted...]
-            <a:hlinkClick r:id="rId3"/>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Espace réservé du numéro de diapositive 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3FB79FCB-BDB8-4200-A472-DEA34E526EE8}"/>
+              </a:ext>
+            </a:extLst>
           </p:cNvPr>
-          <p:cNvPicPr>
-[...19 lines deleted...]
-      </p:pic>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:fld id="{299DD5A9-4EF1-497E-92EF-2D23CF305E03}" type="slidenum">
+              <a:rPr lang="fr-FR" noProof="0" smtClean="0"/>
+              <a:t>15</a:t>
+            </a:fld>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0" dirty="0"/>
+              <a:t>/27</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1187768323"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="293450607"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="2" name="Titre 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A6DB79B-998A-41E7-FA99-E50252D43325}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" idx="4294967295"/>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Les bases de données</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé du contenu 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{14083556-E029-9197-2873-AFC3298A2D49}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="850608" y="620956"/>
-            <a:ext cx="9424768" cy="1194920"/>
+            <a:off x="2783941" y="1608149"/>
+            <a:ext cx="8519311" cy="4455696"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...1 lines deleted...]
-          </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit/>
+            <a:normAutofit fontScale="85000" lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...3 lines deleted...]
-                </a:solidFill>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3300" b="1" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
-                <a:hlinkClick r:id="rId3"/>
+                <a:hlinkClick r:id="rId2"/>
               </a:rPr>
-              <a:t>Techniques de l’ingénieur</a:t>
-[...4 lines deleted...]
-              </a:solidFill>
+              <a:t>ClinicalKey </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3300" b="1" spc="300" dirty="0" err="1">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>Student</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" sz="3300" b="1" spc="300" dirty="0">
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
-        </p:txBody>
-[...60 lines deleted...]
-            <a:pPr marL="109537">
+          <a:p>
+            <a:pPr marL="0" indent="0">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
-              <a:spcBef>
-[...1 lines deleted...]
-              </a:spcBef>
               <a:buClr>
-                <a:srgbClr val="0066A1"/>
+                <a:srgbClr val="E74610"/>
               </a:buClr>
-              <a:buSzPct val="80000"/>
+              <a:buNone/>
             </a:pPr>
-            <a:r>
-              <a:rPr lang="fr-FR" sz="2000" b="1" u="sng" spc="300" dirty="0">
+            <a:endParaRPr lang="fr-FR" sz="2800" b="1" spc="300" dirty="0">
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Accès</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="fr-FR" sz="2000" spc="300" dirty="0">
+              <a:t>Nécessité de se </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" b="1" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> : </a:t>
-[...15 lines deleted...]
-              <a:t> nécessité de passer par Beluga</a:t>
+              <a:t>créer un compte</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="fr-FR" sz="1600" spc="300" dirty="0">
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
-            <a:endParaRPr lang="fr-FR" sz="1600" spc="300" dirty="0">
+            <a:endParaRPr lang="fr-FR" sz="2400" spc="300" dirty="0">
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="109537">
+            <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
-              <a:spcBef>
-[...1 lines deleted...]
-              </a:spcBef>
               <a:buClr>
-                <a:srgbClr val="0066A1"/>
+                <a:srgbClr val="E74610"/>
               </a:buClr>
-              <a:buSzPct val="80000"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="fr-FR" spc="300" dirty="0">
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Permet de consulter des articles sur les domaines Biomédical et Pharma : </a:t>
-[...3 lines deleted...]
-            <a:pPr marL="395287" indent="-285750">
+              <a:t>Traités </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>EMC</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> (Encyclopédie Médico-Chirurgicale)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
-              <a:spcBef>
-[...1 lines deleted...]
-              </a:spcBef>
               <a:buClr>
-                <a:srgbClr val="0066A1"/>
+                <a:srgbClr val="E74610"/>
               </a:buClr>
-              <a:buSzPct val="80000"/>
-[...1 lines deleted...]
-              <a:buChar char="-"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="fr-FR" spc="300" dirty="0">
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Technologie pour la santé : 129 articles, organisés en 5 rubriques.</a:t>
-[...3 lines deleted...]
-            <a:pPr marL="109537">
+              <a:t>autres e-books en français</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
-              <a:spcBef>
-[...1 lines deleted...]
-              </a:spcBef>
               <a:buClr>
-                <a:srgbClr val="0066A1"/>
+                <a:srgbClr val="E74610"/>
               </a:buClr>
-              <a:buSzPct val="80000"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="fr-FR" spc="300" dirty="0">
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>- </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="fr-FR" spc="300" dirty="0">
+              <a:t>Traités de médecine </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0" err="1">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
-                <a:hlinkClick r:id="rId4" tooltip="Médicaments et produits pharmaceutiques">
-[...5 lines deleted...]
-                </a:hlinkClick>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Médicaments et produits pharmaceutiques</a:t>
-[...58 lines deleted...]
-            <a:endParaRPr lang="fr-FR" sz="1600" dirty="0">
+              <a:t>Arkos</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" sz="2400" spc="300" dirty="0">
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="109537">
-[...2 lines deleted...]
-              </a:spcBef>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
               <a:buClr>
-                <a:srgbClr val="0066A1"/>
+                <a:srgbClr val="E74610"/>
               </a:buClr>
-              <a:buSzPct val="80000"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="fr-FR" sz="1600" dirty="0">
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...27 lines deleted...]
-            </a:endParaRPr>
+              <a:t>Images et vidéos</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="7" name="Groupe 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5D68B747-5E19-7193-FA81-21C3B4A7298D}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="684252" y="1608149"/>
+            <a:ext cx="1746071" cy="4646570"/>
+            <a:chOff x="684252" y="1608149"/>
+            <a:chExt cx="1746071" cy="4646570"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="8" name="Rectangle 7">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0389BF5F-524B-7087-ED50-3E7078430553}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="1608149"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Introduction</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="14" name="Rectangle 13">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A7648913-1F25-2EF2-3606-36F7A9CC818C}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="2498448"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>1</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="15" name="Rectangle 14">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E5366896-87A0-22C7-0275-D308F59501ED}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="3377293"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie 2</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="16" name="Rectangle 15">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0C6534F3-9B8D-417C-8E2C-1203F9472FF3}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="4264684"/>
+              <a:ext cx="1746071" cy="870299"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="19050">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" b="1" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="accent2"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie 3</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="17" name="Rectangle 16">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{80BF5709-415A-F2DD-3C19-91C4CAB1034C}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="686712" y="5375874"/>
+              <a:ext cx="1735066" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1">
+                      <a:lumMod val="65000"/>
+                      <a:lumOff val="35000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>BONUS</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="6" name="Image 5">
+          <p:cNvPr id="4" name="Image 3">
+            <a:hlinkClick r:id="rId3"/>
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9370D57C-C19A-4370-B0CD-F690D8FF83AA}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4E8D39B3-3095-FE5D-803E-0942A83A650A}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId5"/>
+          <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8757195" y="879051"/>
-            <a:ext cx="2070186" cy="1873649"/>
+            <a:off x="7523066" y="5623133"/>
+            <a:ext cx="3982222" cy="752546"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:pic>
-[...1 lines deleted...]
-          <p:cNvPr id="7" name="Image 6">
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Espace réservé du numéro de diapositive 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B630D136-A03C-4F0F-A653-D105BA03C5D7}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3AAFCBE3-6964-943E-8CB9-9CA1ABCD6993}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvPicPr>
-[...19 lines deleted...]
-      </p:pic>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:fld id="{299DD5A9-4EF1-497E-92EF-2D23CF305E03}" type="slidenum">
+              <a:rPr lang="fr-FR" noProof="0" smtClean="0"/>
+              <a:t>16</a:t>
+            </a:fld>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0" dirty="0"/>
+              <a:t>/27</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2903467632"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3966762684"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="2" name="Titre 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A6DB79B-998A-41E7-FA99-E50252D43325}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" idx="4294967295"/>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Les bases de données</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé du contenu 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{14083556-E029-9197-2873-AFC3298A2D49}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="850608" y="772732"/>
-            <a:ext cx="9568010" cy="1493951"/>
+            <a:off x="2783941" y="1608150"/>
+            <a:ext cx="8519311" cy="4403352"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...1 lines deleted...]
-          </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit/>
+            <a:normAutofit fontScale="77500" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...3 lines deleted...]
-                </a:solidFill>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3300" b="1" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
-                <a:hlinkClick r:id="rId3"/>
+                <a:hlinkClick r:id="rId2"/>
               </a:rPr>
-              <a:t>Pharmacopée européenne</a:t>
-[...4 lines deleted...]
-              </a:solidFill>
+              <a:t>Techniques de l’ingénieur</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" sz="3300" b="1" spc="300" dirty="0">
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
-        </p:txBody>
-[...63 lines deleted...]
-              </a:spcBef>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+              <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="fr-FR" dirty="0">
+            <a:endParaRPr lang="fr-FR" sz="2800" b="1" spc="300" dirty="0">
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="285750" indent="-285750">
+            <a:pPr>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Permet de consulter des articles sur les domaines Biomédical et Pharma : </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
-              <a:spcBef>
-[...1 lines deleted...]
-              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>- Technologie pour la santé.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>- </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Médicaments et produits pharmaceutiques</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>	</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
               <a:buClr>
                 <a:srgbClr val="E74610"/>
               </a:buClr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="v"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="fr-FR" spc="300" dirty="0">
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> Version en cours : 11.6 (puis 11.7 en avril 2025)</a:t>
-[...3 lines deleted...]
-            <a:pPr lvl="1" indent="-342900">
+              <a:t> Également disponible : des quiz d’entraînement </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
-              <a:spcBef>
-[...1 lines deleted...]
-              </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="E74610"/>
               </a:buClr>
-              <a:buSzPct val="80000"/>
-[...1 lines deleted...]
-              <a:buChar char="Ø"/>
+              <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="fr-FR" b="1" spc="300" dirty="0">
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Demander les accès </a:t>
-[...147 lines deleted...]
-            </a:endParaRPr>
+              <a:t>en lien avec différents domaines.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="7" name="Groupe 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5D68B747-5E19-7193-FA81-21C3B4A7298D}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="684252" y="1608149"/>
+            <a:ext cx="1746071" cy="4646570"/>
+            <a:chOff x="684252" y="1608149"/>
+            <a:chExt cx="1746071" cy="4646570"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="8" name="Rectangle 7">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0389BF5F-524B-7087-ED50-3E7078430553}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="1608149"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Introduction</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="14" name="Rectangle 13">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A7648913-1F25-2EF2-3606-36F7A9CC818C}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="2498448"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>1</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="15" name="Rectangle 14">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E5366896-87A0-22C7-0275-D308F59501ED}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="3377293"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie 2</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="16" name="Rectangle 15">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0C6534F3-9B8D-417C-8E2C-1203F9472FF3}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="4264684"/>
+              <a:ext cx="1746071" cy="870299"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="19050">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" b="1" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="accent2"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie 3</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="17" name="Rectangle 16">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{80BF5709-415A-F2DD-3C19-91C4CAB1034C}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="686712" y="5375874"/>
+              <a:ext cx="1735066" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1">
+                      <a:lumMod val="65000"/>
+                      <a:lumOff val="35000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>BONUS</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Image 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{96414557-E4F5-29B8-6BB4-C9B753D0BA56}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9376070" y="5492097"/>
+            <a:ext cx="2053930" cy="878845"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Espace réservé du numéro de diapositive 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{05FEFF6B-2BFD-0AB1-0F86-9AD205D523B8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:fld id="{299DD5A9-4EF1-497E-92EF-2D23CF305E03}" type="slidenum">
+              <a:rPr lang="fr-FR" noProof="0" smtClean="0"/>
+              <a:t>17</a:t>
+            </a:fld>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0" dirty="0"/>
+              <a:t>/27</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4172501491"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2550829787"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="2" name="Titre 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A6DB79B-998A-41E7-FA99-E50252D43325}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" idx="4294967295"/>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Les bases de données</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé du contenu 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{14083556-E029-9197-2873-AFC3298A2D49}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="850608" y="772732"/>
-            <a:ext cx="9548755" cy="1192431"/>
+            <a:off x="2815627" y="1499508"/>
+            <a:ext cx="8799969" cy="5138517"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...1 lines deleted...]
-          </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit/>
+            <a:normAutofit lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...81 lines deleted...]
-            <a:pPr marL="342900" indent="-342900">
+            <a:pPr marL="0" indent="0">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buClr>
                 <a:srgbClr val="E74610"/>
               </a:buClr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>Pharmacopée européenne</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" sz="2400" b="1" spc="300" dirty="0">
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="50000"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
-              <a:buChar char="q"/>
+              <a:buChar char="v"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="fr-FR" sz="2800" spc="300" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="fr-FR" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...26 lines deleted...]
-            <a:pPr marL="342900" indent="-342900">
+              <a:t> Version en cours : 1.1.0 (depuis fin 2025)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="50000"/>
+              </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="E74610"/>
               </a:buClr>
-              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
-              <a:buChar char="q"/>
+              <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="fr-FR" sz="2800" spc="300" dirty="0">
+            <a:endParaRPr lang="fr-FR" spc="300" dirty="0">
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="1" indent="-342900">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="400"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="E74610"/>
               </a:buClr>
               <a:buSzPct val="80000"/>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0" err="1">
-[...14 lines deleted...]
-              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+              <a:rPr lang="fr-FR" b="1" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> (Littérature Scientifique en Santé) </a:t>
+              <a:t>Demander les accès </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>bapso-rensbump@univ-grenoble-alpes.fr</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1" indent="-342900">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="400"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="E74610"/>
               </a:buClr>
               <a:buSzPct val="80000"/>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
-            <a:endParaRPr lang="fr-FR" sz="2400" spc="300" dirty="0">
-[...3 lines deleted...]
-            </a:endParaRPr>
+            <a:r>
+              <a:rPr lang="fr-FR" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Recueil de textes réglementaire applicables dans 38 pays européens</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1" indent="-342900">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="400"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="E74610"/>
               </a:buClr>
               <a:buSzPct val="80000"/>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0" err="1">
-[...29 lines deleted...]
-              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+              <a:rPr lang="fr-FR" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>(</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0" err="1">
+              <a:t>Définit la </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Health</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+              <a:t>norme</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...35 lines deleted...]
-            <a:pPr marL="114300" lvl="1">
+              <a:t> de qualité des médicaments à usage humain et des différentes substances</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" indent="-342900">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="400"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="E74610"/>
               </a:buClr>
               <a:buSzPct val="80000"/>
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
             </a:pPr>
-            <a:endParaRPr lang="fr-FR" sz="2400" dirty="0">
-[...3 lines deleted...]
-            </a:endParaRPr>
+            <a:r>
+              <a:rPr lang="fr-FR" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Définit les </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>méthodes d'analyses </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>à utiliser pour assurer le contrôle des préparations</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="7" name="Groupe 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5D68B747-5E19-7193-FA81-21C3B4A7298D}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="684252" y="1608149"/>
+            <a:ext cx="1746071" cy="4646570"/>
+            <a:chOff x="684252" y="1608149"/>
+            <a:chExt cx="1746071" cy="4646570"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="8" name="Rectangle 7">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0389BF5F-524B-7087-ED50-3E7078430553}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="1608149"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Introduction</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="14" name="Rectangle 13">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A7648913-1F25-2EF2-3606-36F7A9CC818C}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="2498448"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>1</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="15" name="Rectangle 14">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E5366896-87A0-22C7-0275-D308F59501ED}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="3377293"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie 2</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="16" name="Rectangle 15">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0C6534F3-9B8D-417C-8E2C-1203F9472FF3}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="4264684"/>
+              <a:ext cx="1746071" cy="870299"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="19050">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" b="1" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="accent2"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie 3</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="17" name="Rectangle 16">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{80BF5709-415A-F2DD-3C19-91C4CAB1034C}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="686712" y="5375874"/>
+              <a:ext cx="1735066" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1">
+                      <a:lumMod val="65000"/>
+                      <a:lumOff val="35000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>BONUS</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7B2A9C12-E15D-E0C2-DEB4-C72D8193D8EC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:fld id="{299DD5A9-4EF1-497E-92EF-2D23CF305E03}" type="slidenum">
+              <a:rPr lang="fr-FR" noProof="0" smtClean="0"/>
+              <a:t>18</a:t>
+            </a:fld>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0" dirty="0"/>
+              <a:t>/27</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="166363800"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="825524265"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="2" name="Titre 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A6DB79B-998A-41E7-FA99-E50252D43325}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" idx="4294967295"/>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Les bases de données</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé du contenu 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{14083556-E029-9197-2873-AFC3298A2D49}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="850608" y="640716"/>
-            <a:ext cx="9568010" cy="1493951"/>
+            <a:off x="2783941" y="1608149"/>
+            <a:ext cx="8519311" cy="4867466"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...1 lines deleted...]
-          </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit/>
+            <a:normAutofit fontScale="85000" lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...3 lines deleted...]
-                </a:solidFill>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3300" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>eVidal</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3300" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> et </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3300" b="1" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:hlinkClick r:id="rId3"/>
               </a:rPr>
-              <a:t>LiSSa</a:t>
-[...5 lines deleted...]
-                </a:solidFill>
+              <a:t>Thériaque</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" sz="3300" b="1" spc="300" dirty="0">
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="fr-FR" sz="2800" b="1" spc="300" dirty="0">
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPct val="50000"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Deux bases de données sur les médicaments et produits de santé disponibles en France. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPct val="50000"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Chaque substance active et chaque médicament fait l’objet d’une fiche détaillée.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-            </a:br>
-[...92 lines deleted...]
-            <a:pPr marL="285750" lvl="0" indent="-285750">
+              <a:t>	</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buClr>
                 <a:srgbClr val="E74610"/>
               </a:buClr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
-              <a:buChar char="Ø"/>
+              <a:buChar char="v"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="fr-FR" sz="2000" spc="300" dirty="0">
-[...87 lines deleted...]
-              <a:rPr lang="fr-FR" sz="2000" spc="300" dirty="0">
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Astuce :</a:t>
-[...30 lines deleted...]
-            </a:endParaRPr>
+              <a:t> Il existe des applications mobiles pour ces deux bases de données (procédure sur Beluga)</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...2 lines deleted...]
-            <a:hlinkClick r:id="rId3"/>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="7" name="Groupe 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CEBDE526-C55E-4798-B639-D805A40C1EE8}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5D68B747-5E19-7193-FA81-21C3B4A7298D}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvPicPr>
-[...1 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvGrpSpPr/>
           <p:nvPr/>
-        </p:nvPicPr>
-[...6 lines deleted...]
-        <p:spPr>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
           <a:xfrm>
-            <a:off x="7455435" y="864814"/>
-            <a:ext cx="3607517" cy="1334940"/>
+            <a:off x="684252" y="1608149"/>
+            <a:ext cx="1746071" cy="4646570"/>
+            <a:chOff x="684252" y="1608149"/>
+            <a:chExt cx="1746071" cy="4646570"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...3 lines deleted...]
-      </p:pic>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="8" name="Rectangle 7">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0389BF5F-524B-7087-ED50-3E7078430553}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="1608149"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Introduction</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="14" name="Rectangle 13">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A7648913-1F25-2EF2-3606-36F7A9CC818C}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="2498448"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>1</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="15" name="Rectangle 14">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E5366896-87A0-22C7-0275-D308F59501ED}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="3377293"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie 2</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="16" name="Rectangle 15">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0C6534F3-9B8D-417C-8E2C-1203F9472FF3}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="4264684"/>
+              <a:ext cx="1746071" cy="870299"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="19050">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" b="1" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="accent2"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie 3</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="17" name="Rectangle 16">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{80BF5709-415A-F2DD-3C19-91C4CAB1034C}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="686712" y="5375874"/>
+              <a:ext cx="1735066" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1">
+                      <a:lumMod val="65000"/>
+                      <a:lumOff val="35000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>BONUS</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{21912A21-9BE6-64C6-A695-E7E2A26C9860}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:fld id="{299DD5A9-4EF1-497E-92EF-2D23CF305E03}" type="slidenum">
+              <a:rPr lang="fr-FR" noProof="0" smtClean="0"/>
+              <a:t>19</a:t>
+            </a:fld>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0" dirty="0"/>
+              <a:t>/27</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="525390487"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3061252600"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Title 2"/>
+          <p:cNvPr id="2" name="Titre 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3CEBDDBC-1ADC-06E0-0C4E-CCC191EB5470}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Introduction et objectifs</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="ZoneTexte 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{03217C07-7897-4052-D0AA-C312EAF1B08E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6096000" y="340745"/>
-            <a:ext cx="5788620" cy="1417032"/>
+            <a:off x="2810467" y="1484756"/>
+            <a:ext cx="7454738" cy="1125629"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr>
-            <a:noAutofit/>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" kern="1400" spc="70" dirty="0">
+              <a:rPr lang="fr-FR" sz="2400" spc="100" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="E74610"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Objectif : La recherche documentaire dans le cadre de la these d’exercice</a:t>
-[...28 lines deleted...]
-            </a:endParaRPr>
+              <a:t>Méthodologie de la recherche documentaire dans le cadre de la thèse d’exercice</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="TextBox 3"/>
+          <p:cNvPr id="3" name="TextBox 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3695DE7E-EB07-85F2-9F66-B2C01EFA83CD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6096000" y="2478105"/>
-            <a:ext cx="6017342" cy="4314001"/>
+            <a:off x="3340306" y="2976888"/>
+            <a:ext cx="7454738" cy="3138616"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2400" b="1" spc="300" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="202C41"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Séance 1</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
-              <a:spcAft>
-[...1 lines deleted...]
-              </a:spcAft>
             </a:pPr>
-            <a:r>
-[...124 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="1500" dirty="0">
+            <a:endParaRPr lang="en-US" sz="2400" b="1" spc="300" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="202C41"/>
               </a:solidFill>
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
-        </p:txBody>
-[...23 lines deleted...]
-            <a:pPr>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
               <a:spcAft>
-                <a:spcPts val="2900"/>
+                <a:spcPts val="400"/>
               </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:schemeClr>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="è"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3000" dirty="0">
+              <a:rPr lang="en-US" sz="2000" spc="300" dirty="0" err="1">
                 <a:solidFill>
-                  <a:schemeClr val="bg1"/>
+                  <a:srgbClr val="F1612B"/>
                 </a:solidFill>
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>01.</a:t>
-[...9 lines deleted...]
-              <a:rPr lang="en-US" sz="3000" dirty="0">
+              <a:t>Partie</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" spc="300" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="bg1"/>
+                  <a:srgbClr val="F1612B"/>
                 </a:solidFill>
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>02.</a:t>
-[...9 lines deleted...]
-              <a:rPr lang="en-US" sz="3000" dirty="0">
+              <a:t> 1 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" spc="300" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="bg1"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>03.</a:t>
-[...9 lines deleted...]
-              <a:rPr lang="en-US" sz="3000" dirty="0">
+              <a:t>: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" spc="300" dirty="0" err="1">
                 <a:solidFill>
-                  <a:schemeClr val="bg1"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>04.</a:t>
-[...9 lines deleted...]
-              <a:rPr lang="en-US" sz="3000" dirty="0">
+              <a:t>Préparer</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" spc="300" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="bg1"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>05.</a:t>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" spc="300" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>sa</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" spc="300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> these</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:schemeClr>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="è"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" spc="300" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="F1612B"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Partie</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" spc="300" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="F1612B"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> 2 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" spc="300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>: La recherche </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" spc="300" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>documentaire</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2000" spc="300" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:schemeClr>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="è"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" spc="300" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="F1612B"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Partie</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" spc="300" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="F1612B"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> 3 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" spc="300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>: Les bases de données</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:schemeClr>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="è"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" spc="300" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="F1612B"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>BONUS</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:cxnSp>
-[...38 lines deleted...]
-          <p:cNvPr id="8" name="Espace réservé pour une image  7">
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1A1C0C36-E7EE-4284-9D30-CF0424757232}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E7FE51B5-B8F7-96F3-4F7C-CE09DCB9DD57}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvPicPr>
-[...1 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="pic" sz="quarter" idx="10"/>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
-        </p:nvPicPr>
-[...1 lines deleted...]
-          <a:blip r:embed="rId3">
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:fld id="{299DD5A9-4EF1-497E-92EF-2D23CF305E03}" type="slidenum">
+              <a:rPr lang="fr-FR" noProof="0" smtClean="0"/>
+              <a:t>2</a:t>
+            </a:fld>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0" dirty="0"/>
+              <a:t>/27</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="6" name="Groupe 5">
             <a:extLst>
-              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9FDBCD9C-E3FC-1B21-47C0-D08DD855D1C2}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
-          </a:blip>
-[...6 lines deleted...]
-      </p:pic>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="684252" y="1608149"/>
+            <a:ext cx="1739986" cy="4646570"/>
+            <a:chOff x="684252" y="1608149"/>
+            <a:chExt cx="1739986" cy="4646570"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="7" name="Rectangle 6">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ECD8913D-FFD2-209A-7D14-294F955BF1C8}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="1608149"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="19050">
+              <a:solidFill>
+                <a:srgbClr val="F15A22"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" b="1" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="F15A22"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Introduction</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="8" name="Rectangle 7">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{92501364-EBC0-CFEF-C4A7-54F91547D1A2}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="686713" y="2710794"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1">
+                      <a:lumMod val="65000"/>
+                      <a:lumOff val="35000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1">
+                      <a:lumMod val="65000"/>
+                      <a:lumOff val="35000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1">
+                      <a:lumMod val="65000"/>
+                      <a:lumOff val="35000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>1</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="9" name="Rectangle 8">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C2E44A93-E911-77E4-3985-872E9F61A9A4}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="686713" y="3598184"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1">
+                      <a:lumMod val="65000"/>
+                      <a:lumOff val="35000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie 2</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="10" name="Rectangle 9">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D593C433-346B-4CE7-A60C-A0B9DA1B9A47}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="4488483"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1">
+                      <a:lumMod val="65000"/>
+                      <a:lumOff val="35000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie 3</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="11" name="Rectangle 10">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6EBF13D6-6E12-1F95-365A-FD37BC225A3B}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="686712" y="5375874"/>
+              <a:ext cx="1735066" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1">
+                      <a:lumMod val="65000"/>
+                      <a:lumOff val="35000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>BONUS</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3807121981"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2851092387"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...199 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="2" name="Titre 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A6DB79B-998A-41E7-FA99-E50252D43325}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" idx="4294967295"/>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Les bases de données</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé du contenu 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{14083556-E029-9197-2873-AFC3298A2D49}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="850608" y="640716"/>
-            <a:ext cx="9568010" cy="1493951"/>
+            <a:off x="2783941" y="1608149"/>
+            <a:ext cx="8849762" cy="4867466"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...1 lines deleted...]
-          </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit/>
+            <a:normAutofit fontScale="92500" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...102 lines deleted...]
-            <a:pPr lvl="0" algn="just">
+            <a:pPr marL="0" indent="0">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buClr>
                 <a:srgbClr val="E74610"/>
               </a:buClr>
+              <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="fr-FR" sz="2000" b="1" spc="300" dirty="0"/>
-[...4 lines deleted...]
-            <a:pPr marL="285750" lvl="0" indent="-285750" algn="just">
+              <a:rPr lang="fr-FR" sz="3300" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>LiSSa </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3300" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>(</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3300" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>Li</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3300" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>ttérature </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3300" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>S</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3300" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>cientifique en </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3300" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>Sa</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3300" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>nté)</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" sz="3300" spc="300" dirty="0">
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="fr-FR" sz="2800" spc="300" dirty="0">
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Utile pour trouver des références d’articles en français dans le domaine de la Santé</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Attention : on accède à des </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>références bibliographiques</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> et pas au texte intégral</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>	</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buClr>
                 <a:srgbClr val="E74610"/>
               </a:buClr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
-              <a:buChar char="Ø"/>
+              <a:buChar char="v"/>
             </a:pPr>
-            <a:endParaRPr lang="fr-FR" sz="2000" spc="300" dirty="0"/>
-[...14 lines deleted...]
-                <a:hlinkClick r:id="rId4"/>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Actualités pharmaceutiques</a:t>
-[...54 lines deleted...]
-            </a:endParaRPr>
+              <a:t> Il existe un lien vers le catalogue Beluga</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...2 lines deleted...]
-            <a:hlinkClick r:id="rId3"/>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="7" name="Groupe 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CEBDE526-C55E-4798-B639-D805A40C1EE8}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5D68B747-5E19-7193-FA81-21C3B4A7298D}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvPicPr>
-[...1 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvGrpSpPr/>
           <p:nvPr/>
-        </p:nvPicPr>
-[...6 lines deleted...]
-        <p:spPr>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
           <a:xfrm>
-            <a:off x="7455435" y="929901"/>
-            <a:ext cx="3607517" cy="1334940"/>
+            <a:off x="684252" y="1608149"/>
+            <a:ext cx="1746071" cy="4646570"/>
+            <a:chOff x="684252" y="1608149"/>
+            <a:chExt cx="1746071" cy="4646570"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...3 lines deleted...]
-      </p:pic>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="8" name="Rectangle 7">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0389BF5F-524B-7087-ED50-3E7078430553}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="1608149"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Introduction</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="14" name="Rectangle 13">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A7648913-1F25-2EF2-3606-36F7A9CC818C}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="2498448"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>1</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="15" name="Rectangle 14">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E5366896-87A0-22C7-0275-D308F59501ED}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="3377293"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie 2</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="16" name="Rectangle 15">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0C6534F3-9B8D-417C-8E2C-1203F9472FF3}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="4264684"/>
+              <a:ext cx="1746071" cy="870299"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="19050">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" b="1" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="accent2"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie 3</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="17" name="Rectangle 16">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{80BF5709-415A-F2DD-3C19-91C4CAB1034C}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="686712" y="5375874"/>
+              <a:ext cx="1735066" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1">
+                      <a:lumMod val="65000"/>
+                      <a:lumOff val="35000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>BONUS</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A92168D6-8837-9E42-C9D6-ACA90EFEA4D7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:fld id="{299DD5A9-4EF1-497E-92EF-2D23CF305E03}" type="slidenum">
+              <a:rPr lang="fr-FR" noProof="0" smtClean="0"/>
+              <a:t>20</a:t>
+            </a:fld>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0" dirty="0"/>
+              <a:t>/27</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="778825480"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3781801080"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="2" name="Titre 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A6DB79B-998A-41E7-FA99-E50252D43325}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" idx="4294967295"/>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Les bases de données</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé du contenu 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{14083556-E029-9197-2873-AFC3298A2D49}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="850608" y="761342"/>
-            <a:ext cx="9568010" cy="1505342"/>
+            <a:off x="2783941" y="1608149"/>
+            <a:ext cx="8849762" cy="4867466"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...1 lines deleted...]
-          </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...3 lines deleted...]
-                </a:solidFill>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3300" b="1" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId2"/>
               </a:rPr>
-              <a:t>Autres ressources (1) : les Archives ouvertes</a:t>
-[...63 lines deleted...]
-            <a:pPr>
+              <a:t>LiSSa </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3300" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>(</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3300" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>Li</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3300" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>ttérature </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3300" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>S</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3300" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>cientifique en </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3300" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>Sa</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3300" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>nté)</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" sz="3300" spc="300" dirty="0">
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
-              <a:spcBef>
-[...1 lines deleted...]
-              </a:spcBef>
               <a:buClr>
-                <a:srgbClr val="0066A1"/>
+                <a:srgbClr val="E74610"/>
               </a:buClr>
+              <a:buNone/>
             </a:pPr>
-            <a:r>
-[...148 lines deleted...]
-            </a:r>
             <a:endParaRPr lang="fr-FR" spc="300" dirty="0">
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr>
+            <a:pPr lvl="0" algn="just">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
-              <a:spcBef>
-[...1 lines deleted...]
-              </a:spcBef>
               <a:buClr>
-                <a:srgbClr val="0066A1"/>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0"/>
+              <a:t>Quelques revues signalées sur Lissa :</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" lvl="0" indent="-285750" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
               </a:buClr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
-              <a:buChar char="§"/>
+              <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="fr-FR" spc="300" dirty="0">
-[...3 lines deleted...]
-                <a:hlinkClick r:id="rId7"/>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:hlinkClick r:id="rId3"/>
               </a:rPr>
-              <a:t>ISTEX</a:t>
-[...14 lines deleted...]
-              </a:spcBef>
+              <a:t>Actualités pharmaceutiques</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" sz="2400" spc="300" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" lvl="0" indent="-285750" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
               <a:buClr>
-                <a:srgbClr val="0066A1"/>
+                <a:srgbClr val="E74610"/>
               </a:buClr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
-              <a:buChar char="§"/>
+              <a:buChar char="Ø"/>
             </a:pPr>
-            <a:endParaRPr lang="fr-FR" dirty="0">
-[...9 lines deleted...]
-              </a:spcBef>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:hlinkClick r:id="rId4"/>
+              </a:rPr>
+              <a:t>Le Pharmacien Hospitalier et Clinicien</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" lvl="0" indent="-285750" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
               <a:buClr>
-                <a:srgbClr val="0066A1"/>
+                <a:srgbClr val="E74610"/>
               </a:buClr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="fr-FR" dirty="0">
-[...2 lines deleted...]
-                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:hlinkClick r:id="rId5"/>
               </a:rPr>
-              <a:t>				</a:t>
-[...5 lines deleted...]
-            </a:endParaRPr>
+              <a:t>Annales pharmaceutiques françaises</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" sz="2400" spc="300" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="7" name="Groupe 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5D68B747-5E19-7193-FA81-21C3B4A7298D}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="684252" y="1608149"/>
+            <a:ext cx="1746071" cy="4646570"/>
+            <a:chOff x="684252" y="1608149"/>
+            <a:chExt cx="1746071" cy="4646570"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="8" name="Rectangle 7">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0389BF5F-524B-7087-ED50-3E7078430553}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="1608149"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Introduction</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="14" name="Rectangle 13">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A7648913-1F25-2EF2-3606-36F7A9CC818C}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="2498448"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>1</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="15" name="Rectangle 14">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E5366896-87A0-22C7-0275-D308F59501ED}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="3377293"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie 2</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="16" name="Rectangle 15">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0C6534F3-9B8D-417C-8E2C-1203F9472FF3}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="4264684"/>
+              <a:ext cx="1746071" cy="870299"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="19050">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" b="1" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="accent2"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie 3</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="17" name="Rectangle 16">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{80BF5709-415A-F2DD-3C19-91C4CAB1034C}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="686712" y="5375874"/>
+              <a:ext cx="1735066" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1">
+                      <a:lumMod val="65000"/>
+                      <a:lumOff val="35000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>BONUS</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Espace réservé du numéro de diapositive 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B4C0FB6E-47F2-4F7F-0944-F67D334C65AB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:fld id="{299DD5A9-4EF1-497E-92EF-2D23CF305E03}" type="slidenum">
+              <a:rPr lang="fr-FR" noProof="0" smtClean="0"/>
+              <a:t>21</a:t>
+            </a:fld>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0" dirty="0"/>
+              <a:t>/27</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2295605339"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2918433322"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="2" name="Titre 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A6DB79B-998A-41E7-FA99-E50252D43325}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" idx="4294967295"/>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Les bases de données</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé du contenu 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{14083556-E029-9197-2873-AFC3298A2D49}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="850608" y="772732"/>
-            <a:ext cx="9568010" cy="1493951"/>
+            <a:off x="2783941" y="1608149"/>
+            <a:ext cx="8849762" cy="4867466"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...1 lines deleted...]
-          </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...72 lines deleted...]
-            <a:pPr>
+            <a:pPr marL="0" indent="0">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buClr>
-                <a:srgbClr val="0066A1"/>
+                <a:srgbClr val="E74610"/>
               </a:buClr>
+              <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="fr-FR" sz="2800" b="1" spc="300" dirty="0">
+              <a:rPr lang="fr-FR" sz="3300" b="1" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId2"/>
               </a:rPr>
-              <a:t>Portails d’éditeurs scientifiques</a:t>
-[...3 lines deleted...]
-            <a:pPr>
+              <a:t>LiSSa </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3300" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>(</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3300" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>Li</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3300" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>ttérature </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3300" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>S</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3300" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>cientifique en </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3300" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>Sa</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3300" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>nté)</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" sz="3300" spc="300" dirty="0">
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buClr>
-                <a:srgbClr val="0066A1"/>
+                <a:srgbClr val="E74610"/>
               </a:buClr>
+              <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="fr-FR" sz="2800" b="1" spc="300" dirty="0">
+            <a:endParaRPr lang="fr-FR" spc="300" dirty="0">
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="360000" indent="-216000">
+            <a:pPr lvl="0" algn="just">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buClr>
-                <a:srgbClr val="0066A1"/>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0"/>
+              <a:t>Quelques revues signalées sur Lissa :</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" lvl="0" indent="-285750" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
               </a:buClr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0" err="1">
-[...2 lines deleted...]
-                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
                 <a:hlinkClick r:id="rId3"/>
               </a:rPr>
-              <a:t>ScienceDirect</a:t>
-[...11 lines deleted...]
-            <a:pPr marL="360000" indent="-216000">
+              <a:t>Actualités pharmaceutiques</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" sz="2400" spc="300" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" lvl="0" indent="-285750" algn="just">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buClr>
-                <a:srgbClr val="0066A1"/>
+                <a:srgbClr val="E74610"/>
               </a:buClr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" spc="300" dirty="0">
-[...2 lines deleted...]
-                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
                 <a:hlinkClick r:id="rId4"/>
               </a:rPr>
-              <a:t>Wiley Online Library</a:t>
-[...27 lines deleted...]
-            <a:pPr marL="360000" indent="-216000">
+              <a:t>Le Pharmacien Hospitalier et Clinicien</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" lvl="0" indent="-285750" algn="just">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buClr>
-                <a:srgbClr val="0066A1"/>
+                <a:srgbClr val="E74610"/>
               </a:buClr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" spc="300" dirty="0" err="1">
-[...2 lines deleted...]
-                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
                 <a:hlinkClick r:id="rId5"/>
               </a:rPr>
-              <a:t>Springerlink</a:t>
-[...73 lines deleted...]
-            </a:endParaRPr>
+              <a:t>Annales pharmaceutiques françaises</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" sz="2400" spc="300" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="7" name="Groupe 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5D68B747-5E19-7193-FA81-21C3B4A7298D}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="684252" y="1608149"/>
+            <a:ext cx="1746071" cy="4646570"/>
+            <a:chOff x="684252" y="1608149"/>
+            <a:chExt cx="1746071" cy="4646570"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="8" name="Rectangle 7">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0389BF5F-524B-7087-ED50-3E7078430553}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="1608149"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Introduction</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="14" name="Rectangle 13">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A7648913-1F25-2EF2-3606-36F7A9CC818C}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="2498448"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>1</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="15" name="Rectangle 14">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E5366896-87A0-22C7-0275-D308F59501ED}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="3377293"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie 2</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="16" name="Rectangle 15">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0C6534F3-9B8D-417C-8E2C-1203F9472FF3}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="4264684"/>
+              <a:ext cx="1746071" cy="870299"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="19050">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" b="1" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="accent2"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie 3</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="17" name="Rectangle 16">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{80BF5709-415A-F2DD-3C19-91C4CAB1034C}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="686712" y="5375874"/>
+              <a:ext cx="1735066" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1">
+                      <a:lumMod val="65000"/>
+                      <a:lumOff val="35000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>BONUS</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Espace réservé du numéro de diapositive 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B4C0FB6E-47F2-4F7F-0944-F67D334C65AB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:fld id="{299DD5A9-4EF1-497E-92EF-2D23CF305E03}" type="slidenum">
+              <a:rPr lang="fr-FR" noProof="0" smtClean="0"/>
+              <a:t>22</a:t>
+            </a:fld>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0" dirty="0"/>
+              <a:t>/27</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2386275382"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="132099920"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="2" name="Titre 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A6DB79B-998A-41E7-FA99-E50252D43325}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" idx="4294967295"/>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Les bases de données</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé du contenu 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{14083556-E029-9197-2873-AFC3298A2D49}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="850608" y="772732"/>
-            <a:ext cx="9568010" cy="1493951"/>
+            <a:off x="2783941" y="1608149"/>
+            <a:ext cx="8849762" cy="4867466"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...1 lines deleted...]
-          </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-              <a:rPr lang="fr-FR" sz="4000" b="1" spc="300" dirty="0">
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3300" b="1" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Introduction à la séance 2</a:t>
-[...4 lines deleted...]
-              </a:solidFill>
+              <a:t>Les archives ouvertes</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" sz="3300" spc="300" dirty="0">
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
-        </p:txBody>
-[...60 lines deleted...]
-            <a:pPr>
+          <a:p>
+            <a:pPr marL="0" indent="0">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buClr>
-                <a:srgbClr val="0066A1"/>
+                <a:srgbClr val="E74610"/>
               </a:buClr>
+              <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+            <a:endParaRPr lang="fr-FR" spc="300" dirty="0">
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr>
+            <a:pPr lvl="0" algn="just">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buClr>
-                <a:srgbClr val="0066A1"/>
+                <a:srgbClr val="E74610"/>
               </a:buClr>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" b="1" spc="300" dirty="0">
-                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId2"/>
               </a:rPr>
-              <a:t>Les bases de données spécifiques :</a:t>
-[...3 lines deleted...]
-            <a:pPr>
+              <a:t>HAL</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0"/>
+              <a:t> (plateforme institutionnelle du CCSD)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0" algn="just">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buClr>
-                <a:srgbClr val="0066A1"/>
+                <a:srgbClr val="E74610"/>
               </a:buClr>
             </a:pPr>
-            <a:endParaRPr lang="fr-FR" sz="2400" b="1" spc="300" dirty="0">
-[...6 lines deleted...]
-            <a:pPr marL="360000" lvl="1" indent="-216000">
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" b="1" spc="300" dirty="0">
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>TEL</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0"/>
+              <a:t> (Thèses de doctorat en ligne) </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0" algn="just">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buClr>
-                <a:srgbClr val="0066A1"/>
+                <a:srgbClr val="E74610"/>
               </a:buClr>
-              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
-              <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0" err="1">
-[...8 lines deleted...]
-                </a:hlinkClick>
+              <a:rPr lang="fr-FR" sz="2400" b="1" spc="300" dirty="0">
+                <a:hlinkClick r:id="rId4"/>
               </a:rPr>
-              <a:t>Medline</a:t>
-[...38 lines deleted...]
-            <a:pPr marL="360000" lvl="1" indent="-216000">
+              <a:t>DUMAS</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" b="1" spc="300" dirty="0"/>
+              <a:t>D</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0"/>
+              <a:t>épôt </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" b="1" spc="300" dirty="0"/>
+              <a:t>U</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0"/>
+              <a:t>niversitaire de </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" b="1" spc="300" dirty="0"/>
+              <a:t>M</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0"/>
+              <a:t>émoires </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" b="1" spc="300" dirty="0"/>
+              <a:t>A</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0"/>
+              <a:t>près </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" b="1" spc="300" dirty="0"/>
+              <a:t>S</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0"/>
+              <a:t>outenance + thèses d’exercice UGA</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0" algn="just">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buClr>
-                <a:srgbClr val="0066A1"/>
-[...137 lines deleted...]
-                <a:srgbClr val="0066A1"/>
+                <a:srgbClr val="E74610"/>
               </a:buClr>
             </a:pPr>
-            <a:endParaRPr lang="fr-FR" sz="2000" b="1" dirty="0">
-[...3 lines deleted...]
-            </a:endParaRPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" b="1" spc="300" dirty="0">
+                <a:hlinkClick r:id="rId5"/>
+              </a:rPr>
+              <a:t>ISTEX</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0"/>
+              <a:t> (INIST/CNRS)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="7" name="Groupe 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5D68B747-5E19-7193-FA81-21C3B4A7298D}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="684252" y="1608149"/>
+            <a:ext cx="1746071" cy="4646570"/>
+            <a:chOff x="684252" y="1608149"/>
+            <a:chExt cx="1746071" cy="4646570"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="8" name="Rectangle 7">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0389BF5F-524B-7087-ED50-3E7078430553}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="1608149"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Introduction</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="14" name="Rectangle 13">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A7648913-1F25-2EF2-3606-36F7A9CC818C}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="2498448"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>1</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="15" name="Rectangle 14">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E5366896-87A0-22C7-0275-D308F59501ED}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="3377293"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie 2</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="16" name="Rectangle 15">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0C6534F3-9B8D-417C-8E2C-1203F9472FF3}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="4264684"/>
+              <a:ext cx="1746071" cy="870299"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="19050">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" b="1" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="accent2"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie 3</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="17" name="Rectangle 16">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{80BF5709-415A-F2DD-3C19-91C4CAB1034C}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="686712" y="5375874"/>
+              <a:ext cx="1735066" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1">
+                      <a:lumMod val="65000"/>
+                      <a:lumOff val="35000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>BONUS</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{59DE282C-254D-555B-C098-8C3FD18CF53C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:fld id="{299DD5A9-4EF1-497E-92EF-2D23CF305E03}" type="slidenum">
+              <a:rPr lang="fr-FR" noProof="0" smtClean="0"/>
+              <a:t>23</a:t>
+            </a:fld>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0" dirty="0"/>
+              <a:t>/27</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1268385370"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3244266058"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titre 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A6DB79B-998A-41E7-FA99-E50252D43325}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Les bases de données</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé du contenu 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{14083556-E029-9197-2873-AFC3298A2D49}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2783941" y="1608149"/>
+            <a:ext cx="8849762" cy="4867466"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3300" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Les portails des éditeurs</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" sz="3300" spc="300" dirty="0">
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="fr-FR" spc="300" dirty="0">
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" b="1" spc="300" dirty="0">
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>ScienceDirect</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0"/>
+              <a:t> (plateforme d’Elsevier)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" b="1" spc="300" dirty="0">
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>Wiley Online Library</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" b="1" spc="300" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0"/>
+              <a:t>(plateforme de Wiley)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" b="1" spc="300" dirty="0">
+                <a:hlinkClick r:id="rId4"/>
+              </a:rPr>
+              <a:t>Springerlink</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" b="1" spc="300" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0"/>
+              <a:t>(plateforme de Springer) </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" b="1" spc="300" dirty="0">
+                <a:hlinkClick r:id="rId5"/>
+              </a:rPr>
+              <a:t>Taylor and Francis Online</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" b="1" spc="300" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0"/>
+              <a:t>(plateforme de Taylor and Francis)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="7" name="Groupe 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5D68B747-5E19-7193-FA81-21C3B4A7298D}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="684252" y="1608149"/>
+            <a:ext cx="1746071" cy="4646570"/>
+            <a:chOff x="684252" y="1608149"/>
+            <a:chExt cx="1746071" cy="4646570"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="8" name="Rectangle 7">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0389BF5F-524B-7087-ED50-3E7078430553}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="1608149"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Introduction</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="14" name="Rectangle 13">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A7648913-1F25-2EF2-3606-36F7A9CC818C}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="2498448"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>1</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="15" name="Rectangle 14">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E5366896-87A0-22C7-0275-D308F59501ED}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="3377293"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie 2</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="16" name="Rectangle 15">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0C6534F3-9B8D-417C-8E2C-1203F9472FF3}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="4264684"/>
+              <a:ext cx="1746071" cy="870299"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="19050">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" b="1" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="accent2"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie 3</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="17" name="Rectangle 16">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{80BF5709-415A-F2DD-3C19-91C4CAB1034C}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="686712" y="5375874"/>
+              <a:ext cx="1735066" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1">
+                      <a:lumMod val="65000"/>
+                      <a:lumOff val="35000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>BONUS</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4B83E3F7-53E8-496B-23AA-6754CEE9D445}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:fld id="{299DD5A9-4EF1-497E-92EF-2D23CF305E03}" type="slidenum">
+              <a:rPr lang="fr-FR" noProof="0" smtClean="0"/>
+              <a:t>24</a:t>
+            </a:fld>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>/27</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" noProof="0" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2970695263"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titre 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A6DB79B-998A-41E7-FA99-E50252D43325}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>BONUS</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Espace réservé du contenu 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{442C7608-0A5D-63FF-121E-D29776965C59}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2783941" y="1608149"/>
+            <a:ext cx="8849762" cy="4867466"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3300" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Click &amp; Read</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" sz="3300" spc="300" dirty="0">
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="fr-FR" spc="300" dirty="0">
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Image 3" descr="Logo de Click&amp;Read avec un lien vers la procédure du site web des BU de l'UGA">
+            <a:hlinkClick r:id="rId2"/>
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{89751C11-BAAF-CC72-1817-F0F0159A0D53}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4113473" y="2498448"/>
+            <a:ext cx="6190698" cy="4125719"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="38100">
+            <a:solidFill>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="65000"/>
+                <a:lumOff val="35000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="5" name="Groupe 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F8C7420-5C11-76B7-0D8A-AE5BCF44F697}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="675706" y="1608149"/>
+            <a:ext cx="1746071" cy="4418554"/>
+            <a:chOff x="675706" y="1608149"/>
+            <a:chExt cx="1746071" cy="4418554"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="9" name="Rectangle 8">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C20E2F23-0F6C-D148-A09D-BFB00A37926E}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="1608149"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Introduction</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="10" name="Rectangle 9">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C5CA8594-3458-A6C4-AB47-4EF1A7289948}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="2498448"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>1</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="11" name="Rectangle 10">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1FBF724D-F977-AD52-AF4D-883D9762EE9C}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="3377293"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie 2</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="12" name="Rectangle 11">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C987C87F-DCA5-4CFC-1DE0-3798A3D9AB57}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="675706" y="4264684"/>
+              <a:ext cx="1746071" cy="870299"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie 3</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="13" name="Rectangle 12">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4BD1CE31-6517-53B1-633F-260C3E21FE6D}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="675706" y="5143529"/>
+              <a:ext cx="1743612" cy="883174"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="19050">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" b="1" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="accent2"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>BONUS</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="Espace réservé du numéro de diapositive 17">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DAD14FAA-F383-6B6B-72BB-11C424CFC955}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:fld id="{299DD5A9-4EF1-497E-92EF-2D23CF305E03}" type="slidenum">
+              <a:rPr lang="fr-FR" noProof="0" smtClean="0"/>
+              <a:t>25</a:t>
+            </a:fld>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0" dirty="0"/>
+              <a:t>/27</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2817698529"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titre 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{63BE9FEF-E628-E54E-A88C-C7B7C2F89AD8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...4 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="fr-FR" sz="4400" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Des questions ?</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="3" name="Image 2"/>
+          <p:cNvPr id="5" name="Image 4" descr="Pusheen - Choqué">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{57248A29-0FE7-42D4-A75E-648E593590A4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
+            <a:duotone>
+              <a:schemeClr val="accent1">
+                <a:shade val="45000"/>
+                <a:satMod val="135000"/>
+              </a:schemeClr>
+              <a:prstClr val="white"/>
+            </a:duotone>
             <a:extLst>
+              <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
+                <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                  <a14:imgLayer r:embed="rId4">
+                    <a14:imgEffect>
+                      <a14:brightnessContrast bright="40000" contrast="40000"/>
+                    </a14:imgEffect>
+                  </a14:imgLayer>
+                </a14:imgProps>
+              </a:ext>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7018985" y="1100952"/>
-            <a:ext cx="4241557" cy="4241557"/>
+            <a:off x="7248718" y="527366"/>
+            <a:ext cx="3810000" cy="3810000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4094758831"/>
-      </p:ext>
-[...617 lines deleted...]
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2221187805"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
-          <a:xfrm>
-[...2 lines deleted...]
-          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0">
+              <a:rPr lang="fr-FR" sz="4000" b="1" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Merci !</a:t>
-[...168 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="1000" dirty="0">
+              <a:t>Introduction à la séance 2</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="4000" b="1" dirty="0">
               <a:solidFill>
-                <a:schemeClr val="bg1"/>
+                <a:srgbClr val="202C41"/>
               </a:solidFill>
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="8" name="TextBox 5">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="4" name="TextBox 3"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3359938" y="4476713"/>
-            <a:ext cx="5472113" cy="1322734"/>
+            <a:off x="760550" y="1874517"/>
+            <a:ext cx="11160578" cy="3652282"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-[...1 lines deleted...]
-              <a:rPr lang="fr-FR" sz="2400" b="1" dirty="0">
+            <a:pPr defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="700"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3300" b="1" spc="300" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="bg1"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Formulaire depuis </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="fr-FR" sz="2400" b="1" dirty="0">
+              <a:t>Les bases de données spécifiques :</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="700"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+            </a:pPr>
+            <a:endParaRPr lang="fr-FR" sz="2000" b="1" spc="300" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="486900" lvl="1" indent="-342900">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:schemeClr val="accent2"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" spc="300" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="EE5F2C"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
-                <a:hlinkClick r:id="rId5">
-[...5 lines deleted...]
-                </a:hlinkClick>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Beluga</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="fr-FR" sz="2400" b="1" dirty="0">
+              <a:t>SciFinderⁿ </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="486900" lvl="1" indent="-342900">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:schemeClr val="accent2"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" spc="300" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>OpenAlex</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2800" spc="300" dirty="0">
               <a:solidFill>
-                <a:srgbClr val="EE5F2C"/>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:schemeClr>
               </a:solidFill>
-              <a:hlinkClick r:id="rId6">
-[...5 lines deleted...]
-              </a:hlinkClick>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr algn="ctr">
+            <a:pPr marL="486900" lvl="1" indent="-342900">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:schemeClr val="accent2"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" spc="300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>PubMed Medline</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buClr>
+                <a:srgbClr val="0066A1"/>
+              </a:buClr>
+            </a:pPr>
+            <a:endParaRPr lang="fr-FR" sz="2000" b="1" dirty="0">
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé du numéro de diapositive 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{90ED3534-EEFB-823F-233A-80F2D474CDEA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:fld id="{299DD5A9-4EF1-497E-92EF-2D23CF305E03}" type="slidenum">
+              <a:rPr lang="fr-FR" noProof="0" smtClean="0"/>
+              <a:t>27</a:t>
+            </a:fld>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0" dirty="0"/>
+              <a:t>/27</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2344226349"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide28.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>DATES DE LA SÉANCE 2 :</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="TextBox 2"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2813622" y="1688161"/>
+            <a:ext cx="5495124" cy="3539430"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0" anchor="t">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="fr-FR" sz="2000" dirty="0">
-[...3 lines deleted...]
-                <a:hlinkClick r:id="rId6"/>
+              <a:rPr lang="fr-FR" sz="2800" b="1" spc="300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>bapso-rensbump@univ-grenoble-alpes.fr</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="fr-FR" sz="2000" dirty="0">
+              <a:t>Groupe 1 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" spc="300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="pt-BR" sz="2800" spc="300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>13/04 de 13h30 à 15h30</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="fr-FR" sz="2800" spc="300" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" b="1" spc="300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Groupe 2 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" spc="300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>: </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="pt-BR" sz="2800" spc="300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>20/04 de 13h30 à 15h30</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1400" i="1" dirty="0">
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
-          <a:p>
-[...24 lines deleted...]
-          </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="10" name="ZoneTexte 9">
+          <p:cNvPr id="6" name="TextBox 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00D9E293-25BD-480B-9879-8181FBE4DF20}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1D53B012-850A-45AD-AF71-F1F4815C9B2E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3368789" y="3047249"/>
-            <a:ext cx="5316593" cy="1200329"/>
+            <a:off x="3298197" y="5041234"/>
+            <a:ext cx="4525974" cy="1225848"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0" anchor="t">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="0066A1"/>
+              </a:buClr>
+            </a:pPr>
+            <a:endParaRPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="0066A1"/>
+              </a:buClr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" b="1" spc="300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Au même endroit !</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Espace réservé du numéro de diapositive 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1A7C26F4-AD31-ED82-A987-B29CED77C3DC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:fld id="{299DD5A9-4EF1-497E-92EF-2D23CF305E03}" type="slidenum">
+              <a:rPr lang="fr-FR" noProof="0" smtClean="0"/>
+              <a:t>28</a:t>
+            </a:fld>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0" dirty="0"/>
+              <a:t>/27</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Image 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D4AC54D9-4011-4BE6-A785-1CEF57934073}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8360229" y="3983672"/>
+            <a:ext cx="2749826" cy="2749826"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Bulle narrative : ronde 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E03455D2-54BE-034A-1C93-1E74B2FED2DB}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8360229" y="2110154"/>
+            <a:ext cx="2749826" cy="1637881"/>
+          </a:xfrm>
+          <a:prstGeom prst="wedgeEllipseCallout">
+            <a:avLst>
+              <a:gd name="adj1" fmla="val -9505"/>
+              <a:gd name="adj2" fmla="val 72930"/>
+            </a:avLst>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>à bientôt !</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2221187805"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide29.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titre 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CFA00EA2-C291-FF5B-8315-1F3EE2466838}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3242929" y="666216"/>
+            <a:ext cx="8278000" cy="2762784"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="6600" dirty="0"/>
+              <a:t>Merci pour votre attention</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="ZoneTexte 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B96144BC-22E4-C576-C47E-B7A9BBB66F76}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3242929" y="3817337"/>
+            <a:ext cx="7029492" cy="954107"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-[...4 lines deleted...]
-                </a:solidFill>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" spc="100" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId2"/>
               </a:rPr>
-              <a:t>Pour aller plus loin </a:t>
-[...5 lines deleted...]
-                </a:solidFill>
+              <a:t>Formulaire de demande de rendez-vous avec un bibliothécaire</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" sz="2800" spc="100" dirty="0">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé du texte 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F836D900-B576-7BA5-2D16-587C3F315B75}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3242929" y="5240649"/>
+            <a:ext cx="8097339" cy="951135"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0">
+                <a:hlinkClick r:id="rId3"/>
               </a:rPr>
-              <a:t>: </a:t>
-[...7 lines deleted...]
-              <a:t>rendez-vous avec un/une bibliothécaire au bureau d’aide à la recherche de la BUMP</a:t>
+              <a:t>bapso-rensbump@univ-grenoble-alpes.fr</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>04 76 74 85 14</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="11" name="Image 10">
+          <p:cNvPr id="4" name="Image 3" descr="CC BY NC NA">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA37E06A-6BD4-4C82-8736-DBEAFDDF3ACA}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{49304455-0089-87D1-0F78-38CC4D3B90D0}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId7"/>
+          <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7161154" y="6260126"/>
-            <a:ext cx="1670898" cy="578388"/>
+            <a:off x="5366758" y="6417994"/>
+            <a:ext cx="1271127" cy="440006"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="12" name="Rectangle 11">
+          <p:cNvPr id="5" name="Rectangle 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6FA0D851-AD3F-4605-B8D3-4AD1CAE33BE6}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E27D3C04-A54D-F86E-A19C-17C6DDB35876}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8832052" y="6226155"/>
-            <a:ext cx="3359948" cy="646331"/>
+            <a:off x="6637886" y="6396335"/>
+            <a:ext cx="5787699" cy="461665"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:defPPr>
               <a:defRPr lang="en-US"/>
             </a:defPPr>
             <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
@@ -15234,2765 +21364,4658 @@
               </a:defRPr>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="fr-FR" sz="1200" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="fr-FR" sz="1200" spc="100" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Sont autorisées la diffusion et la réutilisation de ce support sous réserve d’en citer les auteurs et uniquement à des fins non commerciales.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4125621128"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2399031167"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="2" name="Titre 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A6DB79B-998A-41E7-FA99-E50252D43325}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" idx="4294967295"/>
+            <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...7 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="4000" b="1" spc="300" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Préparer sa thèse</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé du contenu 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{14083556-E029-9197-2873-AFC3298A2D49}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2674833" y="2047571"/>
+            <a:ext cx="9049997" cy="3736375"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="1200"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" b="1" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Préparer</a:t>
-[...5 lines deleted...]
-                </a:solidFill>
+              <a:t>Choisir</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...5 lines deleted...]
-                </a:solidFill>
+              <a:t> et </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" b="1" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>sa</a:t>
-[...5 lines deleted...]
-                </a:solidFill>
+              <a:t>délimiter</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> thèse : démarche </a:t>
-[...5 lines deleted...]
-                </a:solidFill>
+              <a:t> très précisément le </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" b="1" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>générale</a:t>
-[...4 lines deleted...]
-              </a:solidFill>
+              <a:t>sujet</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="1200"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Effectuer les </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>recherches bibliographiques</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" sz="2000" spc="300" dirty="0">
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
-        </p:txBody>
-[...26 lines deleted...]
-              </a:lnSpc>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="1200"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Dresser et organiser la </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>synthèse</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> de ses recherches</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="1200"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Éventuellement, mettre en place un </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Plan de Gestion des Données </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>(PGD) </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2">
               <a:spcAft>
                 <a:spcPts val="1200"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="E74610"/>
               </a:buClr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="fr-FR" sz="2000" b="1" spc="300" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="fr-FR" sz="2600" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Choisir</a:t>
-[...5 lines deleted...]
-                </a:solidFill>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2600" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
-[...159 lines deleted...]
-                <a:hlinkClick r:id="rId3">
+                <a:hlinkClick r:id="rId2">
                   <a:extLst>
                     <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
                       <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
                     </a:ext>
                   </a:extLst>
                 </a:hlinkClick>
               </a:rPr>
               <a:t>sos-data@univ-grenoble-alpes.fr</a:t>
             </a:r>
-            <a:endParaRPr lang="fr-FR" sz="2000" spc="300" dirty="0">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr lang="fr-FR" sz="2600" spc="300" dirty="0">
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
-          <a:p>
-[...81 lines deleted...]
-          </a:p>
         </p:txBody>
       </p:sp>
-      <p:cxnSp>
-[...38 lines deleted...]
-          <p:cNvPr id="3" name="Rectangle 2">
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="4" name="Groupe 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0F7177AF-A5B4-40B6-93C2-84BB4506A42C}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{66F6AFB5-9780-7CAD-1ECF-C66284691A9A}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr/>
+          <p:cNvGrpSpPr/>
           <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="684252" y="1608149"/>
+            <a:ext cx="1739986" cy="4646570"/>
+            <a:chOff x="684252" y="1608149"/>
+            <a:chExt cx="1739986" cy="4646570"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="5" name="Rectangle 4">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{10C5588F-A258-2847-331E-67AF20BDF3FB}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="1608149"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Introduction</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="6" name="Rectangle 5">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{42F9C815-D313-5F5A-EE79-9B040A292A04}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="2506994"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="19050">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" b="1" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="accent2"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" b="1" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="accent2"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" b="1" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="accent2"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>1</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="7" name="Rectangle 6">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FA97F527-6E64-224B-1E46-C5F35E0911DC}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="686713" y="3598184"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1">
+                      <a:lumMod val="65000"/>
+                      <a:lumOff val="35000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie 2</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="8" name="Rectangle 7">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CE0C88B8-816A-DE8F-7E7B-E2D435B0C712}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="4488483"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1">
+                      <a:lumMod val="65000"/>
+                      <a:lumOff val="35000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie 3</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="14" name="Rectangle 13">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{202627B6-1C80-517E-A330-F7D580E0C519}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="686712" y="5375874"/>
+              <a:ext cx="1735066" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1">
+                      <a:lumMod val="65000"/>
+                      <a:lumOff val="35000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>BONUS</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Espace réservé du numéro de diapositive 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F8293FF4-7837-15F5-15B4-09E7627CEEDA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...7 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
-          <a:bodyPr wrap="square">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...8 lines deleted...]
-            <a:endParaRPr lang="fr-FR" sz="2800" dirty="0"/>
+            <a:pPr rtl="0"/>
+            <a:fld id="{299DD5A9-4EF1-497E-92EF-2D23CF305E03}" type="slidenum">
+              <a:rPr lang="fr-FR" noProof="0" smtClean="0"/>
+              <a:t>3</a:t>
+            </a:fld>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0" dirty="0"/>
+              <a:t>/27</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2920073183"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="74576175"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="2" name="Titre 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A6DB79B-998A-41E7-FA99-E50252D43325}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" idx="4294967295"/>
+            <p:ph type="title"/>
           </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Préparer sa thèse</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Espace réservé pour une image  7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EEF2F1FF-94D8-5A26-818A-BA079C46174C}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="21535" r="21535"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2857443" y="1631950"/>
+            <a:ext cx="3979193" cy="4659750"/>
+          </a:xfrm>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Rectangle 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{995F395B-115B-29DF-918B-149592A7E4DC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="850608" y="379265"/>
-            <a:ext cx="9486761" cy="1542526"/>
+            <a:off x="7056580" y="1874517"/>
+            <a:ext cx="4872521" cy="1384995"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr>
-            <a:normAutofit/>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="4000" b="1" spc="300" dirty="0">
+              <a:rPr lang="fr-FR" sz="2800" b="1" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="202C41"/>
+                  <a:srgbClr val="FF0000"/>
                 </a:solidFill>
-                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId3"/>
               </a:rPr>
-              <a:t>Débuter une recherche documentaire</a:t>
-            </a:r>
+              <a:t>Document de présentation</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" sz="2800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" dirty="0">
+                <a:hlinkClick r:id="rId3" tooltip="Infos pratiques et modèle de thèse d'exercice clé en main"/>
+              </a:rPr>
+              <a:t>Infos pratiques et modèle de thèse d'exercice clé en main</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" sz="2800" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:cxnSp>
-[...4 lines deleted...]
-          </p:cNvCxnSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="15" name="Image 14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{77B2A720-1291-0807-F6F9-2449741AFBE3}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
           <p:nvPr/>
-        </p:nvCxnSpPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="939801" y="2161809"/>
-[...35 lines deleted...]
-            <a:ext cx="10698940" cy="3000821"/>
+            <a:off x="7255598" y="3643750"/>
+            <a:ext cx="3933825" cy="2647950"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
         </p:spPr>
+      </p:pic>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="16" name="Groupe 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E5091F14-E1B4-92CF-4757-88DCA7301364}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="684252" y="1608149"/>
+            <a:ext cx="1739986" cy="4646570"/>
+            <a:chOff x="684252" y="1608149"/>
+            <a:chExt cx="1739986" cy="4646570"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="17" name="Rectangle 16">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{24AB61D4-697D-D77F-1802-FDE4080AF1A6}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="1608149"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Introduction</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="18" name="Rectangle 17">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7DEB5919-8E4E-24C8-B1B5-BBD253387F46}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="2506994"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="19050">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" b="1" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="accent2"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" b="1" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="accent2"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" b="1" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="accent2"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>1</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="20" name="Rectangle 19">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{09803F63-D5B4-4AC0-DA97-836F17A65125}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="686713" y="3598184"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1">
+                      <a:lumMod val="65000"/>
+                      <a:lumOff val="35000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie 2</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="21" name="Rectangle 20">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A3C96798-CD81-35D3-F479-B069F47AD025}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="4488483"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1">
+                      <a:lumMod val="65000"/>
+                      <a:lumOff val="35000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie 3</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="22" name="Rectangle 21">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FE925BC6-03B6-C00A-5568-D107F287BBE3}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="686712" y="5375874"/>
+              <a:ext cx="1735066" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1">
+                      <a:lumMod val="65000"/>
+                      <a:lumOff val="35000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>BONUS</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé du numéro de diapositive 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C51592B8-5A0F-8C44-2DF7-D5BFD18BD414}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
         <p:txBody>
-          <a:bodyPr wrap="square" rtlCol="0" anchor="t">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="just">
-[...167 lines deleted...]
-            </a:endParaRPr>
+            <a:pPr rtl="0"/>
+            <a:fld id="{299DD5A9-4EF1-497E-92EF-2D23CF305E03}" type="slidenum">
+              <a:rPr lang="fr-FR" noProof="0" smtClean="0"/>
+              <a:t>4</a:t>
+            </a:fld>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0" dirty="0"/>
+              <a:t>/27</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2457257653"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="66472418"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="2" name="Titre 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A6DB79B-998A-41E7-FA99-E50252D43325}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" idx="4294967295"/>
+            <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...7 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="4000" b="1" spc="300" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>Préparer sa thèse</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="16" name="Groupe 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E5091F14-E1B4-92CF-4757-88DCA7301364}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="684252" y="1608149"/>
+            <a:ext cx="1739986" cy="4646570"/>
+            <a:chOff x="684252" y="1608149"/>
+            <a:chExt cx="1739986" cy="4646570"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="17" name="Rectangle 16">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{24AB61D4-697D-D77F-1802-FDE4080AF1A6}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="1608149"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Introduction</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="18" name="Rectangle 17">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7DEB5919-8E4E-24C8-B1B5-BBD253387F46}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="2506994"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="19050">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" b="1" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="accent2"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" b="1" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="accent2"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" b="1" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="accent2"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>1</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="20" name="Rectangle 19">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{09803F63-D5B4-4AC0-DA97-836F17A65125}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="686713" y="3598184"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1">
+                      <a:lumMod val="65000"/>
+                      <a:lumOff val="35000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie 2</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="21" name="Rectangle 20">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A3C96798-CD81-35D3-F479-B069F47AD025}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="4488483"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1">
+                      <a:lumMod val="65000"/>
+                      <a:lumOff val="35000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie 3</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="22" name="Rectangle 21">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FE925BC6-03B6-C00A-5568-D107F287BBE3}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="686712" y="5375874"/>
+              <a:ext cx="1735066" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1">
+                      <a:lumMod val="65000"/>
+                      <a:lumOff val="35000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>BONUS</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé du numéro de diapositive 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C51592B8-5A0F-8C44-2DF7-D5BFD18BD414}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:fld id="{299DD5A9-4EF1-497E-92EF-2D23CF305E03}" type="slidenum">
+              <a:rPr lang="fr-FR" noProof="0" smtClean="0"/>
+              <a:t>5</a:t>
+            </a:fld>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0" dirty="0"/>
+              <a:t>/27</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Espace réservé du contenu 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A813EE04-71B3-0E39-3A85-48998A5609A1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2674833" y="1589764"/>
+            <a:ext cx="9049997" cy="4836116"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="92500"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="1200"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="v"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Débuter une recherche documentaire</a:t>
-[...77 lines deleted...]
-              <a:rPr lang="fr-FR" sz="2400" b="1" spc="300" dirty="0">
+              <a:t> De l’intérêt d’une </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" b="1" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>En pratique </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+              <a:t>bibliographie </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>:</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="742950" lvl="1" indent="-285750">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="1200"/>
+              </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="E74610"/>
               </a:buClr>
-              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="fr-FR" spc="300" dirty="0">
+              <a:rPr lang="fr-FR" sz="2000" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>critères de sélection des documents :</a:t>
-[...6 lines deleted...]
-              </a:lnSpc>
+              <a:t>Vérifier la véracité des sources. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="1200"/>
+              </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="E74610"/>
               </a:buClr>
-              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="fr-FR" spc="300" dirty="0">
+              <a:rPr lang="fr-FR" sz="2000" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Date: inclure les </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="fr-FR" b="1" spc="300" dirty="0">
+              <a:t>Valider la fiabilité des sources</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="1200"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>articles fondateurs </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="fr-FR" spc="300" dirty="0">
+              <a:t>Contrôler si les auteurs essentiels du sujet sont cités</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="1200"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>et les </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="fr-FR" b="1" spc="300" dirty="0">
+              <a:t>Fournir des pistes de lectures supplémentaires</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="1200"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>avancées récentes</a:t>
-[...14 lines deleted...]
-              <a:rPr lang="fr-FR" spc="300" dirty="0">
+              <a:t>Rédiger en respectant les règles de </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" b="1" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Langue (souvent anglais pour des publications internationales)</a:t>
-[...19 lines deleted...]
-              <a:rPr lang="fr-FR" b="1" spc="300" dirty="0">
+              <a:t>citation</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Type de documents </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="fr-FR" spc="300" dirty="0">
+              <a:t>, se prémunir du </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" b="1" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>: acte de conférence, chapitre d’ouvrage, thèse, article de revue…</a:t>
-[...27 lines deleted...]
-              <a:rPr lang="fr-FR" spc="300" dirty="0">
+              <a:t>plagiat</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Voir la </a:t>
-[...49 lines deleted...]
-            </a:endParaRPr>
+              <a:t> et suivre les recommandations pour le sourçage des illustrations.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3776857268"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="581400085"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="2" name="Titre 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A6DB79B-998A-41E7-FA99-E50252D43325}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" idx="4294967295"/>
+            <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="850608" y="379265"/>
-            <a:ext cx="9316280" cy="1434038"/>
+            <a:off x="1251678" y="382385"/>
+            <a:ext cx="9567213" cy="1492132"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...1 lines deleted...]
-          </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="4000" b="1" dirty="0">
-[...7 lines deleted...]
-              <a:t>La recherche documentaire, suite</a:t>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>La recherche documentaire</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:cxnSp>
-[...35 lines deleted...]
-      </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="TextBox 3"/>
-[...1 lines deleted...]
-          <p:nvPr/>
+          <p:cNvPr id="3" name="Espace réservé du contenu 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{14083556-E029-9197-2873-AFC3298A2D49}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="850608" y="2161809"/>
-            <a:ext cx="10220515" cy="4847481"/>
+            <a:off x="2668855" y="2071626"/>
+            <a:ext cx="8684801" cy="3743670"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...2 lines deleted...]
-          <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" rtlCol="0" anchor="t">
-            <a:spAutoFit/>
+          <a:bodyPr>
+            <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buClr>
                 <a:srgbClr val="E74610"/>
               </a:buClr>
             </a:pPr>
             <a:r>
-              <a:rPr lang="fr-FR" sz="2000" u="sng" spc="300" dirty="0">
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Organiser ses recherches et ses résultats</a:t>
-[...18 lines deleted...]
-            <a:pPr marL="800100" lvl="1" indent="-342900">
+              <a:t>Préparation :</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="742950" lvl="1" indent="-285750">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buClr>
                 <a:srgbClr val="E74610"/>
               </a:buClr>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="fr-FR" spc="300" dirty="0">
+              <a:rPr lang="fr-FR" sz="2000" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>conserver les documents</a:t>
-[...3 lines deleted...]
-            <a:pPr marL="800100" lvl="1" indent="-342900">
+              <a:t>Clarifier les </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>concepts</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="742950" lvl="1" indent="-285750">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buClr>
                 <a:srgbClr val="E74610"/>
               </a:buClr>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="fr-FR" spc="300" dirty="0">
+              <a:rPr lang="fr-FR" sz="2000" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>sauvegarder les références (attention à la pagination)</a:t>
-[...3 lines deleted...]
-            <a:pPr marL="800100" lvl="1" indent="-342900">
+              <a:t>Déterminer les </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>mots-clés</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> du sujet (synonymes/Descripteurs MeSH)</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" sz="2000" b="1" spc="300" dirty="0">
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="742950" lvl="1" indent="-285750">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buClr>
                 <a:srgbClr val="E74610"/>
               </a:buClr>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="fr-FR" spc="300" dirty="0">
+              <a:rPr lang="fr-FR" sz="2000" b="1" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>organiser ses notes</a:t>
-[...3 lines deleted...]
-            <a:pPr marL="800100" lvl="1" indent="-342900">
+              <a:t>Organiser</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> sa recherche : prévoir du temps, préparer ses accès aux outils bibliographiques</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="742950" lvl="1" indent="-285750">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buClr>
                 <a:srgbClr val="E74610"/>
               </a:buClr>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
-            <a:endParaRPr lang="fr-FR" spc="300" dirty="0">
-[...15 lines deleted...]
-              <a:rPr lang="fr-FR" spc="300" dirty="0">
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Des outils de gestion de références bibliographiques peuvent vous aider.</a:t>
-[...55 lines deleted...]
-            </a:endParaRPr>
+              <a:t>Consulter les revues reconnues du domaine</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...2 lines deleted...]
-            <a:hlinkClick r:id="rId3"/>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="7" name="Groupe 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{93E75EE5-15AC-47E3-8A49-284EBEAC6CF1}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DE15574A-A1A9-8C53-0281-336F8A7E9BB2}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvPicPr>
-[...1 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvGrpSpPr/>
           <p:nvPr/>
-        </p:nvPicPr>
-[...1 lines deleted...]
-          <a:blip r:embed="rId4">
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="684252" y="1608149"/>
+            <a:ext cx="1737526" cy="4646570"/>
+            <a:chOff x="684252" y="1608149"/>
+            <a:chExt cx="1737526" cy="4646570"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="8" name="Rectangle 7">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{03FCA10C-4281-60B7-5CDC-2DAB12BAC85D}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="1608149"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Introduction</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="14" name="Rectangle 13">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8171F6A5-2C31-5175-AD6A-704B69238DA4}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="2498448"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>1</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="15" name="Rectangle 14">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7282CCE7-3C89-D5C3-7877-FD2AE83ABDDC}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="3377293"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="19050">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" b="1" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="accent2"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie 2</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="16" name="Rectangle 15">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{950F6A36-8D5E-71E1-2DDF-979053612A88}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="4488483"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1">
+                      <a:lumMod val="65000"/>
+                      <a:lumOff val="35000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie 3</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="17" name="Rectangle 16">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0C360FEA-D8B0-7B11-7196-7BEF0B68B94F}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="686712" y="5375874"/>
+              <a:ext cx="1735066" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1">
+                      <a:lumMod val="65000"/>
+                      <a:lumOff val="35000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>BONUS</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3">
             <a:extLst>
-              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2CEBB447-CF00-10FF-A949-49B9B4BEF3F8}"/>
               </a:ext>
             </a:extLst>
-          </a:blip>
-[...12 lines deleted...]
-      </p:pic>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:fld id="{299DD5A9-4EF1-497E-92EF-2D23CF305E03}" type="slidenum">
+              <a:rPr lang="fr-FR" noProof="0" smtClean="0"/>
+              <a:t>6</a:t>
+            </a:fld>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0" dirty="0"/>
+              <a:t>/27</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3115130705"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1144637462"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="2" name="Titre 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A6DB79B-998A-41E7-FA99-E50252D43325}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" idx="4294967295"/>
+            <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="850608" y="379264"/>
-            <a:ext cx="9568010" cy="1538363"/>
+            <a:off x="1251678" y="382385"/>
+            <a:ext cx="9567213" cy="1492132"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...1 lines deleted...]
-          </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="4000" b="1" dirty="0">
-[...7 lines deleted...]
-              <a:t>La recherche documentaire : incontournable</a:t>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>La recherche documentaire</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:cxnSp>
-[...35 lines deleted...]
-      </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="TextBox 3"/>
-[...1 lines deleted...]
-          <p:nvPr/>
+          <p:cNvPr id="3" name="Espace réservé du contenu 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{14083556-E029-9197-2873-AFC3298A2D49}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1179287" y="2405992"/>
-            <a:ext cx="9939274" cy="3987951"/>
+            <a:off x="2701516" y="1632204"/>
+            <a:ext cx="8388979" cy="4843411"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...2 lines deleted...]
-          <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" rtlCol="0" anchor="t">
-            <a:spAutoFit/>
+          <a:bodyPr>
+            <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
             </a:pPr>
             <a:r>
-              <a:rPr lang="fr-FR" sz="2800" b="1" spc="300" dirty="0">
-[...10 lines deleted...]
-            <a:br>
               <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-            </a:br>
-[...1 lines deleted...]
-              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+              <a:t>En pratique :</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="1" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="E74610"/>
+              </a:buClr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>	</a:t>
-[...3 lines deleted...]
-            <a:pPr>
+              <a:t>Les critères de sélection des documents :</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1200150" lvl="2" indent="-285750">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buClr>
-                <a:schemeClr val="accent2"/>
+                <a:srgbClr val="E74610"/>
               </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+              <a:rPr lang="fr-FR" sz="2000" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Rubriques à consulter : </a:t>
-[...3 lines deleted...]
-            <a:pPr marL="342900" indent="-342900">
+              <a:t>Date: inclure les </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>articles fondateurs </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>et les </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>avancées récentes</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1200150" lvl="2" indent="-285750">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buClr>
-                <a:srgbClr val="FB4B05"/>
+                <a:srgbClr val="E74610"/>
               </a:buClr>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+              <a:rPr lang="fr-FR" sz="2000" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
-                <a:hlinkClick r:id="rId4"/>
               </a:rPr>
-              <a:t>Catalogue Beluga</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+              <a:t>Langue (souvent anglais pour des publications internationales)</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" sz="2000" b="1" spc="300" dirty="0">
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="342900" indent="-342900">
+            <a:pPr marL="1200150" lvl="2" indent="-285750">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buClr>
-                <a:srgbClr val="FB4B05"/>
+                <a:srgbClr val="E74610"/>
               </a:buClr>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+              <a:rPr lang="fr-FR" sz="2000" b="1" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
-                <a:hlinkClick r:id="rId5"/>
               </a:rPr>
-              <a:t>BU Médecine Pharmacie</a:t>
-[...19 lines deleted...]
-              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+              <a:t>Type de documents </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
-                <a:hlinkClick r:id="rId6"/>
               </a:rPr>
-              <a:t>Services</a:t>
-[...31 lines deleted...]
-            </a:endParaRPr>
+              <a:t>: acte de conférence, chapitre d’ouvrage, thèse, article de revue, etc.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="5" name="Groupe 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6B2134FB-081E-526F-3AE5-BB421E68B5B4}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="684252" y="1608149"/>
+            <a:ext cx="1737526" cy="4646570"/>
+            <a:chOff x="684252" y="1608149"/>
+            <a:chExt cx="1737526" cy="4646570"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="6" name="Rectangle 5">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6219593A-F931-03EA-3CB0-813D58EBE454}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="1608149"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Introduction</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="7" name="Rectangle 6">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00E0308A-C1E1-4BAE-B0A4-4430C8D58951}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="2498448"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>1</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="8" name="Rectangle 7">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CCCBB75F-2EA9-418B-8C79-0A2521EB7D7F}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="3377293"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="19050">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" b="1" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="accent2"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie 2</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="14" name="Rectangle 13">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DEE6A0E1-0C3E-303F-F517-59223828DA0E}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="4488483"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1">
+                      <a:lumMod val="65000"/>
+                      <a:lumOff val="35000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie 3</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="15" name="Rectangle 14">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A515D0B-393E-E0D4-8109-530107954652}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="686712" y="5375874"/>
+              <a:ext cx="1735066" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1">
+                      <a:lumMod val="65000"/>
+                      <a:lumOff val="35000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>BONUS</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B8655D8-52AB-FA1E-BBB1-E4E857D13D29}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:fld id="{299DD5A9-4EF1-497E-92EF-2D23CF305E03}" type="slidenum">
+              <a:rPr lang="fr-FR" noProof="0" smtClean="0"/>
+              <a:t>7</a:t>
+            </a:fld>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0" dirty="0"/>
+              <a:t>/27</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="824691992"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3534163797"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="2" name="Titre 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A6DB79B-998A-41E7-FA99-E50252D43325}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" idx="4294967295"/>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>La recherche documentaire</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé du contenu 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{14083556-E029-9197-2873-AFC3298A2D49}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="850608" y="1064300"/>
-            <a:ext cx="9568010" cy="1792655"/>
+            <a:off x="2611488" y="1707423"/>
+            <a:ext cx="9230951" cy="2948154"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...1 lines deleted...]
-          </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit/>
+            <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
-          <a:p>
-[...98 lines deleted...]
-          </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buClr>
                 <a:srgbClr val="E74610"/>
               </a:buClr>
             </a:pPr>
             <a:r>
+              <a:rPr lang="fr-FR" sz="2400" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Organiser</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Outil de découverte du réseau des bibliothèques de l’Université Grenoble Alpes : signale l’ensemble de la documentation accessible aux étudiants UGA.</a:t>
+              <a:t> ses recherches et ses résultats</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buClr>
                 <a:srgbClr val="E74610"/>
               </a:buClr>
             </a:pPr>
-            <a:endParaRPr lang="fr-FR" sz="2400" spc="300" dirty="0">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr lang="fr-FR" sz="1800" spc="300" dirty="0">
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr>
+            <a:pPr marL="800100" lvl="1" indent="-342900">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buClr>
                 <a:srgbClr val="E74610"/>
               </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
             </a:pPr>
-            <a:endParaRPr lang="fr-FR" spc="300" dirty="0">
-[...6 lines deleted...]
-            <a:pPr marL="742950" lvl="1" indent="-285750">
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>conserver les documents</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buClr>
                 <a:srgbClr val="E74610"/>
               </a:buClr>
-              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
-              <a:buChar char="Ø"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="fr-FR" sz="1600" b="1" spc="300" dirty="0">
+              <a:rPr lang="fr-FR" sz="2800" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>S’identifier impérativement pour bénéficier des abonnements souscrits</a:t>
-[...3 lines deleted...]
-            <a:pPr lvl="1">
+              <a:t>sauvegarder les références </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
               <a:buClr>
                 <a:srgbClr val="E74610"/>
               </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
             </a:pPr>
-            <a:endParaRPr lang="fr-FR" sz="1600" dirty="0">
-[...3 lines deleted...]
-            </a:endParaRPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2800" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>organiser ses notes</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...2 lines deleted...]
-            <a:hlinkClick r:id="rId3"/>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="19" name="Groupe 18">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7796EBEF-D6C2-43B5-8643-69CEF1B9D737}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7E5CB297-B800-4135-78D0-9E3E003B40B9}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvPicPr>
-[...1 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvGrpSpPr/>
           <p:nvPr/>
-        </p:nvPicPr>
-[...6 lines deleted...]
-        <p:spPr>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
           <a:xfrm>
-            <a:off x="7737987" y="244461"/>
-            <a:ext cx="2891080" cy="1716166"/>
+            <a:off x="684252" y="1608149"/>
+            <a:ext cx="1737526" cy="4646570"/>
+            <a:chOff x="684252" y="1608149"/>
+            <a:chExt cx="1737526" cy="4646570"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...3 lines deleted...]
-      </p:pic>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="20" name="Rectangle 19">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{47F0ABC1-B00F-CA36-A562-051ECA4E0D11}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="1608149"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Introduction</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="21" name="Rectangle 20">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{42CEC912-EC79-AA28-737B-8EB553F58FA1}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="2498448"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>1</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="22" name="Rectangle 21">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{53DC138E-342E-737B-00E0-E15B5295CC10}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="3377293"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="19050">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" b="1" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="accent2"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie 2</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="23" name="Rectangle 22">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{638A370C-B018-968C-94B7-2C2E6EAC130A}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="4488483"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1">
+                      <a:lumMod val="65000"/>
+                      <a:lumOff val="35000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie 3</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="24" name="Rectangle 23">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{64FFB2E9-C249-27A3-2A15-6900C1510F3A}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="686712" y="5375874"/>
+              <a:ext cx="1735066" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1">
+                      <a:lumMod val="65000"/>
+                      <a:lumOff val="35000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>BONUS</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{59D91302-EBA7-140E-CBA9-84915AA1EEFA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:fld id="{299DD5A9-4EF1-497E-92EF-2D23CF305E03}" type="slidenum">
+              <a:rPr lang="fr-FR" noProof="0" smtClean="0"/>
+              <a:t>8</a:t>
+            </a:fld>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0" dirty="0"/>
+              <a:t>/27</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2764634923"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3334843266"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="2" name="Titre 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A6DB79B-998A-41E7-FA99-E50252D43325}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" idx="4294967295"/>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0"/>
+              <a:t>La recherche documentaire</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Espace réservé du contenu 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{14083556-E029-9197-2873-AFC3298A2D49}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="850608" y="856344"/>
-            <a:ext cx="9568010" cy="1053659"/>
+            <a:off x="2620034" y="2419174"/>
+            <a:ext cx="9230951" cy="2948154"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...1 lines deleted...]
-          </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit/>
+            <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...207 lines deleted...]
-            <a:pPr marL="285750" lvl="1" indent="-285750">
+            <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buClr>
                 <a:srgbClr val="E74610"/>
               </a:buClr>
-              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
-              <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="fr-FR" sz="1600" spc="300" dirty="0">
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Documents disponibles dans d’autres universités</a:t>
-[...3 lines deleted...]
-            <a:pPr marL="285750" lvl="1" indent="-285750">
+              <a:t>Des </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" b="1" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>outils de gestion</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> de références bibliographiques peuvent vous aider.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buClr>
                 <a:srgbClr val="E74610"/>
               </a:buClr>
-              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
-              <a:buChar char="Ø"/>
             </a:pPr>
-            <a:r>
-[...9 lines deleted...]
-            <a:pPr marL="285750" lvl="1" indent="-285750">
+            <a:endParaRPr lang="fr-FR" sz="2400" spc="300" dirty="0">
+              <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buClr>
                 <a:srgbClr val="E74610"/>
               </a:buClr>
-              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
-              <a:buChar char="Ø"/>
+              <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="fr-FR" sz="1600" spc="300" dirty="0">
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Utile pour repérer un enseignant-chercheur spécialiste </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="fr-FR" sz="1600" spc="300" dirty="0">
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" spc="300" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
-                <a:sym typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+                <a:hlinkClick r:id="rId2"/>
               </a:rPr>
-              <a:t></a:t>
-[...38 lines deleted...]
-            <a:endParaRPr lang="fr-FR" sz="1600" spc="300" dirty="0">
+              <a:t>Ateliers de formation Zotero</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" sz="2400" spc="300" dirty="0">
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
-          <a:p>
-[...5 lines deleted...]
-          </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="7" name="Image 6">
+          <p:cNvPr id="5" name="Image 4">
             <a:hlinkClick r:id="rId3"/>
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{108AF413-12C1-4837-B38A-BBE7B7E8F1D3}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6AE1EF40-B6DC-0AA1-C04A-CF1D3F737C5B}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId5"/>
+          <a:blip r:embed="rId4">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8292268" y="2002606"/>
-            <a:ext cx="2043244" cy="1502773"/>
+            <a:off x="8651509" y="3909846"/>
+            <a:ext cx="2778491" cy="2778491"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="9" name="Groupe 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4183FB6E-2514-5074-DF8C-87702AAF8BA5}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="684252" y="1608149"/>
+            <a:ext cx="1737526" cy="4646570"/>
+            <a:chOff x="684252" y="1608149"/>
+            <a:chExt cx="1737526" cy="4646570"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="10" name="Rectangle 9">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A9D370DC-75BB-4257-ACE6-767BBDCDF7FB}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="1608149"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Introduction</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="11" name="Rectangle 10">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EA7ACD22-4A8B-86BC-2354-D2423B97CDEC}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="2498448"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>1</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="12" name="Rectangle 11">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E74EB658-E083-E775-83A2-6958803D18B8}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="3377293"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="19050">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" b="1" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="accent2"/>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie 2</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="13" name="Rectangle 12">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5498C81E-23BF-C07C-5D8B-6EDFFED7D1E9}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="684252" y="4488483"/>
+              <a:ext cx="1737525" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1">
+                      <a:lumMod val="65000"/>
+                      <a:lumOff val="35000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Partie 3</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="17" name="Rectangle 16">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{63498542-1181-125F-E746-FBD2CA902EFD}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="686712" y="5375874"/>
+              <a:ext cx="1735066" cy="878845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="fr-FR" sz="2000" spc="100" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1">
+                      <a:lumMod val="65000"/>
+                      <a:lumOff val="35000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Karla" panose="020B0604020202020204" charset="0"/>
+                  <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>BONUS</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D6B759C9-0DB7-8646-F723-EBAC898F2A45}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:fld id="{299DD5A9-4EF1-497E-92EF-2D23CF305E03}" type="slidenum">
+              <a:rPr lang="fr-FR" noProof="0" smtClean="0"/>
+              <a:t>9</a:t>
+            </a:fld>
+            <a:r>
+              <a:rPr lang="fr-FR" noProof="0" dirty="0"/>
+              <a:t>/27</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2710504091"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1108916615"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Badge">
   <a:themeElements>
-    <a:clrScheme name="Custom 27">
+    <a:clrScheme name="Personnalisé 2">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="3A3A3C"/>
+        <a:srgbClr val="2A1A00"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EFEFF1"/>
+        <a:srgbClr val="F3F3F2"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="B68D44"/>
+        <a:srgbClr val="FFE401"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="8E7A3F"/>
+        <a:srgbClr val="F15A22"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="3A3A3C"/>
+        <a:srgbClr val="232D47"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="EFEFF1"/>
+        <a:srgbClr val="8CAA7E"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="F7E3D8"/>
+        <a:srgbClr val="D36F68"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="D3C6B0"/>
+        <a:srgbClr val="826276"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="9E9292"/>
+        <a:srgbClr val="46B2B5"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="353334"/>
+        <a:srgbClr val="A46694"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Custom 2">
+    <a:fontScheme name="Badge">
       <a:majorFont>
-        <a:latin typeface="Montserrat"/>
+        <a:latin typeface="Impact" panose="020B0806030902050204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="メイリオ"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Lato"/>
+        <a:latin typeface="Gill Sans MT" panose="020B0502020104020203"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
+        <a:font script="Grek" typeface="Corbel"/>
+        <a:font script="Cyrl" typeface="Corbel"/>
+        <a:font script="Jpan" typeface="メイリオ"/>
+        <a:font script="Hang" typeface="휴먼매직체"/>
+        <a:font script="Hans" typeface="华文中宋"/>
+        <a:font script="Hant" typeface="微軟正黑體"/>
+        <a:font script="Arab" typeface="Majalla UI"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Tahoma"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Badge">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
+                <a:tint val="67000"/>
+                <a:satMod val="105000"/>
                 <a:lumMod val="110000"/>
-                <a:satMod val="105000"/>
-                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
+                <a:tint val="73000"/>
+                <a:satMod val="103000"/>
                 <a:lumMod val="105000"/>
-                <a:satMod val="103000"/>
-                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
+                <a:tint val="81000"/>
+                <a:satMod val="109000"/>
                 <a:lumMod val="105000"/>
-                <a:satMod val="109000"/>
-                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
+                <a:tint val="94000"/>
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
-                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
+                <a:shade val="100000"/>
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
-                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
+                <a:shade val="78000"/>
+                <a:satMod val="120000"/>
                 <a:lumMod val="99000"/>
-                <a:satMod val="120000"/>
-                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="in">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="in">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="50800" cap="flat" cmpd="sng" algn="in">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="38100" dist="25400" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="25000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr">
             <a:tint val="95000"/>
             <a:satMod val="170000"/>
           </a:schemeClr>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="93000"/>
+                <a:shade val="98000"/>
                 <a:satMod val="150000"/>
-                <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
+                <a:shade val="90000"/>
                 <a:satMod val="130000"/>
-                <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office_61208758_TF55916208_Win32" id="{9B0B24B4-0351-44EC-960D-AC98969A71D2}" vid="{583C5D19-B2E3-4472-9E5B-1360B9A6AE82}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
@@ -18243,51 +26266,51 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=ppt/theme/theme3.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
@@ -18539,116 +26562,115 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Office Theme</Template>
+  <Template>Faites connaissance avec votre professeur</Template>
   <TotalTime></TotalTime>
-  <Words>1388</Words>
+  <Words>1174</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Grand écran</PresentationFormat>
-  <Paragraphs>303</Paragraphs>
-[...1 lines deleted...]
-  <Notes>27</Notes>
+  <Paragraphs>334</Paragraphs>
+  <Slides>29</Slides>
+  <Notes>3</Notes>
   <HiddenSlides>0</HiddenSlides>
-  <MMClips>1</MMClips>
+  <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Polices utilisées</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>8</vt:i4>
+        <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Thème</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titres des diapositives</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>27</vt:i4>
+        <vt:i4>29</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="36" baseType="lpstr">
+    <vt:vector size="35" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
-      <vt:lpstr>Courier New</vt:lpstr>
-[...2 lines deleted...]
-      <vt:lpstr>Montserrat</vt:lpstr>
+      <vt:lpstr>Gill Sans MT</vt:lpstr>
       <vt:lpstr>Verdana</vt:lpstr>
       <vt:lpstr>Wingdings</vt:lpstr>
-      <vt:lpstr>Office Theme</vt:lpstr>
-[...21 lines deleted...]
-      <vt:lpstr>Autres ressources (2)</vt:lpstr>
+      <vt:lpstr>Badge</vt:lpstr>
+      <vt:lpstr>Formation à la recherche documentaire</vt:lpstr>
+      <vt:lpstr>Introduction et objectifs</vt:lpstr>
+      <vt:lpstr>Préparer sa thèse</vt:lpstr>
+      <vt:lpstr>Préparer sa thèse</vt:lpstr>
+      <vt:lpstr>Préparer sa thèse</vt:lpstr>
+      <vt:lpstr>La recherche documentaire</vt:lpstr>
+      <vt:lpstr>La recherche documentaire</vt:lpstr>
+      <vt:lpstr>La recherche documentaire</vt:lpstr>
+      <vt:lpstr>La recherche documentaire</vt:lpstr>
+      <vt:lpstr>La recherche documentaire</vt:lpstr>
+      <vt:lpstr>La recherche documentaire</vt:lpstr>
+      <vt:lpstr>La recherche documentaire</vt:lpstr>
+      <vt:lpstr>La recherche documentaire</vt:lpstr>
+      <vt:lpstr>La recherche documentaire</vt:lpstr>
+      <vt:lpstr>Les bases de données</vt:lpstr>
+      <vt:lpstr>Les bases de données</vt:lpstr>
+      <vt:lpstr>Les bases de données</vt:lpstr>
+      <vt:lpstr>Les bases de données</vt:lpstr>
+      <vt:lpstr>Les bases de données</vt:lpstr>
+      <vt:lpstr>Les bases de données</vt:lpstr>
+      <vt:lpstr>Les bases de données</vt:lpstr>
+      <vt:lpstr>Les bases de données</vt:lpstr>
+      <vt:lpstr>Les bases de données</vt:lpstr>
+      <vt:lpstr>Les bases de données</vt:lpstr>
+      <vt:lpstr>BONUS</vt:lpstr>
+      <vt:lpstr>Des questions ?</vt:lpstr>
       <vt:lpstr>Introduction à la séance 2</vt:lpstr>
-      <vt:lpstr>Des questions ?</vt:lpstr>
-      <vt:lpstr>A FAIRE AVANT LA SÉANCE 2 :</vt:lpstr>
       <vt:lpstr>DATES DE LA SÉANCE 2 :</vt:lpstr>
-      <vt:lpstr>Merci !  A bientôt !</vt:lpstr>
+      <vt:lpstr>Merci pour votre attention</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
+  <Company>Universite Grenoble Alpes</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>PowerPoint Presentation</dc:title>
-  <dc:creator>Pangara</dc:creator>
+  <dc:title/>
+  <dc:creator>LEO TOMASI</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>